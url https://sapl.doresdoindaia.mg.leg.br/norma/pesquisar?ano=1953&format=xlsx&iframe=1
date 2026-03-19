--- v0 (2025-11-04)
+++ v1 (2026-03-19)
@@ -48,549 +48,549 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>LO</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2198/376_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2198/376_1953.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementares.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2197/375_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2197/375_1953.pdf</t>
   </si>
   <si>
     <t>Concede um auxílio para construção de uma balsa sobre o Rio Indaiá.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2196/374_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2196/374_1953.pdf</t>
   </si>
   <si>
     <t>Aumenta a taxa d'água.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2195/373_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2195/373_1953.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2194/372_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2194/372_1953.pdf</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2193/371_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2193/371_1953.pdf</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2192/370_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2192/370_1953.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para construção de boeiro da rua Dr. Zacarias.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2191/369_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2191/369_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a compra de instrumento e peças musicais.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2190/368_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2190/368_1953.pdf</t>
   </si>
   <si>
     <t>Institui registro de marcas de gado.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2189/367_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2189/367_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a compra de árvores para arborização e abre crédito especial.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2188/366_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2188/366_1953.pdf</t>
   </si>
   <si>
     <t>Concede demissão de Funcionário.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2187/365_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2187/365_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza contrair empréstimo, garantindo-se a operação com destinação de rendas municipais.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2186/364_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2186/364_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aumento de vencimentos de funcionários desta prefeitura.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2185/363_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2185/363_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de móveis e utensílios para a Câmara Municipal.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2184/362_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2184/362_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de móveis e utensílios para a secretaria.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2183/361_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2183/361_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de móveis e utensílios para o serviço de fazenda.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2182/360_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2182/360_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de móveis e utensílios para o serviço de escolas rurais.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2181/359_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2181/359_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de material para o serviço de água.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2180/358_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2180/358_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre construção e conservação de ruas, praças e jardins.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2179/357_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2179/357_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre construção e conservação de estradas e pontes.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2178/356_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2178/356_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de semoventes.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2177/355_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2177/355_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de maquinísmos.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2176/354_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2176/354_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de material para os serviços de próprios municipais.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2175/353_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2175/353_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre construção e conservação de próprios municipais.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2174/352_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2174/352_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre distribuição de subvenção ordinária no exercício de 1954.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2171/348_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2171/348_1953.pdf</t>
   </si>
   <si>
     <t>Concede perdão de multas.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1916/346_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1916/346_1953.pdf</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2173/350_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2173/350_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a prefeitura a contrair um empréstimo.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2172/349_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2172/349_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a liquidação de um débito.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1917/347_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1917/347_1953.pdf</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1915/345_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1915/345_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza doação.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1914/344_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1914/344_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a compra de 4 pneus para caminhão e abre crédito.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1913/343_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1913/343_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o estudo para construção de um prédio para saúde desta prefeitura.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1912/342_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1912/342_1953.pdf</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1911/341_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1911/341_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a compra de um transformador e abre crédito especial.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1910/340_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1910/340_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza construção de Escolas Rurais das localidades: Pedreira, Clodomiro de Oliveira e Capim de Cheiro e abre crédito especial.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1909/339_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1909/339_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a construção e abre crédito especial.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1908/338_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1908/338_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o estudo de construção de rede de esgoto nesta cidade.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1907/337_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1907/337_1953.pdf</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1906/336_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1906/336_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de créditos suplementares.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1904/335_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1904/335_1953.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para pagamento de postes com linha telegráfica, construída entre esta cidade e Comendador Viana.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1905/334_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1905/334_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza construção e abre crédito especial.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1903/333_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1903/333_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de terreno.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1902/332_1953.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1902/332_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza despesas e abre crédito especial.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -897,66 +897,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2198/376_1953.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2197/375_1953.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2196/374_1953.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2195/373_1953.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2194/372_1953.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2193/371_1953.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2192/370_1953.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2191/369_1953.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2190/368_1953.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2189/367_1953.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2188/366_1953.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2187/365_1953.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2186/364_1953.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2185/363_1953.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2184/362_1953.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2183/361_1953.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2182/360_1953.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2181/359_1953.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2180/358_1953.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2179/357_1953.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2178/356_1953.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2177/355_1953.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2176/354_1953.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2175/353_1953.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2174/352_1953.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2171/348_1953.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1916/346_1953.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2173/350_1953.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2172/349_1953.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1917/347_1953.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1915/345_1953.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1914/344_1953.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1913/343_1953.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1912/342_1953.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1911/341_1953.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1910/340_1953.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1909/339_1953.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1908/338_1953.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1907/337_1953.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1906/336_1953.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1904/335_1953.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1905/334_1953.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1903/333_1953.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1902/332_1953.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2198/376_1953.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2197/375_1953.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2196/374_1953.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2195/373_1953.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2194/372_1953.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2193/371_1953.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2192/370_1953.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2191/369_1953.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2190/368_1953.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2189/367_1953.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2188/366_1953.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2187/365_1953.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2186/364_1953.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2185/363_1953.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2184/362_1953.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2183/361_1953.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2182/360_1953.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2181/359_1953.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2180/358_1953.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2179/357_1953.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2178/356_1953.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2177/355_1953.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2176/354_1953.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2175/353_1953.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2174/352_1953.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2171/348_1953.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1916/346_1953.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2173/350_1953.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/2172/349_1953.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1917/347_1953.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1915/345_1953.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1914/344_1953.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1913/343_1953.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1912/342_1953.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1911/341_1953.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1910/340_1953.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1909/339_1953.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1908/338_1953.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1907/337_1953.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1906/336_1953.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1904/335_1953.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1905/334_1953.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1903/333_1953.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/normajuridica/1953/1902/332_1953.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="86.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="85.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="114.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>