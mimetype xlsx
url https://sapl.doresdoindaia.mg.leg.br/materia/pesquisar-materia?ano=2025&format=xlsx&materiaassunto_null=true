--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -10,4833 +10,4917 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3485" uniqueCount="1592">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3573" uniqueCount="1620">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Janaina Geralda Silveira</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1993/requerimento_01.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1993/requerimento_01.2025.pdf</t>
   </si>
   <si>
     <t>Solicito que seja oficiado o Exmo. Senhor Prefeito para analise a viabilidade da ampliação dos atendimentos de fisioterapia no município.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gustavo Henrique de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_03.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_03.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Exmo. Sr. Prefeito Municipal a manutenção das estradas rurais, principalmente da estrada que liga a Dores do Indaiáao Quartel São João.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Adão Amaral da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_04.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_04.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado Exmo. Sr. Prefeito que realize a poda das árvores localizadas ao longo da Avenida Jonas Pires.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Tuca</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_05.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_05.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a implementação da atividade de hidroginástica na Praça de Esportes do município.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_06.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_06.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a troca de lâmpadas no bairro Residencial Indaiá.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Karla Francisca Vieira Araújo</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_07.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_07.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado a reabertura do Centro de Atendimento Especializado à Dengue, com vistas a ampliar o suporte à população no diagnóstico e tratamento de casos da doença.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_08.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_08.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja ampliado a fiscalização quanto à manutenção de lotes sujos e à ausência de calçadas no município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Kennedy Martins de Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_09.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_09.2025.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que faça o reparo ou substituição das placas de trânsito danificadas e a poda das árvores no entorno do cruzamento da Avenida Magalhães PInto com a Rua Casemiro de Abreu.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_10.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_10.2025.pdf</t>
   </si>
   <si>
     <t>Solicito que seja providencie a construção de uma pista de cooper no sentido Osvaldo de Araújo, visando atender às demandas da comunidade por um espaço seguro e adequado para a prática de atividades físicas ao ar livre.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>CVOP - Comissão de Viação e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_11.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_11.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Exmo. Sr. Prefeito Municipal que faça um estudo de viabilidade técnica para a reserva e sinalização de vagas de estacionamento destinadas a idosos e pessoas com deficiência.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_12.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_12.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a limpeza de forma urgente do Corrego das Condutas, na Avenida Dr. Di, e que também seja feito a construção de contenção do barranco que está se rompendo.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_13.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_13.2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de lombo-faixa na rua Bededito Valadares em frente ao Novinho Eletromoveis.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_14.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_14.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado análise de viabilidade técnica para a implantação de um redutor de velocidade (quebra-molas) na Rua Paraíba, especificamente no quarteirão  compreendido entre as ruas Egar Pinto Fiuza e Tiradentes.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_15.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_15.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que providêncie a implantação da Brigada Municipal em Dores do Indaiá, conforme Lei Municipal nº 3101/2023.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Cleber Tonaco de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_16.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_16.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Senhor Prefeito para que providêncie a limpeza do entorno da Capela Santa Efigênia.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Cleber Tonaco de Sousa, Janaina Geralda Silveira</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2051/indicacao_17.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2051/indicacao_17.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que providencie melhorias na iluminação do Cemitério Parque Cristo Rei.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2052/indicacao_18.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2052/indicacao_18.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que realize estudo de viabilidade técnica, financeira e administrativa para implantação de auxílio alimentação aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_19.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_19.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito que providencie, com a máxima brevidade, a atualização e revisão das progressões horizontais e verticais dos servidores do magistério de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Karla Francisca Vieira Araújo, Tuca</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_20.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_20.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Senhor Prefeito para que instale na cidade um monumento arquitetônico com a inscrição "Eu amor Dores do Indaiá" em pontos turísticos estratégicos.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_21.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_21.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que providencie a criação e implantação de programa municipal de apoio a pacientes e familiares que necessitam se deslocar para outros municipíos  para a realização de consultas, exames e internações.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_22.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_22.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que providencie a aquisição de novas ferramentas para os mecânicos que atuam na manutenção da forta municipal.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_23.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_23.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que análise a viabilidade de implantação da ESTOMATERAPIA na rede pública de saúde municipal.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_verbal_-_oficio_24.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_verbal_-_oficio_24.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que realize recapeamento asfáltico da Rua Quartel Geral, no bairro Aeroporto.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_25.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_25.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que providencie uma segunda van para o transporte de pacientes a Belo Horizonte.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_26.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_26.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que providencie a contratação de um médico especialista em otorrinolaringologia para atendimento pelo Sistema Único de Saúde (SUS) do município.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_27.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_27.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que providencie a instalação das bandeiras no portal de entrada da cidade, conforme previsto original de sua construção.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_29.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_29.2025.pdf</t>
   </si>
   <si>
     <t>Solicita que seja oficiado o Exmo. Sr. Prefeito para que providencie aquisição de novos equipamentos para a Clínica Municipal de Fisioterapia.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_30.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_30.2025.pdf</t>
   </si>
   <si>
     <t>Durante visita "in loco" à Unidade de Saúde do Bairro Triângulo, a Comissão de Viação e Obras Públicas constatou a necessidade de ações urgentes para garantir melhores condições de atendimento e segurança no local.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2101/indicacao_31.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2101/indicacao_31.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado um redutor de velocidade - quebra-molas no trecho compreendido entre o Posto de Saúde do Bairro Triângulo e o Cruzeiro.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_32.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_32.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que providencie a imediata manutenção da iluminação pública da Praça Joaquim Jorge de Caralho, popularmente conhecido como Praça da Estação.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_33.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_33.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que providencie em cárater de urgência a devida sinalização de trânsito, bem como lombo faixasna região Dr. Di.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_34.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_34.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Senhor Prefeito para providencie a pavimentação asfáltica de todas as ruas de calçamentos poliédricos do município.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_35.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_35.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado ao Exmo. Senhor Prefeito que providencie melhorias na infraestrutra do Terminal Rodoviário Municipal.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2128/indicacao_36.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2128/indicacao_36.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Senhor Prefeito para que providencie a instalação de placas e sinalização em diversos locais do município.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Liu</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_37.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_37.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado ofício ao Departamento de Estradas de Rodagem de Minas Gerais (DER/MG), solicitando a instalação de sinalização de Perigo de Animais no Rodovia MG-176.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_39.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_39.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Senhor Prefeito para que realizada a poda das árvores e a manutenção/reparo dos canteiros centrais localizados na Avenida Magalhães Pinto, no trecho compreendido entre a Rua Padre Luiz e a Avenida Santa Cruz.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_40.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_40.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que encaminhe Projeto de Lei revogando nº 164/2025, que limitou o percetuaal de consignação sobre a remunareação dos servidores públicos municipais a 30%.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_41.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_41.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que realize a devida sinalização por meio de pintura no pavimento, nos locais destinados às paradas de ônibus, a fim de complementar a sinalização vertical existente.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_42.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_42.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que realize estudo e posterior implantação da Telemedicina no âmbito do sistema de saúde pública do Município.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_43.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_43.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito  para realize a alteração do itinerário da linha de lotação municipal, de modo que inclua  em seu percurso a passagem em frente à Policlínica Mlunicipal, facilitando o acesso da população aos serviços de saúde.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2157/indicacao_44.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2157/indicacao_44.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que oficiado o Exmo. Sr. Prefeito para que seja retomado e concluído o trabalho de instalação dos bancos nos pontos de parada de ônibus de lotação.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2158/indicacao_45.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2158/indicacao_45.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie a instalação de um redutor de velocidade na Rua Rio Grande do Sul, nas proximidades do Laboraratório Municipal.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_46.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_46.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Senhor Prefeito para que realize a devida manutenção nas placas de sinalização dos pontos de locação existentes no município, com a substituição imediata daquelas que se encontrarem danificadas, ilegíveis ou em condições inadequadas.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_47.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_47.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Senhor Exmo. Prefeito para providencie, junto ao Ministério da Saúde, por meio da plataforma E-Gestor, a solicitação e consequente aquisição de um aparelho de Raio-X odontológico.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Adão Amaral da Silva, Amanda Carla Gonçalves, Cleber Tonaco de Sousa, Gustavo Henrique de Oliveira, Janaina Geralda Silveira, Karla Francisca Vieira Araújo, Kennedy Martins de Medeiros, Liu</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_48.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_48.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para faça estudo de viabilidade técnica, financeira e orçamentária visando à a construção de monumento (estátua) de parte grande parte de Nossa Senhora do Rosário, no município Dores do Indaiá/MG, com o objetivo de fomentar a festa do congado e consequentemente e turismo em nosso cidade.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_49.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_49.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie a instalação de câmeras de olho vivo na Praça Lacerda - Praça do 100.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_50.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_50.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie a realização do recapeamento asfáltico da Rua Luz,  no Bairro Aeroporto.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_51.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_51.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que realize a devida sinalização viária no bairro Residencial Indaiá.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_52.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_52.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado ao Exmo. Sr. Prefeito para que realize, com o máximo de urgência, os devidos reparos na pita de caminhada da Praça Alexandre Lacerda Filho (conhecida como Praça do CEM).</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_53.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_53.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que instale uma unidade do sistema de monitoramento por câmeras (olho vivo) nas proximidades do PSF (Programa Saúde da Família) do bairro São José, visando aumentar a segurança dos usuários e da população local.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_54.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_54.2025.pdf</t>
   </si>
   <si>
     <t>Reiterando indicações anteriores, solicita que seja oficiado o Exmo. Sr. Prefeito para que realize a construção de uma pista de cooper/caminhada na saída da cidade, no sentido do município de Quartel Geral.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Kennedy Martins de Medeiros, Liu</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_57.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_57.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para tome a seguinte providência: colocação em pleno funcionamento a máquina de fabricação de bloquetes, atualmente inoperante e localizada no pátio da Secretária Municipal de Obras.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_58.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_58.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie que os equipamentos e máquinas novas que atualmente estão inoperantes no pátio da referida Secretaria, em especial duas roçadeiras hidráulicas com braços articuladas e o trator Mamute, sejam devidamente colocados em operação.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_59.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_59.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que realize estudos técnicos, análises de viabilidade financeira e identificadas possíveis fontes da captação de recursos visando a construção a construção de uma praça nas proximidades da unidade do Programa Saúde da Família (PSF) no bairro São José.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2198/indicacao_60.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2198/indicacao_60.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que realize a devida sinalização viária no Campinho.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2199/indicacao_no_61.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2199/indicacao_no_61.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie a implantação de programa de multirão de coleta de lixo comunitária em todo o município, com a devida divulgação prévia de datas e locais à população, visando a participação efitiva da comunidade  e à promoção da limpeza urbana.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_62.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_62.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que realize a manutenção da estrada conhecida como "Estrada das Jabuticadas", compreendendo o trecho entre o matadouro municipal e o limite do município de Serra da Saudade.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_63.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_63.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie melhorias na iluminação pública da Avenida Magalhães Pinto.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_64.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_64.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito que providencie a instalação de lombofaixa ou outra medida de segurança no cruzamento da Rua Coronel Alexandre com Avenida Minas Gerais, nas proximidades do Hotel Regina.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_65.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_65.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie a substituição da atual escultura do Cristo localizado no Morro da Capelinha, por uma nova, de maior estatura e impacto visual, visando a valorização do local como ponto turístico e de referência religiosa e cultural em nosso município.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_66.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_66.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie a o calçamento ou a pavimentação asfáltica da Rua 3, localizada no Bairro Vale do Sol.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_67.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_67.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Sr. Exmo. Prefeito para que providencie a iluminação pública adequada como braços na poste da rua 1º de maio esquina como mestre tonico.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_68.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_68.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado que o Exmo. Sr. Prefeito para que providencie a instalação bancos na Praça dos Trabalhadores.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_69.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_69.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito que providencie que o transporte público de passageiros do município (lotação) funcione aos finais de semana e feriados, ainda que em horários reduzidos.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_70.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_70.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providencie o recapeamento asfáltico da Avenida Magalhães Pinto nos trechos entre a Rua Paulino de Sousa e a Rua Padre Luís, e entre a Avenida Dr. Di e a Rua Casimiro de Abreu.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_71.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_71.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie a instalação de bebedouro públicos na Praça do Trabalhador e na Praça Alexandre Lacerda Filho (popularmente conhecida do CEM), visando proporcionar melhotes condições de conforto e bem-estar aos frequentadores desses espaços públicos.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_72.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_72.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie o funcionamento das creches municipais durante o período do recesso escolar, ou que seja implantada uma medida alternativa, a fim de atender as famílias, especialmente as mães que continuam em atividade laboral e não têm com quem deixar seus filhos.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_73.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_73.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que tome a seguinte providência: que sejam realizados estudos técnicos de viabilidade operacional, financeirae orçamentária, visando à posterior implantação de mais um ônibus (lotação) ou à criação de nova lina de transporte coletivo, com objetivo de reduzir o tempo de espera pelos usuários.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2228/indicacao_74.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2228/indicacao_74.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que, por meio da Secretaria Municipal de Saúde,  providencie a contratação de uma profissional especialista no tratamento de feridas, com formação e experiências comprovados em lesões complexos e crônicas.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_75.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_75.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que realize a instalação de sinalização horixontal na Rua Paraíba, com o objetivo de alertar condutores e pedestres quanto aos riscos existentes nos cruzamento da via, enfatizando a necessidade de atenção redeobrada, tendo em vista o elevado número de cruzamento e a ocorrência frequente de acidentes no local.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2230/indicacao_76.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2230/indicacao_76.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que encaminhe ofício à Empresa Brasileira de Correios e Telégrafos (Correios), solicitando a inclusão do Bairro Residencial Indaiá na rota de atendimento e entrega de correspondências e encomendas.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_77.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_77.2025.pdf</t>
   </si>
   <si>
     <t>Indicado o envio de ofício ao Exmo. Sr. Prefeito para que tome a seguinte providência mediante a resposta apresentada pela Secretaria Municipal de Transporte e Obras, solicitando a realização de multirões de limpeza ou, alternativamente, da criação de uma programa equivalente que garanta prestação adequada desse importante serviço público, ou ainda que se promova outra opção de natureza similar.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2251/indicacao_78.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2251/indicacao_78.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito para que providencie a realização de estudo tlécnico visando à viabilidade e posterior implementação do funcionamento da Farmácia Municipal também no período compreendido entre as 11h e 13h.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2252/indicacao_79.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2252/indicacao_79.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja oficiado o Exmo. Sr. Prefeito para que realize a pintura dos meios-fios e dos redutores de velocidade (quebra-molas) nas principais vias do município, considerando a proximidade da realização da Expodores e o consequente aumento no fluxo de turistas e visitante na cidade.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_80.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_80.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que providencie a contratação de seguro para os veículos vinculados a Secretaria Municipal de Saúde, utilizados no transporte de pacientes, de modo a assegurar cobertura para eventuais acidentes, com previsão de indenização por danos pessoais e materiais causados a terceiros, bem como reparação dos próprios veículos.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_81.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_81.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito para que providencie, com urgência, a limpeza e a devida manuteção da quadra localizada na Praça Esporte.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_82.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_82.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo técnico visando a viabilidade e, posteriormente, à implementação do funcionamento da Farmácia Municipal em regime de plantão aos finais de semana.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_83.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_83.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a instalação de placas de indentificação com as respectivos nomes das vias públicas do Bairro Residencial Belvedere.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_84.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_84.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado Exmo. Sr. Prefeito, solicitando que promova a criação do cargo efetivo de Fisioterapeuta no âmbito da Secretaria Municipal de Saúde, procedendo-se à sua inclusão no rol de cargos previsto na Lei Complementar nº 80/2019.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2281/indicacao_85.2025_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2281/indicacao_85.2025_2.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito solicitando que providencie a instalação de um redutor de velocidade (quebra-molas) na Avenida Santa Cruz, nas proximidades da Oficina de Lanternagem do Sr. Alcides.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_86.2025_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_86.2025_2.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito, solicitando que providencie a instalação de lixeiras na Avenida Francisco Campos, nas imediações das entradas das instuições escolares.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2291/indicacao_87.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2291/indicacao_87.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito  para que providencie a construção de meios-fios na Rua Piauí, no trecho compreendido entre a Rua Marechal Deodoro e a Rua Dr. José Argemiro de Moura.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_88.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_88.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Sr. Prefeito para que reavaliada e providenciada a retomada do atendimento pediátrico nos PSFs (Programa Saúde da Família) considerando que atualmente esse atendimento ocorre exclusivamente na Policlínica.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2302/indicacao_89.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2302/indicacao_89.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie a instalação de uma unidade do sistema de monitoramento por câmeras (Olho Vivo) nas proximidades da Praça Padre Filizola (Praça São Sebastião)</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_89.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_89.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para realize, com a máxima brevidade, a devida manutenção da Avenida Prefeito José Isidoro Pinto, consistente no reparo do buraco existente em frente ao nº 34, no bairro Santa Cruz.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2303/indicacao_91.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2303/indicacao_91.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Prefeito para que providencie a criação de um espaço destinado às famílias com instalação de fraldário, pia e vaso infantil, incluindo adaptações necessárias para uso por crianças com deficiência, garantindo acessibilidade, segurança e conforto a todos usuários.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2315/indicacao_92.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2315/indicacao_92.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito Municipal para que providencie medidas de segurança no trânsito no trecho localizado no cruzamento da Avenida Jonas Pires com MG-176.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2318/indicacao_93.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2318/indicacao_93.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado ofício à Telefonia Brasil - Vivo, requerendo esclarecimentos sobre as constantes quedas de sinal em Dores do Indaiá, bem   como solicitado a implementação de medidas efetivas para a regularização e melhoria da cobertura na região.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2319/indicacao_94.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2319/indicacao_94.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado oficíio à Companhia de Saneamento de Minas Gerais - COPASA, solicitando informações sobre a possibilidade de estabelecimento de parceria com o Município, a fim de viabilizar a utilização dos hidrantes instalados no perímetro urbano para abastecimento de caminhão-pipa.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2320/indicacao_95.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2320/indicacao_95.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito para que disponibilize brinquedos adaptados, que atendam às necessidades das crianças com deficiência e/ou necessidades especiais, tanto nas praças públicas quanto nas escolas municipais.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2321/indicacao_96.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2321/indicacao_96.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Exmo. Sr. Prefeito Municipal para que providencie melhorias na iluminação,  instalação de bancos nas proximidades dos parquinhos  na Praça do Trabalhador.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2322/indicacao_97.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2322/indicacao_97.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Exmo. Sr. Prefeito para que ofereça cursos técnicos e profissionalizantes voltados para área da construção civil tendo em vista que a cidade de Dores do Indaiá enfrenta uma grande carência de mão de obra nesta área.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2323/indicacao_98.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2323/indicacao_98.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito para que providencie a reanálise da sinalização da Rua Pará.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2324/indicacao_99.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2324/indicacao_99.2025.pdf</t>
   </si>
   <si>
     <t>Seja oficiado o Exmo. Sr. Prefeito para que providencie a instalação da devida sinalização na Rua Tapajós com a Rua Irmã Inês, proximidades do PSF São José.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2325/indicacao_100.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2325/indicacao_100.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito Municipal para que providencie a manutenção do bueiro localizado na Rua Amazonas, esquina com Rua Marechal Deodoro no bairro São Sebastião.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2336/indicacao_101.2025_karla_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2336/indicacao_101.2025_karla_1.pdf</t>
   </si>
   <si>
     <t>Reitera indicações anteriores para que o Poder Executivo realize a cobertura integral da Capela Velório, visando proporcionar melhores condições de acolhimento e dignidade às famílias enlutadas do município.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_102.2025_gustavo_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_102.2025_gustavo_1.pdf</t>
   </si>
   <si>
     <t>Solicita, com máxima urgência, a manutenção da estrada vicinal do Campo Alegre, incluindo reparos paliativos na via e intervenções estruturais nas pontes, para garantir trafegabilidade, segurança e atendimento à população local.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_103.2025_kennedy.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_103.2025_kennedy.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de mutirão de limpeza e desobstrução dos bueiros em todo o perímetro urbano, como medida preventiva para garantir o pleno funcionamento da drenagem pluvial no período chuvoso.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_104.2025_kennedy.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_104.2025_kennedy.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de placa de sinalização no final da Avenida Magalhães, indicando acesso à MG-176, e melhorias na infraestrutura do trecho final, visando lazer, valorização urbanística e conforto aos moradores.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_105.2025_janaina.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_105.2025_janaina.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza e tampamento das caixas d’água da Escola Municipal Dr. Zacarias e avaliação técnica de todas as unidades escolares, garantindo higiene e saúde para alunos, servidores e comunidade escolar.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_106.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_106.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito indicando que implemente mededidas adicionais de segurança de trânsito nas imediações das unidades escolares, especialmente nos horários de entrada e saída dos alunos.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_107.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_107.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja enviado ofício ao Exmo. Sr. Prefeito para que providencie a instalação de poste de iluminação pública, ou, alternativamente, a realização de melhoria no sistema de iluminação já existente.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_108.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_108.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado ao Exmo. Sr. Prefeito para que realize o calçamento na rua Tenente Coronel Edson de Araújo Carneiro, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2383/indicacao_109.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2383/indicacao_109.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie seja instalada de identificação de runas no bairro Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_110.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_110.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Senhor Prefeito para que providencie a instalação de pontos de água no Cemitério Municipal a fim de facilitar a limpeza dos túmulos e a manutenção do espaço. Além disso, foi indicado a aquisição de uma tenda apropriada para utilização em cerimônias de sepultamento com o objetivo de oferecer proteção aos servidores e aos munícipes presentes.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_111.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_111.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Senhor Prefeito para que providencie a instalação de um redutor de velocidade (quebra-molas) na Rua São Paulo, nas proximidades dos números 778 e 762.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_112.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_112.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Senhor Prefeito para que providencie a instalação de sinalização indicativa de "Rua sem saída" no cruzamento da Rua São Paulo, na curva de acesso à via popularmente conhecido com "Rua B".</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_113.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_113.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito Municipal para que tome as providencias necessárias  a implementação de um Plano de Ação Imediata, contemplando:_x000D_
 1.. Limpeza e Mapeamento de Pontos Críticos;_x000D_
 2. Contenção de Encostas de Baixo Custo;_x000D_
 3. Recuperação de Vias Não Asfaltadas;</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2419/indicacao_no_114.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2419/indicacao_no_114.2025.pdf</t>
   </si>
   <si>
     <t>Indicação nº 114/2025 - Indicado que seja oficiado o Exmo. Prefeito para que provedencie a implantação de uma rotatoria na confluencia da Av. Di com rua Espirito santo, visando a melhoria da segurança  e organização do tráfego local.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2420/indicacao_no_115.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2420/indicacao_no_115.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que providencie, com urgência, a substituição do poste localizado na Rua Tapuias, nº 258, Bairro São José.”</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_116.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_116.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Senhor Prefeito para que providencie a imediata disponibilização de uniformes, calçados adequadas, luvas e demais equipamentos de proteção individual (EPIs) necessários ao desempenho das atividades dos garis responsaveis pela coleta de lixo.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_117.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_117.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito Municipal para que determine ao setor competente a instalação de um poste de energia na Praça Antônio Lalau de Carvalho, praça localizada especificamente no entrocamentos das ruas São João e Rio de Janeiro.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2421/indicacao_no_118.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2421/indicacao_no_118.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que seja providencie o replantio de árvores nos locais onde houve a necessidade de supressão arbórea, seja por riscos iminentes de queda, comprometimento fitossanitário, interferência em redes elétricas ou qualquer outra razão técnica devidamente justificável, de modo a assegurar a manutenção de uma cidade ambientalmente equilibrada e adequadamente arborizada.”</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2422/indicacao_no_119.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2422/indicacao_no_119.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado, com a máxima urgência, o fornecimento integral e adequado de Equipamentos de Proteção Individual (EPI) aos servidores coveiros do Município, medida esta que reitera diversas indicações anteriormente apresentadas por esta Casa Legislativa, diante da evidente necessidade de proteção, segurança e condições dignas de trabalho para esses profissionais.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_120.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_120.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo técnico de viabilidade e, sendo constatada sua adequação, proceda-se à instalação de um ponto de lotação nas imediações do Pró-Infância, considerando a expressiva circulação de mães, responsáveis e demais munícipes naquela região.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_121.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_121.2025.pdf</t>
   </si>
   <si>
     <t>Indicado a Comissão de Educação, Saúde e Assistência Social, a realização de reunião para tratar de assuntos referentes as ações da secretaria de educação, no que se refere proposta do zonemaneto para o ano de 2026.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_124.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_124.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo de viabilidade técnica e financeira acerca da possibilidade de rateio das eventuais sobras de recursos do FUNDEB entre os profissionais da educação do Município, considerando que diversos municípios de Minas Gerais e de outros Estados já vêm promovendo e divulgando o respectivo rateio e repasse aos profissionais do magistério.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1992/requerimento_01.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1992/requerimento_01.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja enviado ofício ao Sr. Exmo. Prefeito Municipal e ao setor competente que encaminhe a esta Casa Legislativa os processos de parcerias  público-privadas firmadas no período de janeiro de 2023 a dezembro de 2024.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1991/requerimento_02.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1991/requerimento_02.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal e ao setor competente para que envie informações referentes  ao Centro Municipal de Fisioterapia.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1990/requerimento_03.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1990/requerimento_03.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal e ao setor competente para informe sobre a manutenção e conservação das estradas rurais nos itenerários dos transportes escolares.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1989/requerimento_04.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1989/requerimento_04.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja autorizado a utilização do nome parlamentar "Janaína Fisioterapeuta". em todos os documentos oficiais e atividades relacionadas ao exercício de seus mandato.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1988/requerimento_05.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1988/requerimento_05.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício à Comissão de Viação e Obras Públicas solicitando a realização de diligências no pátio de veículos do município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1973/requerimento_07.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1973/requerimento_07.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja enviado ao Exmo. Sr. Prefeito Municipal e ao setor competente para prestar infornações sobre o pagamento dos 13º salário aos servidores públicos do município.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1987/requerimento_08.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1987/requerimento_08.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Sr. Exmo. Prefeito Municipal e ao setor competente solicitando esclarecimentos sobre a Parceria Público Privado na modalidade de concessão à CONCIP - ILUMINAÇÃO PÚBLICA DORES DO INDAIÁ.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_09.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_09.2025.pdf</t>
   </si>
   <si>
     <t>Requerido envio de ofício ao Exmo. Sr. Prefeito Municipal para que prestes informações e esclarecimentos sobre o Contrato firmado entre o município de Dores do Indaiá e o Consórcio Intermunicipal do Serviço de Inspeção do Centro Oeste Mineiro - CISICOM nos termos da Lei Municipal nº 3011/2022.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>CESAS - Comissão de Educação, Saúde e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_10.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_10.2025.pdf</t>
   </si>
   <si>
     <t>Requerido envio ao Exmo. Sr. Prefeito Municipal de ofício solicitando informações sobre as ações implementadas pela gestão muncipal na aplicação da Lei 13.146/2015, que assegura como direito fundamental a acessibilidade e inclusão social.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1983/requerimento_11.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1983/requerimento_11.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja enviado ofício ao Exmo. Sr. Prefeito Municipal para que forneça informações sobre os valores contratados pelo munícipio referentes a empréstimos no FINISA e outros empréstimos realizados.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_12.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2031/requerimento_12.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal solicitando informações sobre a Farmácia Popular Municipal e do proceso de distribuição de medicamentos no município.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2054/requerimento_13.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2054/requerimento_13.2025.pdf</t>
   </si>
   <si>
     <t>Requerido a convocação da Sra. Lisa Amanda de Oliveira, Secretária Municipal de Educação, para comparecer à Câmara Municipal na reunião ordinária a ser realizada no dia 11 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_15.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_15.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal solicitando informações sobre os valores recebidos pelo munípio a título de Fundo de Participação dos Municípios (FPM).</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2106/requerimentos_16.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2106/requerimentos_16.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal para que preste informações e esclarecimentos sobre a Farmácia Popular Municipal e o processo de distribuição de medicamentos.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2129/requerimento_17.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2129/requerimento_17.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal  para que preste informações sobre o número atualizado de pessoas com deficiência cadastradas na Assistência do Município.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>Amanda Carla Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2152/requerimento_19.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2152/requerimento_19.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal e ao setor competente para que fornceça informações sobre o pagamento de horas extras aos servidores municipais.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito e ao setor competente para que preste informações sobre a execução e as ações desenvolvidas pelo município em cumprimento às seguintes leis municipais: 2953/2021; 2945/2021; 2937/2021; 2936/2021; 3009/2022; 3008/2022; 3181/2024; 3092/2023; 3178/2024 e 3125/2023.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2233/requerimento_27.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2233/requerimento_27.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal solicitando esclarecimentos sobre a atuação das monitoras na rede municipal de ensino, especialmente aquelas que possuem formação específico em Magistério, Pedagogia  e Pós-graduação em Educação Especial.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2080/requerimento_28.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2080/requerimento_28.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal que apresente a documentação referente ao processo licitatório, juntamente com o contrato de locação vigente da Escola Municipal Benjamim Guimarães.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>Cleber Tonaco de Sousa, Gustavo Henrique de Oliveira, Liu</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2259/requerimento_29.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2259/requerimento_29.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito para envio a publicação e envio do relatório resumido do execução orçamentária referente aos bimestres de janeiro/fevereiro e março/abril, conforme determina a legislação vigente.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2266/requerimento_30.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2266/requerimento_30.2025.pdf</t>
   </si>
   <si>
     <t>Requerido envio de ofício ao Exmo. Sr. Prefeito e à Secretaria Municipal de Saúde solicitando informações sobre a adessão ao Programa Miguilim, promovido pelo Governo do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2271/requerimento_31.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2271/requerimento_31.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal para que preste informações e esclarecimentos sobre os veículos vinculados á Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2273/requerimento_32.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2273/requerimento_32.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal para que preste esclarecimentos e informações detalhadas sobre emendas parlamentares destinadas ao Município de Dores do Indiaá-MG no período compreendido entre 1º janeiro de 2023 até 31 de julho de 2025.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2293/requerimento_33.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2293/requerimento_33.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que encaminhe a esta Casa Legislativo todos os empenhos referentes ao abastecimento de veículoss da frota da Secretaria Municipal de Saúde, no período de 1º de janeiro de 2023 a 30 de junho de 2025.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2305/rquerimento_34.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2305/rquerimento_34.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal para preste informações detalhadas sobre a gestão dos veículos utilizados pela Secretaria Municipal de Saúde, no período compreendido entre janeiro de 2023 e julho de 2025.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_35.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_35.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Sr. Prefeito para que preste esclarecimentos e informações sobre programação de pavimentação, asfáltica, recapeamento asfáltico ou calçamento nos próximos meses.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2304/requerimento_36.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2304/requerimento_36.2025.pdf</t>
   </si>
   <si>
     <t>Requerido informações sobre se as obras atualmente em execução no município, em especial a construção da escola, do restaurante popular e da Unidade de Saúde da Família, estão integralmente adaptadas às normas de acessibilidade para pessoas com deficiência (PCD).</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2317/requerimento_37.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2317/requerimento_37.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito solicitando informações sobre atividades esportivas municipais e os  calendário esportivos do município dos de 2021, 2022, 2023, 2024 e 2025.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2339/requerimento_38.25_karla.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2339/requerimento_38.25_karla.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a situação do sinal digital de televisão no município, abrangendo antenas instaladas, canais disponíveis, convênios, manutenção, custos, planos de expansão, medidas para sanar falhas de transmissão e estudos de cobertura.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2361/requerimento_39.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2361/requerimento_39.2025.pdf</t>
   </si>
   <si>
     <t>Requerido a convocação do Secretário Municipal de Obras e Transportes, Sr. Derli Adriano Ferreira, para comparecer perante esta Casa Legislativa, na reunião ordináira a ser realizada no dia 14 de outubro de 2025.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2362/requerimento_40.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2362/requerimento_40.2025.pdf</t>
   </si>
   <si>
     <t>Requerido envio de ofício ao Exmo. Sr. Prefeito Municipal e ao setor competente para o envio de relação detalhada de todas as cirurgias e procedimentos realizados na área de ortopedia pelo médico Dr. Adriano Augusto Pimenta de Oliveira, custeados com recursos do Município, no período compreendido entre julho de 2023 até a presente data.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2375/requerimento_41.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2375/requerimento_41.2025.pdf</t>
   </si>
   <si>
     <t>Requerido envio de ofício ao Exmo. Sr. Prefeito Municipal e ao setor competente solicitando que prestem informações sobre os profissionais ativos lotados na Secretaria de Educação.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2377/requerimento_42.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2377/requerimento_42.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito Municipal para que preste informações e esclarecimentos sobre a Farmácia Municipal e do processo de distribuição de medicamentos no município.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_43.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_43.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Chefe do Poder Executivo Municipal solicitando o encaminhamento a esta Casa Legislativa da cópia atualizada do LTCAT - Laudo Técnico das Condições Ambientais do Trabalho e do PPRA - Programa de Prevenção de Risocos Ambientais( ou PGR , conforme nomeclatura da NR - 1).</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2410/requerimento_44.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2410/requerimento_44.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado ofício ao Excelentíssimo Senhor Prefeito Municipal de Dores do Indaiá, solicitando as seguintes informações e documentos referentes ao Consórcio Interfederativo Minas Gerais - CIMINAS, autorizado pela Lei Municipal nº 3.111/2025.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2411/requerimento_46.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2411/requerimento_46.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Setor Competente da Prefeitura Municipal solicitando informações atualizadas sobre a situação da Feira Municipal, recententemente reformada e ainda não inaugurada, bem como sobre o andamento e o cadastramento dos feirantes.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2412/requerimento_47.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2412/requerimento_47.2025.pdf</t>
   </si>
   <si>
     <t>Requerido seja oficiado o Sr. Madson Vieira Brandão, Gerente Regional da Companhia de Saneamento de Minas Gerais - COPASS, na região de Divinópolis/MG, convidando-o a comparecer à Tribuna do Povo desta Casa Legislativa para prestar esclarecimentos.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2433/requerimento_49.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2433/requerimento_49.2025.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhada cópia completa, em formato físico ou em mídia digital, dos processos licitatórios da modalidade Dispensa de Licitação de nº 142/2025, 132/2025, 121/2025, 125/2025 e 110/2025, contendo todas as peças, documentos, anexos e manifestações que os integram.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2434/requerimento_50.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2434/requerimento_50.2025.pdf</t>
   </si>
   <si>
     <t>Requerida que seja oficiado o Excelentíssimo Senhor Prefeito Municipal e a Secretaria Municipal de Educação, para que prestem as seguintes informações e providências referentes à educação - FUNDEB.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_51.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_51.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Exmo. Sr. Prefeito Municipal e ao setor competente para prestar informações Cofissão de Dívida.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2440/requerimento_52.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2440/requerimento_52.2025.pdf</t>
   </si>
   <si>
     <t>Requerer que seja oficiado o Exmo. Senhor Prefeito Municipal e a Secretaria Municipal de Educação, para que prestem as seguintes informações referentes aos recursos recebidos a título de VAAR – Valor Aluno Ano Resultado, vinculados ao FUNDEB.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2441/requerimento_53.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2441/requerimento_53.2025.pdf</t>
   </si>
   <si>
     <t>Requer-se o envio de ofício ao Exmo. Sr. Prefeito Municipal bem como, se necessário, a Secretaria Municipal de Saúde, para que prestem as seguintes informações e esclarecimentos acerca da atuação da Associação Melhor Viver no Município de Dores do Indaiá, especialmente no que se refere à realização de mutirões de consultas oftalmológicas.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2253/requerimento_28.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2253/requerimento_28.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que seja enviado oficio ao Exmo. Sr. Prefeito solicitando informações sobre a efetiva aplicabilidade da Lei Municipal nº 2.948/2021, que regulamenta a Coordenadoria Municipalde Proteção e Defesa Civil - COMPDEC.</t>
   </si>
   <si>
+    <t>2466</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2466/requerimento_48.25_comissao_educacao.pdf</t>
+  </si>
+  <si>
+    <t>Requer-se o envio de ofício ao Exmo. Sr. Prefeito Municipal, para que envie informações e esclarecimentos referentes à Praça de Esportes Aristides Borges (Praça de Esportes).</t>
+  </si>
+  <si>
     <t>2039</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo Municipal - PEM</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2039/projeto_de_lei_01.2025_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2039/projeto_de_lei_01.2025_-_convertido.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO -  Resgata a denominação do Centro Municipal de Educação Infantil Menino Jesus.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2040/projeto_de_lei_02.2025_-_convertido_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2040/projeto_de_lei_02.2025_-_convertido_-_convertido.pdf</t>
   </si>
   <si>
     <t>(APROVADO) Que altera a redação da Lei Municipal nº 3.183/2024, de 06 de agosto de 2.024, que dispõe sobre as diretrizes para a elaboração da Lei Orçamentárias para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2041/projetos_de_lei_03.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2041/projetos_de_lei_03.2025.pdf</t>
   </si>
   <si>
     <t>REPROVADO- Que revoga a Lei Municipal 3.119,de 16 de outubro de 2023, que proibi a inauguração de obras públicas inclusas no município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_de_lei_004.2025_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_de_lei_004.2025_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Reconhe entidade do município de Dores do Indaiá com de utilidade pública.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_005.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_005.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Pública de Assistência Social do Município de Dores do Indaiá/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2110/projeto_de_lei_ordinaria_006.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2110/projeto_de_lei_ordinaria_006.2025.pdf</t>
   </si>
   <si>
     <t>DEVOLVIDO - Revoga a Lei 3.189/2024 e retifica o local da Rua Santos Dumont para o denominado Campo de Aviação.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_de_lei_ordinaria_007.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_de_lei_ordinaria_007.2025.pdf</t>
   </si>
   <si>
     <t>DEVOLVIDO - Dispõe sobre a política municipal de esporte, lazer e cultura de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2207/projeto_de_lei_08.2025_1_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2207/projeto_de_lei_08.2025_1_-_convertido.pdf</t>
   </si>
   <si>
     <t>APROVADO - "Autoriza a recomposição da perda inflacionária dos subsídios do prefeito, vice-prefeito e secretários municipais de Dores do Indaiá, estado de Minas Gerais, e dá outras providências".</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2112/projeto_de_lei_ordinaria_09.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2112/projeto_de_lei_ordinaria_09.2025.pdf</t>
   </si>
   <si>
     <t>Lei Cuidado às Mães de Anjo  - Determina que as unidades de saúde credenciais no Sistema Único de Saúde (SUS), no âmbito do município de Dores do Indaiá/MG, bem como as rede privada, ofereçam leito separado para mães de natimorto e as diagnosticadas com óbito fetal.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_10.2025_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_10.2025_-_convertido.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito junto à instituição financeira.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_11.2025_1_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_11.2025_1_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei nº 3.129/2023 que cria o Programa Social de Formação Profissional Qualificadores e dá outras providencias.”</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2177/projeto_de_lei_12.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2177/projeto_de_lei_12.2025.pdf</t>
   </si>
   <si>
     <t>"Altera a redação da Lei Municipal n° 3.192, de 13 de dezembro de 2.024, que “estima a receita e fixa a despesa do município de Dores do Indaiá/MG para o exercício financeiro de 2.025"</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2178/projeto_de_lei_13.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2178/projeto_de_lei_13.2025.pdf</t>
   </si>
   <si>
     <t>"Denomina logradouro público do município de Dores do Indaiá e dá outras providências."</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>Adão Amaral da Silva, Amanda Carla Gonçalves, Karla Francisca Vieira Araújo, Liu</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2179/projeto_de_lei_no_14.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2179/projeto_de_lei_no_14.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, diretrizes e funcionamento do Centro de Atendimento ao Cidadão - CAC, no âmbito da Câmara Municipal de Dores do Indaiá - MG, disciplina sua competência e dá outras providências.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2180/projeto_de_lei_no_16.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2180/projeto_de_lei_no_16.2025.pdf</t>
   </si>
   <si>
     <t>VETADO  - "Institui o Programa Medicamento em Casa no âmbito do município de Dores do Indaiá/MG e dá outras providências".</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2181/projeto_de_lei_no_17.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2181/projeto_de_lei_no_17.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do bairro Campo De Aviação e denomina logradouro público do município de Dores do Indaiá e dá outras providências."</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2182/projeto_de_lei_no_18.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2182/projeto_de_lei_no_18.2025.pdf</t>
   </si>
   <si>
     <t>"Institui o troféu Dona Branca - Mulheres Que Inspiram, no municipio de Dores do Indaiá/MG e dá outras providências"</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2183/projeto_de_lei_no_019.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2183/projeto_de_lei_no_019.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026, e dá outras providências."</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2184/projeto_de_lei_no_020.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2184/projeto_de_lei_no_020.2025.pdf</t>
   </si>
   <si>
     <t>DEVOLVIDO  - “Disciplina a participação do município de Dores do Indaiá - MG em consórcio público, dispensa a ratificação do protocolo de intenções e dá outras providências.”</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2185/projeto_de_lei_no_21.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2185/projeto_de_lei_no_21.2025.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO - "Projeto De Lei n° 21/2025, de 23 de abril de 2.025 que "autoriza o município de Dores Do Indaiá a associar-se à Instânciа de Governança Regional de Turismo Lago Três Marias, revoga a Lei Municipal nº 2.822/2018, a dá outras providências.".</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2187/projeto_de_lei_22.2025_gustavo.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2187/projeto_de_lei_22.2025_gustavo.pdf</t>
   </si>
   <si>
     <t>"Proíbe a execução de músicas e videoclipes com letras e coreografias que façam apologia ao crime, ao uso de drogas, ou expressem conteúdos verbais e não verbais de cunho sexual e erótico, nas unidades escolares da rede de ensino do município de Dores Do Indaiá-MG."</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_de_lei_023.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_de_lei_023.2025.pdf</t>
   </si>
   <si>
     <t>“Disciplina a participação do município de Dores do Indaiá - MG em consórcio público - Instituição de Cooperação Intermunicipal do Médio Paraopeba — ICISMEP e dá outras providências.”</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2186/projeto_de_lei_no_24.2025_janaina.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2186/projeto_de_lei_no_24.2025_janaina.pdf</t>
   </si>
   <si>
     <t>RETIRADO - "Dispõe sobre a proibição de manter animais acorrentados no âmbito no município de Dores do Indaiá/MG e dá outras providências"</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2208/projeto_de_lei_no_25.2025_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2208/projeto_de_lei_no_25.2025_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a instruir campanha de incentivo a transferências de veículos autormotores no município de Dores do Indaiá - Minas Gerais."</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_26.2025_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_26.2025_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal nº 2.860, de 1º de janeiro de 2019 que regulmenta o Cemitério Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2212/projeto_de_lei_27.2025_-_kennedy_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2212/projeto_de_lei_27.2025_-_kennedy_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de Rua Deraldino Jorge da Silva a via pública que menciona".</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2249/projeto_de_lei_28.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2249/projeto_de_lei_28.2025.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO "Altera dispositivo da Lei Municipal n° 3.121, de 16 de outubro de 2023, e dá outras providências."</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2284/projeto_de_lei_no_31.2025_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2284/projeto_de_lei_no_31.2025_1.pdf</t>
   </si>
   <si>
     <t>"Revoga integralmente a Lei Municipal nº 1.901, de 11 de dezembro de 1997, que autorizava о Poder Executivo a conceder ajuda  finnanceira à Sra. Maria Barbosa Carneiro, em razão da cessação da situação de vulnerabilidade socioeconômica que justificava a concessão do benefício."</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2243/projeto_de_lei_32.2025_1_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2243/projeto_de_lei_32.2025_1_-_convertido.pdf</t>
   </si>
   <si>
     <t>"Autoriza o executivo municipal a indenizar a cidadā Valda Helena dos Santos por danos materiais em seu veículo decorrentes da responsabilidade civil objetiva do município e dá outras providências."</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei_33.2025_1_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei_33.2025_1_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Autoriza o executivo municipal a indenizar a cidadã brenda Rafaela Mendonça Mendes por danos materiais em seu veículo decorrentes da responsabilidade civil objetiva do município e dá outras providências."</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>"Institui a gratificação por desempenho de atividade fiscal e arrecadação no âmbito da administração tributária do município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2285/projeto_de_lei_no_36.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2285/projeto_de_lei_no_36.2025.pdf</t>
   </si>
   <si>
     <t>"Cria a Ouvidoria-Geral do município e dá outras providências"</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2286/projeto_de_lei_no_37.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2286/projeto_de_lei_no_37.2025.pdf</t>
   </si>
   <si>
     <t>"Revoga a doação de imóvel urbano ao Sindicato dos Servidores Públicos Municipais de Dores do Indaiá/MG, autorizada pela Lei nº 2.678/2015, e dá outras providências."</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2287/projeto_de_lei_38.2025_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2287/projeto_de_lei_38.2025_2.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para o Poder Executivo conceder apoio financeiro a atletas de rodeio que representem o município em competições oficiais e dá outras providências.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2288/projeto_de_lei_39.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2288/projeto_de_lei_39.2025.pdf</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal de Arters Marciais no município de Dores do Indaiá e dá outras providências."</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2312/projeto_de_lei_no_40.2025_tuca.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2312/projeto_de_lei_no_40.2025_tuca.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no calendário oficial de eventos do município de Dores do Indaiá/MG a "Semana Municipal do Esporte" e dá outras providências.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>Alexandro Coêlho Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_41.2025_completo.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_41.2025_completo.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - "Dispõe sobre o Plano Plurianual do Município de Dores do Indaiá, Estado de Minas Gerais, para o quadriênio 2026 a 2029, e dá outras providências."</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_42.2025_completo.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_42.2025_completo.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO -"Estima a receita e fixa a despesa do município de Dores do Indaiá/MG para o exercício financeiro de 2026"</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_de_lei_no_43.2025_liu.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_de_lei_no_43.2025_liu.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - "Altera dispositivos da Lei Municipal n° 3.123, de 16 de outubro de 2023, que "Institui o Programa Minha Casa Melhor e autoriza a doação de materiais construção do município de de Dores do Indaiá e dá outras providências".</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_no_44.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_no_44.2025.pdf</t>
   </si>
   <si>
     <t>Desafeta área de 15.441,96m² para fins de desmembramento para doação de lotes vinculados ao Programa Minhа Casa, Minha Vida e dá outras providências.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_lei_45.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_lei_45.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição de estacionamento de veiculos na Avenida Francisco Campos , durante as festividades da procissão da festa do congado e no desfile cívico-militar do município de Dores do Indaiá, e dá outras providências."</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2356/projeto_de_lei_46.2025_karla.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2356/projeto_de_lei_46.2025_karla.pdf</t>
   </si>
   <si>
     <t>"Institui a obrigatoriedade de ações de conscientização sobre segurança no trânsito durante a realização de eventos municipais, com ênfase na prevenção da associação entre consumo de bebidas alcoólicas e direção, e dá outras providências."</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_47.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_47.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a disponibilização gratuita de transporte municipal para alunos e atletas que representem Dores do Indaiá em eventos esportivos e culturais, e dá outras providências.''</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_48.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_48.2025.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - "Prorroga, até 31 de dezembro de 2026, a vigência do plano municipal de educação (pme) do município de Dores do Indaiá, instituído pela lei nº 2.643, de 23 de junho de 2015."</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_49.2025_tuca.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_49.2025_tuca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da instalação de filtros de purificação de água nos prédios públicos da área da saúde e da educação do municipio de Dores do Indaiá/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2392/projeto_de_lei_50.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2392/projeto_de_lei_50.2025.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - Altera a Lei Municipal nº 3.123 de setembro de 2023, que dispõe sobre o Programa Minha Casa Melhor, e dá outras providências.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2391/projeto_de_lei_51.2025_karla.pdf</t>
-[...2 lines deleted...]
-    <t>EM TRAMITAÇÃO - Institui a política municipal de prevenção e combate aos crimes de furto e receptação de cabos e fios netálicos no município de Dores do Indaiá e dá outras providências.</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2391/projeto_de_lei_51.2025_karla.pdf</t>
+  </si>
+  <si>
+    <t>Institui a política municipal de prevenção e combate aos crimes de furto e receptação de cabos e fios netálicos no município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2405/projeto_de_lei_52.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2405/projeto_de_lei_52.2025.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - "Altera a Lei Municipal nº 3.123, de 16 de setembro de 2023, que dispõe sobre o Programa Minha Casa Melhor, e dá outras providências."</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2406/projeto_de_lei_53.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2406/projeto_de_lei_53.2025.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - Dispõe sobre o procedimento administrativo de reconhecimento da prescrição de créditos tributários e não tributários, bem como sobre o protesto extrajudicial das Certidões de Dívida Ativa do Município de Dores do Indaiá/MG, e dá outras providências</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2436/pl_54.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2436/pl_54.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a indenizar a cidadã Alexandra Mendes Vilaça por danos materiais em seu veículo decorrentes da responsabilidade civil objetiva do municipio e dá outras providencias.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2435/projeto_de_lei_55.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2435/projeto_de_lei_55.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Dores do Indaiá/MG  a fornecer medicamentos e realizar exames da rede pública municipal de saúde (SUS) aos usuários que apresentem receitas ou pedidos prescritos por médicos de clínicas particulares, conveniados ou cooperados a planos de saúde, mesmo que não atendidos pelo SUS, e dá outras providências."</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2408/projeto_de_lei_56.2025_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2408/projeto_de_lei_56.2025_2.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - Autoriza o Município de Dores do Indaiá a arrecadar tributos municipais e demais receitas públicas por meio de pagamento com cartões de débito e crédito, e dá outras providências.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_57.2025.pdf</t>
-[...2 lines deleted...]
-    <t>EM TRAMITAÇÃO - Estabelece os feriados municipais em Dores do Indaiá - Minas Gerais, para o ano de 2.026 e dá outras providências.</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_57.2025.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece os feriados municipais em Dores do Indaiá - Minas Gerais, para o ano de 2.026 e dá outras providências.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2429/projeto_de_lei_58.2025_janaina.pdf</t>
-[...2 lines deleted...]
-    <t>EM TRAMITAÇÃO. Autoriza o Poder Executivo Municipal a instituir o Programa +Saúde no Campo, destinado à oferta de serviços de saúde itinerante e multiprofissional nas comunidades rurais do município, e dá outras providências.</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2429/projeto_de_lei_58.2025_janaina.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a instituir o Programa +Saúde no Campo, destinado à oferta de serviços de saúde itinerante e multiprofissional nas comunidades rurais do município, e dá outras providências.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2437/pl_59.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2437/pl_59.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Dores do Indaiá, Estado de Minas Gerais, para o quadriênio 2026 a 2029, e dá outras providências.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2430/pl_60.2025.pdf</t>
-[...2 lines deleted...]
-    <t>EM TRAMITAÇÃO - Estima a receita e fixa a despesa do município de Dores do Indaiá/MG para o exercício financeiro de 2026.</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2430/pl_60.2025.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do município de Dores do Indaiá/MG para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>2442</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2442/projeto_de_lei_61.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Planta Genérica de Valores do Município de Dores do Indaiá/MG, estabelece critérios para determinação do valor venal dos imóveis urbanos, fixa as alíquotas do IPTU, institui o Programa IPTU Verde e dá outras providências.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_complementar_no_01.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_complementar_no_01.2025.pdf</t>
   </si>
   <si>
     <t>APROVADO - Regulamenta e fixa o piso salarial dos Agentes Comunitários de Saúde (ACS) e dos Agentes Comunitários a Endemias (ACE) do município de Dores do Indaiá - Minas Gerais, para o exercício de 2025, nos termos da Emenda Constitucional nº 120/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_complementar_no_02.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_complementar_no_02.2025.pdf</t>
   </si>
   <si>
     <t>APROVADO - Autoriza o pagamento de complemento salarial aos servidores que recebem remuneração inferior ao salário-mínimo nacional.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_complementar_no_03.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_complementar_no_03.2025.pdf</t>
   </si>
   <si>
     <t>APROVADO - Autoriza a recomposição da perda inflacionária dos venciomento dos servidores públicos da administração direta e indireta do município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_compl_04.2025_-_convertido.pdf</t>
-[...2 lines deleted...]
-    <t>EM TRAMITAÇÃO -  Inclui o art. 275-A ao estatuto do servidores públicos municipais - Lei Complementar nº 78 de 22 de março de 2019.</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_compl_04.2025_-_convertido.pdf</t>
+  </si>
+  <si>
+    <t>Inclui o art. 275-A ao estatuto do servidores públicos municipais - Lei Complementar nº 78 de 22 de março de 2019.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>APROVADO - “Modifica a redação do Parágrafo Único do art. 77 da Lei Complementar nº 78, de 22 de março de 2019, que dispõe sobre o Estatuto dos Servidores Públicos do Município de Dores do Indaiá, para estabelecer limite de desconto em folha do servidor em favor de pessoa jurídica conveniada”.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2091/projeto_de_lei_compl_006.2025.pdf</t>
-[...2 lines deleted...]
-    <t>(EM TRAMITAÇÃO) Dispõe sobre o plano de cargos e vencimentos dos cargos em comissão e funções gratificadas da autarquia municipal denominada Instituto de Previdência do Servidor Municipal de Dores do Indaiá - IPSEMDI e dá outras providências.</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2091/projeto_de_lei_compl_006.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o plano de cargos e vencimentos dos cargos em comissão e funções gratificadas da autarquia municipal denominada Instituto de Previdência do Servidor Municipal de Dores do Indaiá - IPSEMDI e dá outras providências.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2210/projeto_de_lei_compl_no_07.2025_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2210/projeto_de_lei_compl_no_07.2025_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Autoriza a recomposição da perda inflacionária dos vencimentos e gratificações dos servidores do Poder Legislativo de Dores do Indaiá - Minas Gerais."</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2113/projeto_de_lei_complementar_09.2025.pdf</t>
-[...2 lines deleted...]
-    <t>EM TRAMITAÇÃO - Dispõe sobre a delimitação altimétrica de áreas no Município de Dores do Indaiá, estabelece normas para a ocupação e utilização do solo nessas regiões, visando à preservação da paisagem urbana e dos mirantes naturais, e dá outras providências.</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2113/projeto_de_lei_complementar_09.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a delimitação altimétrica de áreas no Município de Dores do Indaiá, estabelece normas para a ocupação e utilização do solo nessas regiões, visando à preservação da paisagem urbana e dos mirantes naturais, e dá outras providências.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_complementar_10.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_complementar_10.2025.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO -  Fica criado o artigo 275-A no Estatuo dos servidores públicos municipais - Lei Complementar nº 79/2019.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2130/projeto_de_lei_complementar_11.2025_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2130/projeto_de_lei_complementar_11.2025_2.pdf</t>
   </si>
   <si>
     <t>(EM TRAMITAÇÃO) “Altera a Lei Complementar  nº 79 de 22 de março de 2019, que dispõe sobre os planos de cargos das carreiras e remuneração dos servidores das áreas administrativas, operacional, assistência social e cargos em comissão do município de dores do indaiá e dá outras providências, e alterações posteriores”.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_complementar_12.2025_-_convertido_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_complementar_12.2025_-_convertido_1.pdf</t>
   </si>
   <si>
     <t>(EM TRAMITAÇÃO) “Altera a Lei Complementar nº 80, de 22 de março de 2019, que dispõe sobre o plano de carreira dos servidores da saúde do município de dores do indaiá, e alterações posteriores".</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_complementar_13.2025_-_convertido_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_complementar_13.2025_-_convertido_1.pdf</t>
   </si>
   <si>
     <t>(EM TRAMITAÇÃO) “Altera a Lei Complementar Nº 81, de 22 de março de 2019, que dispõe sobre o plano de carreira dos servidores da educação do município de Dores do Indaiá e alterações posterioes".</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_compl_14.2025_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_compl_14.2025_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o plano de cargos e vencimentos dos cargos em comissão em e funções gratificadas da autarquia municipal denominada Instituto de Previdência do Servidor Municipal de Dores do Indaiá - IPSEMDI e dá outras providências."</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2176/projeto_de_lei_compl_15.25.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2176/projeto_de_lei_compl_15.25.pdf</t>
   </si>
   <si>
     <t>(EM TRAMITAÇÃO) "Acrescenta dispositivos ao Estatuto dos Servidores Públicos do Município de Dores do Indaiá, estabelecendo a penalidade de multa e outras disposições disciplinares, e dá outras providências.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2203/projeto_de_lei_compl_no_16.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2203/projeto_de_lei_compl_no_16.2025.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Complementar nº 79, de 22 de março de 2019, que dispõe sobre os planos de cargos das carreiras e remuneração dos servidores da áreas administrativas, operacional, assistência social e cargos em comissão do município de Dores do Indaiá e dá outras providências, e alterações posteriores".</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2204/projeto_de_lei_compl_no_17.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2204/projeto_de_lei_compl_no_17.2025.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Complemetnar nº 80, de 22 de março de 2019, que dispõe sobre o plano de carreira dos servidores da saúde do município de Dores do Indaiá, e alterações posteriores."</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_compl_no_18.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_compl_no_18.2025.pdf</t>
   </si>
   <si>
     <t>(DEVOLVIDO)  "Altera a Lei Complementar nº 81, de 22 de março de 2019, que dispões sobre o plano de carreira dos servidores da educação do município de Dores do Indaiá e alterações posteriores".</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_compl_19.2025_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_compl_19.2025_-_convertido.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 81, de 22 de março de 2019, que dispõe sobre o plano de carreira dos servidores da educação do município de Dores do Indaiá e alterações posteriores.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_compl_20.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_compl_20.2025.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - "Acrescenta dispositivos à Lei Complementar n° 78, de 22 de março de 2019, a qual dispõe sobre o Estatuto dos Servidores Públicos do Município de Dores do Indaiá, e dá outras providências."</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_compl_21.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_compl_21.2025.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - "Altera a redação do art. 62 da Lei Municipal nº 81/2019, que dispõe sobre o Plano de Carreira e Remuneração dos Servidores da Educação do Município, e dá outras providências."</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>Of</t>
   </si>
   <si>
     <t>Requerimentos e Indicações Verbais</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_verbal_-_oficio_019.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_verbal_-_oficio_019.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que analise a possibilite do aumento do quadro de servidores da usina de reciclagem e que seja implantado um programa de coleta seletiva no município.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_-_oficio_020.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_-_oficio_020.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie a limpeza no Morro de Capelinha, especificamente no quarteirão da rua Dr. José Argemiro de Moura  e a limpeza da obra localizada na esquina da referida rua.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_verbal_-_oficio_021.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_verbal_-_oficio_021.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que providencie a instalação na Praça Waldemar de Almeida Barbosa.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_verbal_-_oficio_22.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_verbal_-_oficio_22.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor do meio ambiente que realize a poda das árvores à avenida Magalhães Pinto.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_verbal_-_oficio_23.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_verbal_-_oficio_23.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que informe a esta Casa Legislativa quando será a abertura e funcionamento da Policlínica Municipal.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_verbal_-_oficio_24.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_verbal_-_oficio_24.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que informe a esta Casa Legislativa quando será reiniciada as obras na Escola Municipal Benjamim Guimarães situada a rua Emidio Emidio Teles Carvalhos.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_verbal_-_oficio_25.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_verbal_-_oficio_25.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize a manutenção na Estrada das Gerais.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_verbal_-_oficio_26.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_verbal_-_oficio_26.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente para que seja realizado a manutenção na Estrada do Segredo.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_verbal_-_oficio_27.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_verbal_-_oficio_27.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça um estudo de viabilidade para colocação de lombo-faixa na rua Dr. José Argemiro de Moura próximo aos números 730 e 846.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_verbal_-_oficio_028.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_verbal_-_oficio_028.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente para que seja feita manutenção de forma urgente na rua Geraldo Batista Fonseca de Carvalho no Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2060/oficio_36.2025_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2060/oficio_36.2025_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie a calçamento com bloquetes no Beco Xavantes, entre a rua Tapuias e Beco Guimarães, no bairro São José.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2061/oficio_37.2025_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2061/oficio_37.2025_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita à Comissão de Educação, Saúde e Assitencia Social da Cãmara Municipalque realize reunião para tratar de assuntos referentes as ações da Secretaria de Educação, no que se refere ao a processo seletivo e chamamento de posse no cargo de diretor e vice-diretor escolar, piso salarial nacional do magistério e a proposta do zoneamento.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2062/oficio_38.2025_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2062/oficio_38.2025_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solcita a Comissão de Viação de Obras Públicas da Câmara Municipal para se atentar a resposta apresentada pelo Poder Executivo, direcionada ao ex-vereador Adilson Mário Alves (Ofício nº 464/2024 em resposta ao ofício nº 81/2024 e nº 194/2024)</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2063/oficio_39.2025_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2063/oficio_39.2025_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo que envie para esta Casa Legislativa o Projeto de Lei que assegure a revisão geral anual dos servidores públicos do Poder Executivo Municipal para o exercício de 2025,  acrescentando-se nesse dispositivo legal os índices inflacionários, em cumprimento ao que determinam expressamente a Constituição Federal em seu artigo 37, inciso X.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2064/oficio_41.2025_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2064/oficio_41.2025_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação ao setor competente para que seja feita a instalação de postes de iluminação e também indica para que seja feita a poda das árvores na rua Darci Dias Moura (rua que liga o Campinho ao Residencial Santa Cruz, pois a rua esta acabando de tanto buraco.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2065/oficio_50.2025_-_indicacao_50.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2065/oficio_50.2025_-_indicacao_50.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie a instalação de um poste de iluminação no final darua 13 de maio (beco Juca Lima).</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2066/oficio_51.2025_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2066/oficio_51.2025_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor comptente que providencie manutenção do trecho da Estrada do Campo Alegre a Estrada da Tapuias.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2067/oficio_52.2052_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2067/oficio_52.2052_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie a instalação de corrimão na escadaria do Campinho.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2068/oficio_53.2025_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2068/oficio_53.2025_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie o reparo no final da rua Professor Djalma Melgaço.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2069/oficio_54.2025_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2069/oficio_54.2025_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça estudo de viabilidade para implatanção do programa de Day Off para beneficiar os servidores municipais.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2070/oficio_55.2025_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2070/oficio_55.2025_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça mapeamento da pavimentação realizada no ano passado, e fazer constação dos defeitos na pavimentação para que seja possível cobrar da empresa responsável os reparos devidos..</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2071/oficio_56.2025_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2071/oficio_56.2025_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie o término da cobertura do velório municipal.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2072/oficio_62.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2072/oficio_62.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize análise, revisão e posterior encaminhamento a esta Casa Legislativa projeto de lei referente aos benefícios eventuais em substituição à Lei nº 3.122/2023 com o objetivo de ampliar o atendimento às necessidades humanas básicas da população especialmente em situações de contigências sociais, tais como nascimento, falecimento, vulnerabilidade temporária e calamidade pública, em conformidade com as diretrizes do Sistema Único de Assistência Social (SUAS).</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2073/oficio_63.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2073/oficio_63.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize um estudo de viabilidade técnica para a instalação de placa "Proibido Estacionar/Uso de Veículos Oficiais", em frente a sede do Conselho Tutelarn na rua Godofredo de Araújo.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2074/oficio_64.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2074/oficio_64.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor de obras uma avaliação técnica e documentada sobre as condições do telhado da Escola Municipal Benjamim Guimarães.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2075/oficio_65.2028_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2075/oficio_65.2028_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a instalação de corrimão na escada da Estação.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2083/oficio_81.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2083/oficio_81.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado esclarecimentos e/ou informações acerca do pagamento de horas extraordinárias e saldo de banco de horas, realizadas por parte do servidores públicos municipais.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2084/oficio_82.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2084/oficio_82.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente para analisado uma solução para a estrada saída para o Campo Alegre (final do calçamento da rua Capitão Amaro), devido ao intenso tráfico de véiculo que vão para o pátio do Detran.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2085/oficio_83.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2085/oficio_83.2025.pdf</t>
   </si>
   <si>
     <t>Requerido a reconvocação da senhora Lisa Amanda de Oliveira para comparecer em reunião ordinária no dia  25 de fevereiro de 2025 às 19 horas.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2086/oficio_84.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2086/oficio_84.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça estudo sobre o retorno e a efetivação da Dra. Raquel Gomes de Carvalho Pinto, médico pediatra nos PSF do município.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2087/oficiio_91.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2087/oficiio_91.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça um estudo de viabilidade para instalação de uma academia ao ar livre ou a instalação de um parquinho na Praça Abaeté.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2088/oficio_92.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2088/oficio_92.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça estudo de viabilidade para melhorar a sinalização na esquina da Rua Dr. Zacarias com a Av. Minas Gerais.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2089/oficio_93.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2089/oficio_93.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja feito um estudo de viabilidade para colocação de placas indicando área e silêncio no entorno da Santa Casa e na Av. da Saudade.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2090/oficio_094.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2090/oficio_094.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize o término do calçamento na saída do Campo Alegre.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2093/oficio_100.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2093/oficio_100.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça um estudo para a possibilidade da doação de uma fração pequena dos paralelepípedos que foram retirados da rua Paulino de Sousa, para serem usados na entrada da Capela Santa Efigênia.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2094/oficio_101.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2094/oficio_101.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que utilize método de bomba manual com o produto especifíco ao combate do mosquito da dengue nos quintais.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2095/oficio_102.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2095/oficio_102.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que disponibilize um porteiro para cada escola municipal.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2096/oficio_103.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2096/oficio_103.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que disponibilize um servidor para atuar como "serviços gerais" nas escolas para auxiliar nos serviços pesados e pequenos consertos.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2097/oficio_104.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2097/oficio_104.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que instale serviço de monitoramento de câmeras nas escolas.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2098/oficio_105.205.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2098/oficio_105.205.pdf</t>
   </si>
   <si>
     <t>Requerido a reconvocação da Senhora Lisa Amanda de Oliveira para comparecer em reunião ordinária no dia 11 de março de 2025, às 19 horas.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2099/oficio_107.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2099/oficio_107.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que realize operação tapa-buracos na Rodovia Dores/Abaeté, no trecho de competência municipal.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2100/oficio_108.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2100/oficio_108.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a pintura e manutenção da sinalização horizontal dos quebra-molas em toda cidade.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2108/oficio_117.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2108/oficio_117.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a limpeza (capina) no cemitério municipal, que se encontra com muito mato.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2107/oficio_120.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2107/oficio_120.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize a contratação de uma Assessoria Contábil para fazer um estudo específico sobre progressões e promoções dos funcionários públicos e também referente ao piso salarial dos profissionais da área da eduação.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2117/oficio_128.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2117/oficio_128.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que providencie a manutenção com colocação de entulhos no morro da ponte dos Patos.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2118/oficio_129.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2118/oficio_129.2025.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente ao Poder Executivo respostasinformações sobre o Projeto de Lei 10/2025.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2120/oficio_130.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2120/oficio_130.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que faça um estudo ou análise no trânsito da Praça Antônio Lalau de Carvalho com rua São José  e rua Godofredo de Araújo.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2121/oficio_131.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2121/oficio_131.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que providencie a instalação dos redutores de velocidade (quebra molas) na rua Mozart José dos Santos em frente à residência n° 127 e outro na esquina com Av. Jonas Pires.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2122/oficio_132.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2122/oficio_132.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que instale redutor de velocidade (quebra-molas) no Av. Jonas Pires, em frente a Padaria do Barroso.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2119/oficio_133.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2119/oficio_133.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente a contratação de uma Assistente Social para a Secretaria de Saúde.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2123/oficio_134.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2123/oficio_134.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que providencie a limpeza (capina) no cemitério municipal.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2124/oficio_135.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2124/oficio_135.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que faça a instalação de uma academia ao ar livre na Praça da Igreja São Sebastião.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2125/oficio_136.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2125/oficio_136.2025.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação que solicitou ao setor competene que realize um paliativo na entrada do bairro Residencial Santa Cruz/ Av Jonas Pires (próximo a padaria do Barroso), onde há uma cratera ocupando quase toda a rua, podendo causar acidentes devido ao grande fluxo de veículos e pedestres.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_142.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_142.2025.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação que solicita a manutenção e canalização do bueiro localizado na esquina da rua Marechal Deodoro com rua Pará.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2135/oficio_143.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2135/oficio_143.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que providencie a operação tapa buracos em toda cidade, em específico manutenção no final da rua Professor Djalma Melgaço.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2136/oficio_144.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2136/oficio_144.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente para que impulsione as campanhas de incentivo a reciclagem para melhorar as condições de trabalho na usina de reciclagem do município.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2137/oficio_145.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2137/oficio_145.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente a construção de guarita no trevo de Dores do Indaiá no sentido a cidade de Luz e a manunteção da existente.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Reiterado a indicação que solicita a manutenção dos banheiros da Praça Crisóstomo localizado na rua Godofredo S. Araújo (rua da Capelinha).</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2139/oficio_148.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2139/oficio_148.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie um estudo de viabilidade para a revitalização (com uso dos bloquetes retirados da rua Paulina de Sousa.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2140/oficio_149.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2140/oficio_149.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a manutenção da estrada da COPASA, onde foi formada uma poça muito grande que estlá tomando conta da estrada.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2141/oficio_150.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2141/oficio_150.2025.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a convocação da senhora Nubia Fernanda da Silva para comparecer em reunião ordinária no dia 01 de abril de 2025 às 19 horas, para tratar de assuntos referentes a sua pasta.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2146/oficio_154.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2146/oficio_154.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a poda de uma árvore  localizada arua Irmã Inês entre os números 180 e 192 devido a referida árvore ser de grande porte.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2145/oficio_153.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2145/oficio_153.2025.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente informações ao Executivo se em alguma oportunidade já ocorreu negociação e pedidos ao DER (Departamento Estrada de Rodagem) referente a colocação de radar (redutor de velocidade e fiscalização) na curva denominada "curva de motel" no sentidode Dores do Indaiá à Quartel Geral.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2147/oficio_155.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2147/oficio_155.2025.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente cópias integrais dos contrato, empenhos e/ou promotores, contratação de palco, um gerador de energia, equipamentos diversos</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2148/oficio_156.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2148/oficio_156.2025.pdf</t>
   </si>
   <si>
     <t>Solitado ao setor competente para que quando houver uma demanda maior de uma determinado médico para que o paciente possa terminar o tratamento e com isso diminuir as filas de espera.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2150/oficio_160.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2150/oficio_160.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que instale a bebedouro no quadro da Praça do DER.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2149/oficio_161.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2149/oficio_161.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado a secretaria competente que faça um estudo com a possibilidade de reveros vencimentos de todos os servidores públicos municipais, principalmente dos que tem a base o salário mínimo.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2159/oficio_176.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2159/oficio_176.2023.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a secretaria competente que faça a reforma do muro e das caçaldas da Escola Municipal Luiza de Marilac.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2164/oficio_179.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2164/oficio_179.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao Poder Executivo para que faça junto com a Secretaria de Saúde e a Santa Casa para que possa ter novamente dois médicos no plantão aos finais de semana e nos feriados.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2165/oficio_180.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2165/oficio_180.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que realize a instalação na cidade de um monumento arquitetônico com a inscrição "Eu amo Dores do Indaiá" em pontos turísticos estratégicos, como a Praça do Cem ou a entrada do município.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2166/oficio_181.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2166/oficio_181.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que faça um estudo para a contratação de médico Mastologista para município de Dores do Indaiá, pelo menos para atendimento uma vez por mês, em especial os casos em que a mamografias tiveram alterações.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2167/oficio_182.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2167/oficio_182.2023.pdf</t>
   </si>
   <si>
     <t>Solicita verbalmente ao Poder Executivo para que faça um estudo para o retorno da Equoterapia no município.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2174/oficio_191.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2174/oficio_191.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente a convocação do Sr. Derli Adriano Ferreira para comparecer em reunião ordinária no dia 13 de maio de 2025, às 19 horas, para tratar dos assuntos referentes a sua pasta durante o período de 04 meses do ano de 2025.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2175/oficio_193.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2175/oficio_193.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que seja implantado no Laboratório Municipal um Coagulômentro -  Analisador Semiautomático de Hemostasia - equipamento permitirá a realziação do exame de rotina coagulograma completo.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2189/oficio_200.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2189/oficio_200.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que realize a limpeza da rua Tocatins.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2190/oficio_201.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2190/oficio_201.2025.pdf</t>
   </si>
   <si>
     <t>Solcitado, verbalmente, ao Poder Executivo juntamente com a Secretaria de Saúde para que seja feita uma campanha de vacinação contra a Influenza (gripe) na zona rural do município, com o objetivo de diminuir as filas e aglomerações nos postos de vacinação.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2191/oficio_202.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2191/oficio_202.2025.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação para que o setor competente providencie a limpeza  do Córrego das Condutas na Avenida Dr. Di.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2192/oficio_204.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2192/oficio_204.2025.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação que solicitou ao setor competente que repasse recibo ou protocolo de entrega de documento, pode ser a cópia do documento com o carinho da secretaria quando derem entrada nas secretarias do executivo principalmente na Secretaria de Saúde.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2193/oficio_205.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2193/oficio_205.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Poder Executivo que faça estudo que analise a possibilidade do município sediar eventos voltados para a melhor idade.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2194/oficio_206.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2194/oficio_206.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a recolocação das pedras na rua Marechal Deodoro próximo ao nº 727, uma vez que quando foi realizado a  obra na tubulação dos bueiro  as pedras foram retidaras e não foram recolocadas.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2225/oficio_232.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2225/oficio_232.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmete ao setor competente que realize a instalação de braço de iluminação nos dois postes da Rua Rio Grande do Sul, próximo ao nº 887 e a instalação de mais um braço de iluminação na rua Tupis com a rua Tupinambás.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2224/oficio_238.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2224/oficio_238.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que realize a operação tapa buracos no final da rua Goiás.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2226/oficio_247.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2226/oficio_247.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que realize a construção de uma pista de cooper (pista de caminhada) ao longo da alameda JK e reiteração da solicitação para que também realize a construção de uma pista de cooper em paralelo com a rua Guarani (saída sentido Quartel Geral).</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2231/oficio_256.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2231/oficio_256.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor compentente o fornecimento de ônibus para transporte especial, com destino à cidade de Leandro Ferreira,em razão deevento tradicional realizado anualmente.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2232/oficio_257.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2232/oficio_257.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente que sejam realizados estudos técnicos e jurídicos visando à alteração de nomeclatura do cargo de "Monitora de Creche" para "Professor de Educação Infantil" no âmbito da administração pública municipal, respeitadas as atribuições legais e exigências da legislação vigente.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2234/oficio_268.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2234/oficio_268.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que seja realizado a reforma da Praça Matriz.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2236/oficio_266.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2236/oficio_266.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente reparação de um buraco na rua Benedito Valadares com rua Amazonas, próximo a Matriz Farma.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2235/oficio_267.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2235/oficio_267.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que realize operação tapa buraco na rotatória da Escola Mestre Tônico.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2238/oficio_277.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2238/oficio_277.2025.pdf</t>
   </si>
   <si>
     <t>Requerido solicitado ao setor responsável informações sobre a manutenção das torres de transmissão de sinal digital de TV no município.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2239/oficio_278.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2239/oficio_278.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente para que seja realizado a troca do ponto de espera da Van da Saúde que leva pacientes para Belo Horizonte que leva pacientes, da proximidade do posto de gasolina (posto popular) e Loja do Bri para praça da Matriz próximo ao Quartel da Polícia Militar.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2240/oficio_279.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2240/oficio_279.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Exmo. Sr. Prefeito Municipal, bem como à Secretaria Municipal de Obras e Infraestrutura para que realizem a recupareção, com urgência, da estrada vicinal localizada na zona rural deste município, que dá acesso direto às propriedades das famílias Manoel Costa, Valdemar Tomaco, Paulo Soldado e Mundinho Miranda.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2241/oficio_280.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2241/oficio_280.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Exmo. Sr. Prefeito, bem como a Secretaria Municipal de Obras e Infraestrutura para que realizem ações emergenciais de manutenção e recuperação das  estradas vicinais do município.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2245/oficio_283.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2245/oficio_283.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado a secretaria competente que tomem todas as medidas necessárias para a implementação da Unidade Móvel do Hemominas de Dores do Indaiá para a realização de doação de sangue.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2246/oficio_284.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2246/oficio_284.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a realização da operação tapa buracos na rua Guajajaras em frente ao nº 430 e também na rua Djalma Melgaço em frente ao nº 66.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2247/oficio_285.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2247/oficio_285.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a realização da troca de lâmpadas quebradas e queimadas na Praça dos Trabalhadores (Praça da Sapolândia).</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2248/oficio_286.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2248/oficio_286.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a realização da limpeza do bairro Residencial Laranjeiras.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2255/oficio_288.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2255/oficio_288.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que realize a vistoria e manutenção necessária em alguns brinquedos das praças públicas do município.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2254/oficio_289.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2254/oficio_289.2025.pdf</t>
   </si>
   <si>
     <t>Solitado ao Poder Executivo que garanta melhores condições salarais aos serviores municipais no cargo de motorista, promovendo justiçae valorização para quem realmente faz o serviço público acontecer.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2256/oficio_296.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2256/oficio_296.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que realize colocação de gramas nos barrancos do bairro Campinho.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2257/oficio_298.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2257/oficio_298.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize a construção de uma praça de lazer no Praça Aeroporto.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2268/oficio_306.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2268/oficio_306.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao Poder Executivo que seja realizada a manutenção das estradas rurais do município, principalmente nos pontos mais críticos com a estrada da saída para a antiga Parmalat, das Condutas e São Bentos.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2269/oficio_312.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2269/oficio_312.2025.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação ao setor competente para que seja repassado recibo ou protocolo de entrega de documentos nas Secretaria de Saúde.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2276/oficio_320.2025_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2276/oficio_320.2025_2.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente que seja realizada a aspersão de água em todos os pontos fixos de visitação dos ternos.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2277/oficio_321.2025_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2277/oficio_321.2025_2.pdf</t>
   </si>
   <si>
     <t>Solicitado com urgência uma intervenção paliativa na estrada que a Estrada da Tapuia à Estrada do Campo Alegre. conhecidad também como Estrada no Nem.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2278/oficio_322.2025_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2278/oficio_322.2025_2.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente a realização da manutenção da Estrada Antas dos Coelhos, especialmente no trecho próximo a Capela. Támbém foi solicitado que providencie a instalação de um  mata-burro  e o roçagem no entorno do calçamento.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2279/oficio_323.2025_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2279/oficio_323.2025_2.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente a implantação do vale-alimentação para todos os servidores municipais de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2295/oficio_333.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2295/oficio_333.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize estudo de viabilidade para possibilidade de colocar a Rua Xavante em sentido de mão única (descendo), próximo ao número 293, devido a localidade ser muito íngreme.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2296/oficio_334.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2296/oficio_334.2025.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo informações sobre o número de consultas de obstetrícia e ginecologia disponibilizadas em cada PSF do nosso município.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2297/oficio_335.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2297/oficio_335.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente para instale redutores de velocidade na rua Mozart José dos Santos, em frente ao número nº 127.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2298/oficio_336.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2298/oficio_336.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que disponibilize mais banheiros químicos espalhados pela cidade durante os dias da Festa do Rosário, como no Morro da Capelinha, Praça da Matriz, bairro Juiz de Fora, entre outros.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2299/oficio_337.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2299/oficio_337.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Poder Executivo uma resposta formal sobre a não contemplação do município para recebimento de casas populares.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2300/oficio_338.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2300/oficio_338.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente uma política mais efetiva de arborização nas ruas, praças e espaços públicos da cidade, a fim de proporcionar melhores condições para população, visitantes e para os tradicionais eventos culturais.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio_344.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio_344.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado á Coordenadoria Regional do DER/MG que providencie a manutenção do radar na curva do Bispo (rodovia MG 176 - Dores do Indaiá e Luz-MG) e a poda de árvores da Rodovia  MG176, sentido Dores do Indaiá a Luz, próximo a ponte do Ribeirão dos Patos.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio_346.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio_346.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado a Secretaria Municipal de Obras que entre em contato com as empresas de grande porte que desenvolvem atividades nas áreas rurais do município de Dores do Indaiá, propondo que colaborem com a manutenção estradas rurais, pois as utilizam transporte e escoamento de sua produção.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio_347.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio_347.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado a Secretaria Municipal de Educação que realize vistoria e fiscalização no veículos utilizados e fiscalizações nos veículos utilizados para o transporte escolar rural, com o objetivo de garantir maior segurança, conforto e comodidade às crianças que utilizem esse serviço diariamente.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2309/oficio_348.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2309/oficio_348.2025.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação na qual solicita a substituição da placa de identificação da Praça de Esportes para "José da Cruz Ferreira", uma vez que placa atual foi grafada com o nome incorreto.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2310/oficio_349.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2310/oficio_349.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie, com urgência, um trabalho voltado ao recolhimento e destinação adequada do lixo nas entradas da cidade, principalmente nas estradas rurais.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio_355.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio_355.2025.pdf</t>
   </si>
   <si>
     <t>Reiteração da Indicação 36/2025, na qual solicitou ao setor responsável pela sinalização de trãnsito do município a realização da instalação de placas de sinalização.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio_356.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio_356.2025.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente à Secretaria Municipal de Educação informações referentes aos profissionais atuantes na rede municipal de ensino.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio_357.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio_357.2025.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação verbal na qual solicitou a aquisição de um trator gabinado com o objetivo de reforçar a frota municipal e atender com mais eficiência às demandas das áreas rurais.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio_374.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio_374.2025.pdf</t>
   </si>
   <si>
     <t>Reiteração de solicitação ao Executivo e à Secretaria de Saúde para contratação de médico mastologista, visando atendimentos mensais, especialmente em casos de alterações em mamografias.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio_375.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio_375.2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a realização do exame de mamografia no município, abrangendo local de atendimento, quantidade mensal de exames, público-alvo, existência de demanda reprimida, faixa etária atendida pelo SUS e município de referência em caso de não realização local.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio_376.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio_376.2025.pdf</t>
   </si>
   <si>
     <t>Reiteração da Indicação nº 71/2025 ao Poder Executivo, solicitando a instalação de bebedouros públicos na Praça do Trabalhador e na Praça Alexandre Lacerda Filho (Praça do CEM), visando oferecer mais conforto e bem-estar aos frequentadores.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Solicita ao setor competente a instalação de placa de “PARE” no cruzamento das ruas Hugo de Sousa Araújo e José Lopes Cansado, no bairro Osvaldo Soares Costa, em razão do alto índice de acidentes no local.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio_378.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio_378.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a realização de manutenção preventiva nas antenas de transmissão dos canais abertos Globo, SBT e Band, diante das constantes reclamações de queda do sinal digital por parte dos munícipes.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio_379.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio_379.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a instalação de redutor de velocidade na Rua Dr. José Argemiro de Moura, próximo ao nº 568.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>Solicita, em 24h, ponderações do Conselho do Fundo Municipal de Habitação, atas de reuniões e informações sobre necessidades do município; e, em 10 dias, apresentação de novo Projeto de Lei ou justificativa, sob pena de recolocação da proposição em pauta, visando garantir dignidade habitacional.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>Solicita, com urgência, o conserto ou a aquisição de bebedouro na Usina de Reciclagem, diante da precariedade do equipamento atual, a fim de garantir condições dignas de trabalho e acesso adequado à água potável aos servidores.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2343/of3852025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2343/of3852025.pdf</t>
   </si>
   <si>
     <t>Solicita o conserto imediato da esteira de separação de lixo da Usina de Reciclagem, atualmente paralisada, a fim de evitar riscos ergonômicos e acidentes, bem como garantir condições adequadas e seguras de trabalho aos servidores.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2344/of3862025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2344/of3862025.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção da pá carregadeira da Usina de Reciclagem, cuja indisponibilidade tem gerado custos extras de combustível e logística, além de prejudicar outras frentes de serviço no município.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2345/of3872025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2345/of3872025.pdf</t>
   </si>
   <si>
     <t>Solicita, com urgência, a manutenção da fiação elétrica da Usina de Reciclagem, que se encontra exposta e representa risco iminente de acidentes graves, em afronta às normas de segurança do trabalho.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2346/of3882025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2346/of3882025.pdf</t>
   </si>
   <si>
     <t>Reitera ao Poder Executivo a solicitação de instalação de redutor de velocidade na Avenida Di, próximo ao antigo CEMEI.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2347/of3912025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2347/of3912025.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo apoio às empresas locais por meio de campanhas institucionais e ações de capacitação em parceria com instituições de ensino, visando qualificação profissional, fortalecimento da economia, geração de emprego e renda.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2348/of3932025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2348/of3932025.pdf</t>
   </si>
   <si>
     <t>Solicita informação sobre a data de início da obra na Rua Geraldo Felipe de Sousa, que se encontra demarcada há meses e já conta com material e mão de obra disponíveis.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2349/of3952025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2349/of3952025.pdf</t>
   </si>
   <si>
     <t>Solicita informação sobre a data de retomada das obras do córrego Condutas, na Sapolândia, e esclarecimentos sobre sua execução, diante da proximidade do período chuvoso e do risco de desmoronamento que ameaça moradores e comerciantes da região.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2350/of3962025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2350/of3962025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor de obras vistoria e reparo no asfalto trincado e no bueiro em frente ao nº 550 da Rua Marechal Deodoro, antes do período chuvoso.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2351/of3972025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2351/of3972025.pdf</t>
   </si>
   <si>
     <t>Reitera ao setor competente a urgente manutenção da estrada do Quati, que se encontra quase intransitável devido à vegetação e aos inúmeros buracos.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2352/of3982025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2352/of3982025.pdf</t>
   </si>
   <si>
     <t>Requer à secretaria competente o envio do cronograma de manutenção das estradas rurais, com datas e locais, para repasse às famílias e produtores rurais.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2368/oficio_402.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2368/oficio_402.2025.pdf</t>
   </si>
   <si>
     <t>Requerido que o Ilmo. Sr. Secretário de Obras encaminhe ao Diretor do DEER/MG as seguintes solicitações: _x000D_
 1. construção de trevo de acesso na região da Terdial;_x000D_
 2. Instalação de redutores de velocidade nos trevos existentes;_x000D_
 3. Iluminação viária ao redor o Anel Rodoviário de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2369/oficio_403.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2369/oficio_403.2025.pdf</t>
   </si>
   <si>
     <t>Reiteração do pedido ao setor competente para que realize a mudança de local da sala do Instituto Mineiro de Agropecuária (IMA) atualmente situada na rodoviária no município de Dores do Indaiá-MG</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2370/oficio_404.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2370/oficio_404.2025.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicita ao setor competente a realização de paliativo na entrada do bairro Residencial Santa Cruz/ Av. Jonas Pires (próximo a padaria do Barroso), pois no local encontra-se uma cratera que está tomando conta da maior parte da rua.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2374/oficio_413.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2374/oficio_413.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que realize um recapeamento asfáltico na rua Goiás (final da rua) sentido a fábrica de rações da Cooperativa e na entrada do Tatersal do Parque de Exposições até o trevo de acesso a MG 176.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2376/oficio_414.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2376/oficio_414.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício à Agência Dores do Indaiá/MG solicitando informações referente à qualidade da água e às constatnes interrupções no abastacimento.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2381/oficio_418.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2381/oficio_418.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que disponibilize mão de obra ou maquinário para a realização da limpeza de esgoto e que seja estendido o patrolamento, que atualmente está sendo realizado na estrada do Campo Alegre, até a estrada da fazenda do Dr. Justo Cangaçu.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2380/oficio_419.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2380/oficio_419.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente para que instale um placa de PARE no cruzamento das ruas Mozart José dos Santos com rua Mário Lopes Mendonça.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2379/oficio_420.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2379/oficio_420.2025.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente informações sobre a não emissão de alvarás para realização de eventos em vias públicas no município.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2378/oficio_421.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2378/oficio_421.2025.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação na qual solicita ao setor competente que instale braços de iluminação no poste da rua 1º de Maio (próximo ao morro da capelinha), pois o local possui o poste mas sem iluminação.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2401/oficio_422.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2401/oficio_422.2025.pdf</t>
   </si>
   <si>
     <t>Requerimento verbal solicitando informações sobre quantos pacientes foram atendidos pelo Dr. Adriano Augusto Pimenta de Oliveira e passaram por procedimentos cirúrgicos.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2384/oficio_426.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2384/oficio_426.2025.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o envio de ofício ao Poder Executivo requerendo informações sobre a falta de pagamentos desde o mês de julho às profissionais técnicas de enfermagem, responsáveis por transferências de pacientes.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2385/oficio_427.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2385/oficio_427.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente a instalação de corrimão na escadaria do morro da capelinha.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2386/oficio_429.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2386/oficio_429.2025.pdf</t>
   </si>
   <si>
     <t>Requerido ao Secretário Municipal de Obras e Transportes documentos referentes às informações preatadas durante a sua participação em reunião ordinária, no dia 21 de outubro de 2025.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2387/oficio_430.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2387/oficio_430.2025.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de ofício ao Exmo. Sr. Prefeito para que, por meio do setor compentente, encaminhe informações relativas à arrecadação e repasses do Imposto Territorial Rural (ITR).</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2388/oficio_431.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2388/oficio_431.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a inclusão dos bairros Residencial Indaiá, Laranjeiras e Belvedere no contrato de manutenção de iluminação pública do município.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2389/oficio_432.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2389/oficio_432.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente a designação de mais um médico para o plantão da Santa da Casa de Misericórdia Dr. Zacarias, tendo em vista o grande volume de atendimentos.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2402/oficio_435.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2402/oficio_435.2025.pdf</t>
   </si>
   <si>
     <t>Solicitando com urgência informações sobre quais pacientes realizaram cirurgias ortopédicas com o Dr. Adriano Augusto Pimenta de Oliveira no período de Janeiro de 2024 até a presente data, devendo conter nome completo dos pacientes, tipo de cirurgia realizada e se possível contato telefônico e endereço dos pacientes que realizaram o procedimento.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2398/oficio_436.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2398/oficio_436.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente para que realize a sinalização de solo em todas as vias públicas do município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2399/oficio_437.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2399/oficio_437.2025.pdf</t>
   </si>
   <si>
     <t>Requerimento verbal solicitando da secretaria competente a relação diária dos pacientes que utilizaram o transporte municipal gratuito (da saúde, van, especificar por placa) para irem a Belo Horizonte, nos últimos 30 dias.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2400/oficio_438.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2400/oficio_438.2025.pdf</t>
   </si>
   <si>
     <t>Segundo o referido relatório, disponibilizado pelo TCE/MG, o valor estimado para atendimento do índice mínimo obrigatório seria de R$ 9.114.175,81, entretanto, o montante efetivamente aplicado foi de R$ 7.034.945,82, resultando em uma insuficiência de R$ 2.079.229,99. Tal discrepância evidencia que o Município encontra-se significativamente aquém do cumprimento do índice constitucional, mesmo já estando próximo do encerramento do exercício financeiro. Diante desse cenário, requer-se ao Poder Executivo Municipal que informe a esta Casa: 1. Se os dados constantes no relatório do TCE/MG estão carretos, atualizados e condizem com a execução orçamentária municipal; 2. Em caso afirmativo, quais medidas estão sendo adotadas ou serão implementadas pela Administração Municipal para assegurar o cumprimento integral do percentual mínimo de 25% até o encerramento do exercício de 2025, evitando assim o descumprímento da norma constitucional.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2415/oficio_451.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2415/oficio_451.2025.pdf</t>
   </si>
   <si>
     <t>Reiteração verbal de indicação solicitando ao setor competente que realize manutenção (recapeamento asfáltico ou operação tapa-buracos) na rua Geraldo Felipe de Souza de Carvalho entrada do Residencial Santa Cruz, devido a via estar tomada por buracos, tornando-se intransitável.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2416/oficio_452.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2416/oficio_452.2025.pdf</t>
   </si>
   <si>
     <t>Considerando a resposta do Poder Executivo ao Ofício nº 429/2025, requer informações complementares sobre a frota de veículos pertencentes à Secretaria de Obras.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2417/oficio_453.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2417/oficio_453.2025.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente ao Poder Executivo que encaminhe ofício  à Copasa questionando se é necessário que rede fluvial da Rua Geraldo Felipe de Souza seja refeita antes da realização do recapeamento.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2423/oficio_461.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2423/oficio_461.2025.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que realize a limpeza das calhas do terminal rodoviário do município.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2426/oficio_463.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2426/oficio_463.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que instale redutor de velocidade no final da Av. Magalhães Pinto, onde se inicia o calçamento. A solicitação é necessária uma vez que há grande movimento de veículos e pedestres na região.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2427/oficio_464.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2427/oficio_464.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que realize análise para supressão da árvore (gameleira) localizada na feirinha - Praça Getúlio Vargas.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2428/oficio_465.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2428/oficio_465.2025.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente para que realize análise da situação do asfalto na rua Benevenuto Alvarenga, onde uma parte do asfalto foi danificado devido as chuvas.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_resolucao_01.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_resolucao_01.2025.pdf</t>
   </si>
   <si>
     <t>"Altera os anexos I, II, IV da Resolução nº 07/2023 de 01 de dezembro de 2023 que institui o plano de carreira e vencimentos dos servidores da Câmara Municipal de Dores do Indaiá, estado de Minas Gerais e dá outras providências."</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_resolucao_02.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_resolucao_02.2025.pdf</t>
   </si>
   <si>
     <t>“Inclui o artigo 35-A a Resolução nº 07 de 01 de dezembro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2263/projeto_de_resolucao_04.2025_1_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2263/projeto_de_resolucao_04.2025_1_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Altera o § 2º do artigo 143 da Resolução nº 02 de 24 de julho de 2014”.”</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto_de_resolucao_05.2025_1_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto_de_resolucao_05.2025_1_-_convertido.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação, a estrutura e o funcionamento da ouvidoria da Câmara Municipal de Dores do Indaiá/MG"</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_resolucao_06.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_resolucao_06.2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a cessão de uso de equipamentos eletrônicos aos vereadores da Câmara Municipal de Dores do Indaiá e dá outras providências. ”</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2109/mocao_01.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2109/mocao_01.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao pároco de nossa cidade, PADRE REINALDO BRAGA, em reconhecimento aos seus relevantes serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_de_congratulacoes_e_louvor_no_02.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_de_congratulacoes_e_louvor_no_02.2025.pdf</t>
   </si>
   <si>
     <t>Moção de congratulação e louvor ao policial militar, o Segundo Sargento Michell Henique Feliciano.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor à valorosa equipe do setor do meio ambiente do município, em reconhecimento aos revelevantes serviços prestados na poda de árvores, manutenção das praças públicas e cuidados com a arborização urbana.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2201/mocao_de_congratulacao_e_louvor_04.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2201/mocao_de_congratulacao_e_louvor_04.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor a Sra. Vicentina Maria Pinheiro e Silva, em reconhecimento aos relevantes serviços prestados na área da educação do município.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2258/mocao_de_apoio.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2258/mocao_de_apoio.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio: Manifestação de apoio à comunidade acadêmica da Universidade do Estado de Minas Gerais - UEMG, diante da tramitação do Projeto de Lei nº 3.738/2025, que prevê a transferência da gestão, bem como dos bens móveis e imóveis da referida instituição, como forma de quitação da dívida pública do Estado.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2366/mocao_de_congratulacoes_e_louvor_no_06.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2366/mocao_de_congratulacoes_e_louvor_no_06.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor nos termos do artigo 161 do Regimento Interno à ASSOCIAÇÃO DE COMBATE AO CÂNCER DO CENTRO OESTE DE MINAS - ACOM, em razão de seu nobre e brilhante trabalho prestados aos pacientes oncológicos de todo Centro Oeste de Minas Gerais.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2364/mocao_de_congratulacoes_e_louvor_no_07.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2364/mocao_de_congratulacoes_e_louvor_no_07.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e louvor no termos do artigo 161 do Regimento Interno ao Senhor DAVID ANTÔNIO ZICA, cidadão dorense cuja história de vida é marcada por dedicação ao trabalho, à família, à comunidade e ao desenvolvimento de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2365/mocao_de_congratulacoes_e_louvor_no_08.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2365/mocao_de_congratulacoes_e_louvor_no_08.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor nos termos do artigo 161 do Regimento Interno ao Senhor Carlos Alberto Mateus, carinhosamente conhecido como Carlão da Rádio,em reconhecimento à sua destacada trajetória profissional, ética e social, que tanto orgulha a comunidade de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2367/mocao_de_congratulacoes_e_louvor_no_09.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2367/mocao_de_congratulacoes_e_louvor_no_09.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor nos termos do artigo 161 do Regimento Interno à Senhora GILZA CÁSSIA CAMPOS DE OLIVEIRA, em reconhecimento á sua notável trajetória profissional e pessoal nas áreas da educação, cultura e vida religiosa em nosso município.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2265/mocao_de_congratulacoes_e_louvor_no_10.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2265/mocao_de_congratulacoes_e_louvor_no_10.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratutações e Louvor ao Senhor JOSÉ LAERCIO ZICA, pelos relevantes serviços prestados oa município, especialmente por sua destacada atuação na geração de emprego e renda, contribuindo de maneira significativa para o fortalecimento da economia local e o bem-estar da população.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2270/mocao_de_congratulacoes_e_louvor_11.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2270/mocao_de_congratulacoes_e_louvor_11.2025.pdf</t>
   </si>
   <si>
     <t>Moção de congratulação e louvor à Sra. Adélia Medonça e à sua empresa Adela Medonça Cosmiatria, bem como a toda sua dedicada equipe de colaboradores e funcionários, pelo extraordinário trabalho realizado em nossa cidade e pelo relevante papel no desenvolvimento  econômico e social do município.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2274/mocao_de_congratulacao_e_louvor_12.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2274/mocao_de_congratulacao_e_louvor_12.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Senhor Agostinho Lopes pelos inúmeros anos de dedicação e serviços prestados com agente funerário em nossa cidade, profissão de grande relevância social por oferecer amparo, dignidade e acolhimento às famílias nos momentos de perda.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2275/mocao_de_congratulacao_e_louvor_no_13.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2275/mocao_de_congratulacao_e_louvor_no_13.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Senhor Bolivar Tell de Gonzaga, como forma de reconhecimento público por sua dedicação e valiosa contribuição ao progresso de nosso município.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_de_congratulacao_15.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_de_congratulacao_15.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Senhor Eduardo de Lacerda Valente, pelos relevantes serviços prestados nas área de turismo, contribuindo significativamente para o desenvolvimento econômico e a valorização cultural do nosso município.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2311/mocao_de_congratulacao_e_louvor_17.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2311/mocao_de_congratulacao_e_louvor_17.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Dr. José Carlos de Faria, médico dedicado e atuante junto a Santa Casa de Misericórdia Dr. Zacarias.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2328/mocao_de_pesar.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2328/mocao_de_pesar.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à famiília do Sr. Florentino Antônio da Silva por ocasião do seu falecimento.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao_e_louvor_19.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao_e_louvor_19.2025.pdf</t>
   </si>
   <si>
     <t>Moção de congratulação e louvor ao Sr. Rodrigo Eduardo Noronha, em reconhecimento aos relevantes serviços prestados na área da segurança pública, pela dedicação, compromisso e exemplar atuação.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2382/mocao_de_congratulacoes_e_louvor_20.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2382/mocao_de_congratulacoes_e_louvor_20.2025.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Senhor Crystian Alex Lopes Miranda, cidadão dorense cuja trajetória pessoal, profissional e comuniário traduz de forma exemplar os valores de trabalho, ética, solidariedade e compromisso com o desenvolvimento social e cultural de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2424/mocao_21.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2424/mocao_21.2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E LOUVOR Nº 21/2025 ao Sr. José Libério Rodrigues e Sra. Nilza de Oliveira Rodrigues.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2115/projeto_de_emenda_lei_organica_02.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2115/projeto_de_emenda_lei_organica_02.2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 120 da Lei Orgânica do Município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_emenda_a_lei_org_03.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_emenda_a_lei_org_03.2025.pdf</t>
   </si>
   <si>
     <t>EM TRAMITAÇÃO - "Altera a redação dos artigos 78 e 79 da Lei Orgânica do Município de Dores do Indaiá".</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2404/veto_total_ao_projeto_de_lei_no_3.2025.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2404/veto_total_ao_projeto_de_lei_no_3.2025.2025.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL ao Projeto de Lei nº 3.205/2025, de iniciativa da Câmara Municipal, que “Institui o Programa Medicamento em Casa no âmbito do Município de Dores do Indaiá/MG e dá outras providências”</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2403/veto_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2403/veto_.pdf</t>
   </si>
   <si>
     <t>Razões do Veto Total, oposto à Proposição de Lei nº 3.227, de 10 de setembro de 2025, que “ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 3,121, DE 16 DE_x000D_
 OUTUBRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2046/projeto_de_decreto_legislativo_01.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2046/projeto_de_decreto_legislativo_01.2025.pdf</t>
   </si>
   <si>
     <t>APROVADO - Dispõe sobre a devolução de bens à prefeitura municipal de Dores do Indaiá/MG.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2047/projeto_de_decreto_legislativo_02.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2047/projeto_de_decreto_legislativo_02.2025.pdf</t>
   </si>
   <si>
     <t>APROVADO - Dispõe sobre a celebração de convênio para cooperação técnica e financeira entre a Polícia Civil do Estado de Minas Gerais e a Câmara Municipal de Dores do Indaiá/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2202/projeto_de_decreto_legislativo_no_006.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2202/projeto_de_decreto_legislativo_no_006.2025.pdf</t>
   </si>
   <si>
     <t>“Concede título de cidadã honorária do município de Dores do Indaiá, estado de Minas Gerais, a ilustre cidadã Viviane da Costa e dá outras providências.”</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>Concede título de cidadã honorário do município de Dores do Indaiá, estado de Minas Gerais, ao tenente comandante Fabrício Aparecido da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_decreto_legislativo_no_009.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_decreto_legislativo_no_009.2025.pdf</t>
   </si>
   <si>
     <t>(EM TRAMITAÇÃO) Concede título de cidadã honorária do município de Dores do Indaiá, estado de Minas Gerais, a ilustre cidadã Karla Francisca Vieira Araújo e dá outras providências.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>Projeto de Decreto</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2290/projeto_de_decreto_legislativo_08.2025.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2290/projeto_de_decreto_legislativo_08.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Legislativo a devolver numerário é dá outros providências.</t>
+  </si>
+  <si>
+    <t>2452</t>
+  </si>
+  <si>
+    <t>EI</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2452/emenda_impositiva_liu.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva ao Projeto de Lei 42/2025- Emenda Orçamentária Individual Impositiva</t>
+  </si>
+  <si>
+    <t>2447</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2447/emenda_impositiva_03_cleber.pdf</t>
+  </si>
+  <si>
+    <t>2448</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2448/emenda_impositiva_04_tuca.pdf</t>
+  </si>
+  <si>
+    <t>2449</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2449/emenda_impositiva_05_janaina.pdf</t>
+  </si>
+  <si>
+    <t>2450</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2450/emenda_impositiva_06_gustavo.pdf</t>
+  </si>
+  <si>
+    <t>2451</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2451/emenda_impositiva_07_kennedy.pdf</t>
+  </si>
+  <si>
+    <t>2454</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2454/emenda_impositiva_08_amanda.pdf</t>
+  </si>
+  <si>
+    <t>2453</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2453/emenda_impositiva_09_karla.pdf</t>
+  </si>
+  <si>
+    <t>2455</t>
+  </si>
+  <si>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2455/emenda_impositiva_02_adao.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5140,67 +5224,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1993/requerimento_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_10.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_12.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_16.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2051/indicacao_17.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2052/indicacao_18.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_19.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_20.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_21.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_22.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_23.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_verbal_-_oficio_24.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_27.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_29.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_30.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2101/indicacao_31.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_32.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_33.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_34.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_35.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2128/indicacao_36.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_37.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_39.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_40.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_41.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_42.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_43.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2157/indicacao_44.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2158/indicacao_45.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_46.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_47.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_48.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_49.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_50.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_51.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_52.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_53.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_54.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_57.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_58.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_59.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2198/indicacao_60.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2199/indicacao_no_61.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_62.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_63.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_64.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_65.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_66.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_67.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_68.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_69.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_70.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_71.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_72.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_73.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2228/indicacao_74.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_75.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2230/indicacao_76.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_77.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2251/indicacao_78.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2252/indicacao_79.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_80.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_81.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_82.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_83.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_84.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2281/indicacao_85.2025_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_86.2025_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2291/indicacao_87.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_88.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2302/indicacao_89.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_89.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2303/indicacao_91.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2315/indicacao_92.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2318/indicacao_93.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2319/indicacao_94.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2320/indicacao_95.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2321/indicacao_96.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2322/indicacao_97.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2323/indicacao_98.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2324/indicacao_99.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2325/indicacao_100.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2336/indicacao_101.2025_karla_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_102.2025_gustavo_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_103.2025_kennedy.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_104.2025_kennedy.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_105.2025_janaina.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_106.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_107.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_108.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2383/indicacao_109.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_110.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_111.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_112.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_113.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2419/indicacao_no_114.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2420/indicacao_no_115.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_116.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_117.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2421/indicacao_no_118.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2422/indicacao_no_119.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_120.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_121.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_124.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1992/requerimento_01.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1991/requerimento_02.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1990/requerimento_03.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1989/requerimento_04.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1988/requerimento_05.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1973/requerimento_07.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1987/requerimento_08.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_09.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_10.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1983/requerimento_11.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_12.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2054/requerimento_13.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_15.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2106/requerimentos_16.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2129/requerimento_17.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2152/requerimento_19.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2233/requerimento_27.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2080/requerimento_28.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2259/requerimento_29.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2266/requerimento_30.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2271/requerimento_31.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2273/requerimento_32.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2293/requerimento_33.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2305/rquerimento_34.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_35.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2304/requerimento_36.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2317/requerimento_37.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2339/requerimento_38.25_karla.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2361/requerimento_39.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2362/requerimento_40.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2375/requerimento_41.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2377/requerimento_42.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_43.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2410/requerimento_44.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2411/requerimento_46.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2412/requerimento_47.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2433/requerimento_49.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2434/requerimento_50.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_51.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2440/requerimento_52.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2441/requerimento_53.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2253/requerimento_28.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2039/projeto_de_lei_01.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2040/projeto_de_lei_02.2025_-_convertido_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2041/projetos_de_lei_03.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_de_lei_004.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_005.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2110/projeto_de_lei_ordinaria_006.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_de_lei_ordinaria_007.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2207/projeto_de_lei_08.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2112/projeto_de_lei_ordinaria_09.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_10.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_11.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2177/projeto_de_lei_12.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2178/projeto_de_lei_13.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2179/projeto_de_lei_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2180/projeto_de_lei_no_16.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2181/projeto_de_lei_no_17.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2182/projeto_de_lei_no_18.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2183/projeto_de_lei_no_019.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2184/projeto_de_lei_no_020.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2185/projeto_de_lei_no_21.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2187/projeto_de_lei_22.2025_gustavo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_de_lei_023.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2186/projeto_de_lei_no_24.2025_janaina.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2208/projeto_de_lei_no_25.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_26.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2212/projeto_de_lei_27.2025_-_kennedy_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2249/projeto_de_lei_28.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2284/projeto_de_lei_no_31.2025_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2243/projeto_de_lei_32.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei_33.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2285/projeto_de_lei_no_36.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2286/projeto_de_lei_no_37.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2287/projeto_de_lei_38.2025_2.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2288/projeto_de_lei_39.2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2312/projeto_de_lei_no_40.2025_tuca.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_41.2025_completo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_42.2025_completo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_de_lei_no_43.2025_liu.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_no_44.2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_lei_45.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2356/projeto_de_lei_46.2025_karla.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_47.2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_48.2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_49.2025_tuca.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2392/projeto_de_lei_50.2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2391/projeto_de_lei_51.2025_karla.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2405/projeto_de_lei_52.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2406/projeto_de_lei_53.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2436/pl_54.2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2435/projeto_de_lei_55.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2408/projeto_de_lei_56.2025_2.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_57.2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2429/projeto_de_lei_58.2025_janaina.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2437/pl_59.2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2430/pl_60.2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_complementar_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_complementar_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_complementar_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_compl_04.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2091/projeto_de_lei_compl_006.2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2210/projeto_de_lei_compl_no_07.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2113/projeto_de_lei_complementar_09.2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_complementar_10.2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2130/projeto_de_lei_complementar_11.2025_2.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_complementar_12.2025_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_complementar_13.2025_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_compl_14.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2176/projeto_de_lei_compl_15.25.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2203/projeto_de_lei_compl_no_16.2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2204/projeto_de_lei_compl_no_17.2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_compl_no_18.2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_compl_19.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_compl_20.2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_compl_21.2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_verbal_-_oficio_019.2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_-_oficio_020.2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_verbal_-_oficio_021.2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_verbal_-_oficio_22.2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_verbal_-_oficio_23.2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_verbal_-_oficio_24.2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_verbal_-_oficio_25.2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_verbal_-_oficio_26.2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_verbal_-_oficio_27.2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_verbal_-_oficio_028.2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2060/oficio_36.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2061/oficio_37.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2062/oficio_38.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2063/oficio_39.2025_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2064/oficio_41.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2065/oficio_50.2025_-_indicacao_50.2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2066/oficio_51.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2067/oficio_52.2052_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2068/oficio_53.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2069/oficio_54.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2070/oficio_55.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2071/oficio_56.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2072/oficio_62.2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2073/oficio_63.2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2074/oficio_64.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2075/oficio_65.2028_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2083/oficio_81.2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2084/oficio_82.2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2085/oficio_83.2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2086/oficio_84.2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2087/oficiio_91.2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2088/oficio_92.2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2089/oficio_93.2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2090/oficio_094.2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2093/oficio_100.2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2094/oficio_101.2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2095/oficio_102.2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2096/oficio_103.2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2097/oficio_104.2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2098/oficio_105.205.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2099/oficio_107.2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2100/oficio_108.2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2108/oficio_117.2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2107/oficio_120.2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2117/oficio_128.2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2118/oficio_129.2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2120/oficio_130.2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2121/oficio_131.2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2122/oficio_132.2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2119/oficio_133.2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2123/oficio_134.2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2124/oficio_135.2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2125/oficio_136.2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_142.2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2135/oficio_143.2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2136/oficio_144.2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2137/oficio_145.2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2139/oficio_148.2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2140/oficio_149.2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2141/oficio_150.2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2146/oficio_154.2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2145/oficio_153.2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2147/oficio_155.2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2148/oficio_156.2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2150/oficio_160.2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2149/oficio_161.2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2159/oficio_176.2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2164/oficio_179.2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2165/oficio_180.2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2166/oficio_181.2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2167/oficio_182.2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2174/oficio_191.2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2175/oficio_193.2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2189/oficio_200.2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2190/oficio_201.2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2191/oficio_202.2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2192/oficio_204.2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2193/oficio_205.2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2194/oficio_206.2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2225/oficio_232.2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2224/oficio_238.2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2226/oficio_247.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2231/oficio_256.2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2232/oficio_257.2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2234/oficio_268.2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2236/oficio_266.2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2235/oficio_267.2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2238/oficio_277.2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2239/oficio_278.2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2240/oficio_279.2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2241/oficio_280.2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2245/oficio_283.2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2246/oficio_284.2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2247/oficio_285.2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2248/oficio_286.2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2255/oficio_288.2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2254/oficio_289.2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2256/oficio_296.2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2257/oficio_298.2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2268/oficio_306.2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2269/oficio_312.2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2276/oficio_320.2025_2.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2277/oficio_321.2025_2.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2278/oficio_322.2025_2.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2279/oficio_323.2025_2.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2295/oficio_333.2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2296/oficio_334.2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2297/oficio_335.2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2298/oficio_336.2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2299/oficio_337.2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2300/oficio_338.2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio_344.2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio_346.2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio_347.2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2309/oficio_348.2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2310/oficio_349.2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio_355.2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio_356.2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio_357.2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio_374.2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio_375.2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio_376.2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio_378.2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio_379.2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2343/of3852025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2344/of3862025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2345/of3872025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2346/of3882025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2347/of3912025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2348/of3932025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2349/of3952025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2350/of3962025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2351/of3972025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2352/of3982025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2368/oficio_402.2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2369/oficio_403.2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2370/oficio_404.2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2374/oficio_413.2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2376/oficio_414.2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2381/oficio_418.2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2380/oficio_419.2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2379/oficio_420.2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2378/oficio_421.2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2401/oficio_422.2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2384/oficio_426.2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2385/oficio_427.2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2386/oficio_429.2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2387/oficio_430.2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2388/oficio_431.2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2389/oficio_432.2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2402/oficio_435.2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2398/oficio_436.2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2399/oficio_437.2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2400/oficio_438.2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2415/oficio_451.2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2416/oficio_452.2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2417/oficio_453.2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2423/oficio_461.2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2426/oficio_463.2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2427/oficio_464.2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2428/oficio_465.2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_resolucao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_resolucao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2263/projeto_de_resolucao_04.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto_de_resolucao_05.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_resolucao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2109/mocao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_de_congratulacoes_e_louvor_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2201/mocao_de_congratulacao_e_louvor_04.2024.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2258/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2366/mocao_de_congratulacoes_e_louvor_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2364/mocao_de_congratulacoes_e_louvor_no_07.2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2365/mocao_de_congratulacoes_e_louvor_no_08.2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2367/mocao_de_congratulacoes_e_louvor_no_09.2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2265/mocao_de_congratulacoes_e_louvor_no_10.2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2270/mocao_de_congratulacoes_e_louvor_11.2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2274/mocao_de_congratulacao_e_louvor_12.2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2275/mocao_de_congratulacao_e_louvor_no_13.2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_de_congratulacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2311/mocao_de_congratulacao_e_louvor_17.2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2328/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao_e_louvor_19.2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2382/mocao_de_congratulacoes_e_louvor_20.2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2424/mocao_21.2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2115/projeto_de_emenda_lei_organica_02.2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_emenda_a_lei_org_03.2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2404/veto_total_ao_projeto_de_lei_no_3.2025.2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2403/veto_.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2046/projeto_de_decreto_legislativo_01.2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2047/projeto_de_decreto_legislativo_02.2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2202/projeto_de_decreto_legislativo_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_decreto_legislativo_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2290/projeto_de_decreto_legislativo_08.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1993/requerimento_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_10.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_12.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2048/indicacao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2049/indicacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2050/indicacao_16.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2051/indicacao_17.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2052/indicacao_18.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_19.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_20.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_21.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_22.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_23.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_verbal_-_oficio_24.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_27.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_29.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_30.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2101/indicacao_31.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_32.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2105/indicacao_33.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_34.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_35.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2128/indicacao_36.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2142/indicacao_37.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2151/indicacao_39.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2153/indicacao_40.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2154/indicacao_41.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2155/indicacao_42.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_43.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2157/indicacao_44.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2158/indicacao_45.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_46.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_47.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_48.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_49.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_50.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_51.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2170/indicacao_52.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2171/indicacao_53.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2172/indicacao_54.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2195/indicacao_57.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2196/indicacao_58.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2197/indicacao_59.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2198/indicacao_60.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2199/indicacao_no_61.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_62.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_63.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_64.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_65.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_66.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_67.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_68.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_69.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_70.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_71.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_72.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_73.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2228/indicacao_74.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_75.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2230/indicacao_76.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_77.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2251/indicacao_78.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2252/indicacao_79.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_80.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_81.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_82.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_83.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_84.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2281/indicacao_85.2025_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_86.2025_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2291/indicacao_87.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_88.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2302/indicacao_89.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2301/indicacao_89.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2303/indicacao_91.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2315/indicacao_92.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2318/indicacao_93.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2319/indicacao_94.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2320/indicacao_95.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2321/indicacao_96.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2322/indicacao_97.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2323/indicacao_98.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2324/indicacao_99.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2325/indicacao_100.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2336/indicacao_101.2025_karla_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_102.2025_gustavo_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_103.2025_kennedy.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_104.2025_kennedy.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_105.2025_janaina.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_106.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_107.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_108.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2383/indicacao_109.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_110.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_111.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_112.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_113.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2419/indicacao_no_114.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2420/indicacao_no_115.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_116.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_117.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2421/indicacao_no_118.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2422/indicacao_no_119.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_120.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_121.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_124.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1992/requerimento_01.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1991/requerimento_02.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1990/requerimento_03.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1989/requerimento_04.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1988/requerimento_05.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1973/requerimento_07.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1987/requerimento_08.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_09.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1982/requerimento_10.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1983/requerimento_11.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2031/requerimento_12.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2054/requerimento_13.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_15.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2106/requerimentos_16.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2129/requerimento_17.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2152/requerimento_19.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2233/requerimento_27.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2080/requerimento_28.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2259/requerimento_29.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2266/requerimento_30.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2271/requerimento_31.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2273/requerimento_32.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2293/requerimento_33.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2305/rquerimento_34.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_35.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2304/requerimento_36.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2317/requerimento_37.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2339/requerimento_38.25_karla.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2361/requerimento_39.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2362/requerimento_40.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2375/requerimento_41.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2377/requerimento_42.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2396/requerimento_43.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2410/requerimento_44.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2411/requerimento_46.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2412/requerimento_47.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2433/requerimento_49.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2434/requerimento_50.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_51.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2440/requerimento_52.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2441/requerimento_53.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2253/requerimento_28.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2466/requerimento_48.25_comissao_educacao.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2039/projeto_de_lei_01.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2040/projeto_de_lei_02.2025_-_convertido_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2041/projetos_de_lei_03.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2206/projeto_de_lei_004.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_005.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2110/projeto_de_lei_ordinaria_006.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_de_lei_ordinaria_007.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2207/projeto_de_lei_08.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2112/projeto_de_lei_ordinaria_09.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_10.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2133/projeto_de_lei_11.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2177/projeto_de_lei_12.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2178/projeto_de_lei_13.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2179/projeto_de_lei_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2180/projeto_de_lei_no_16.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2181/projeto_de_lei_no_17.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2182/projeto_de_lei_no_18.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2183/projeto_de_lei_no_019.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2184/projeto_de_lei_no_020.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2185/projeto_de_lei_no_21.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2187/projeto_de_lei_22.2025_gustavo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2188/projeto_de_lei_023.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2186/projeto_de_lei_no_24.2025_janaina.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2208/projeto_de_lei_no_25.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2211/projeto_de_lei_26.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2212/projeto_de_lei_27.2025_-_kennedy_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2249/projeto_de_lei_28.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2284/projeto_de_lei_no_31.2025_1.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2243/projeto_de_lei_32.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2242/projeto_de_lei_33.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2285/projeto_de_lei_no_36.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2286/projeto_de_lei_no_37.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2287/projeto_de_lei_38.2025_2.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2288/projeto_de_lei_39.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2312/projeto_de_lei_no_40.2025_tuca.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_41.2025_completo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_42.2025_completo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2313/projeto_de_lei_no_43.2025_liu.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_no_44.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_lei_45.2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2356/projeto_de_lei_46.2025_karla.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_47.2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_48.2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_49.2025_tuca.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2392/projeto_de_lei_50.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2391/projeto_de_lei_51.2025_karla.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2405/projeto_de_lei_52.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2406/projeto_de_lei_53.2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2436/pl_54.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2435/projeto_de_lei_55.2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2408/projeto_de_lei_56.2025_2.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2407/projeto_de_lei_57.2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2429/projeto_de_lei_58.2025_janaina.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2437/pl_59.2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2430/pl_60.2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2442/projeto_de_lei_61.2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_complementar_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_complementar_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_complementar_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_compl_04.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2091/projeto_de_lei_compl_006.2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2210/projeto_de_lei_compl_no_07.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2113/projeto_de_lei_complementar_09.2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_complementar_10.2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2130/projeto_de_lei_complementar_11.2025_2.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_complementar_12.2025_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2132/projeto_de_lei_complementar_13.2025_-_convertido_1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2209/projeto_de_lei_compl_14.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2176/projeto_de_lei_compl_15.25.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2203/projeto_de_lei_compl_no_16.2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2204/projeto_de_lei_compl_no_17.2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2205/projeto_de_lei_compl_no_18.2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_compl_19.2025_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_compl_20.2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_compl_21.2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_verbal_-_oficio_019.2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_verbal_-_oficio_020.2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_verbal_-_oficio_021.2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_verbal_-_oficio_22.2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_verbal_-_oficio_23.2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_verbal_-_oficio_24.2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_verbal_-_oficio_25.2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_verbal_-_oficio_26.2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_verbal_-_oficio_27.2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_verbal_-_oficio_028.2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2060/oficio_36.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2061/oficio_37.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2062/oficio_38.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2063/oficio_39.2025_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2064/oficio_41.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2065/oficio_50.2025_-_indicacao_50.2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2066/oficio_51.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2067/oficio_52.2052_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2068/oficio_53.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2069/oficio_54.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2070/oficio_55.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2071/oficio_56.2025_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2072/oficio_62.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2073/oficio_63.2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2074/oficio_64.2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2075/oficio_65.2028_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2083/oficio_81.2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2084/oficio_82.2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2085/oficio_83.2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2086/oficio_84.2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2087/oficiio_91.2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2088/oficio_92.2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2089/oficio_93.2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2090/oficio_094.2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2093/oficio_100.2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2094/oficio_101.2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2095/oficio_102.2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2096/oficio_103.2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2097/oficio_104.2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2098/oficio_105.205.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2099/oficio_107.2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2100/oficio_108.2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2108/oficio_117.2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2107/oficio_120.2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2117/oficio_128.2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2118/oficio_129.2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2120/oficio_130.2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2121/oficio_131.2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2122/oficio_132.2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2119/oficio_133.2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2123/oficio_134.2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2124/oficio_135.2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2125/oficio_136.2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_142.2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2135/oficio_143.2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2136/oficio_144.2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2137/oficio_145.2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2139/oficio_148.2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2140/oficio_149.2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2141/oficio_150.2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2146/oficio_154.2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2145/oficio_153.2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2147/oficio_155.2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2148/oficio_156.2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2150/oficio_160.2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2149/oficio_161.2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2159/oficio_176.2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2164/oficio_179.2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2165/oficio_180.2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2166/oficio_181.2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2167/oficio_182.2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2174/oficio_191.2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2175/oficio_193.2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2189/oficio_200.2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2190/oficio_201.2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2191/oficio_202.2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2192/oficio_204.2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2193/oficio_205.2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2194/oficio_206.2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2225/oficio_232.2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2224/oficio_238.2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2226/oficio_247.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2231/oficio_256.2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2232/oficio_257.2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2234/oficio_268.2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2236/oficio_266.2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2235/oficio_267.2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2238/oficio_277.2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2239/oficio_278.2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2240/oficio_279.2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2241/oficio_280.2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2245/oficio_283.2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2246/oficio_284.2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2247/oficio_285.2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2248/oficio_286.2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2255/oficio_288.2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2254/oficio_289.2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2256/oficio_296.2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2257/oficio_298.2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2268/oficio_306.2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2269/oficio_312.2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2276/oficio_320.2025_2.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2277/oficio_321.2025_2.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2278/oficio_322.2025_2.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2279/oficio_323.2025_2.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2295/oficio_333.2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2296/oficio_334.2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2297/oficio_335.2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2298/oficio_336.2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2299/oficio_337.2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2300/oficio_338.2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2306/oficio_344.2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2307/oficio_346.2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2308/oficio_347.2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2309/oficio_348.2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2310/oficio_349.2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2316/oficio_355.2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2326/oficio_356.2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2327/oficio_357.2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2329/oficio_374.2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2330/oficio_375.2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio_376.2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2333/oficio_378.2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2334/oficio_379.2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2343/of3852025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2344/of3862025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2345/of3872025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2346/of3882025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2347/of3912025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2348/of3932025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2349/of3952025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2350/of3962025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2351/of3972025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2352/of3982025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2368/oficio_402.2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2369/oficio_403.2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2370/oficio_404.2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2374/oficio_413.2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2376/oficio_414.2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2381/oficio_418.2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2380/oficio_419.2025.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2379/oficio_420.2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2378/oficio_421.2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2401/oficio_422.2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2384/oficio_426.2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2385/oficio_427.2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2386/oficio_429.2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2387/oficio_430.2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2388/oficio_431.2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2389/oficio_432.2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2402/oficio_435.2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2398/oficio_436.2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2399/oficio_437.2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2400/oficio_438.2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2415/oficio_451.2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2416/oficio_452.2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2417/oficio_453.2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2423/oficio_461.2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2426/oficio_463.2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2427/oficio_464.2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2428/oficio_465.2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_resolucao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_resolucao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2263/projeto_de_resolucao_04.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2264/projeto_de_resolucao_05.2025_1_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_resolucao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2109/mocao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_de_congratulacoes_e_louvor_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2201/mocao_de_congratulacao_e_louvor_04.2024.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2258/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2366/mocao_de_congratulacoes_e_louvor_no_06.2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2364/mocao_de_congratulacoes_e_louvor_no_07.2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2365/mocao_de_congratulacoes_e_louvor_no_08.2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2367/mocao_de_congratulacoes_e_louvor_no_09.2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2265/mocao_de_congratulacoes_e_louvor_no_10.2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2270/mocao_de_congratulacoes_e_louvor_11.2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2274/mocao_de_congratulacao_e_louvor_12.2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2275/mocao_de_congratulacao_e_louvor_no_13.2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_de_congratulacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2311/mocao_de_congratulacao_e_louvor_17.2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2328/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao_e_louvor_19.2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2382/mocao_de_congratulacoes_e_louvor_20.2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2424/mocao_21.2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2115/projeto_de_emenda_lei_organica_02.2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2244/projeto_de_emenda_a_lei_org_03.2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2404/veto_total_ao_projeto_de_lei_no_3.2025.2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2403/veto_.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2046/projeto_de_decreto_legislativo_01.2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2047/projeto_de_decreto_legislativo_02.2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2202/projeto_de_decreto_legislativo_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_decreto_legislativo_no_009.2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2290/projeto_de_decreto_legislativo_08.2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2452/emenda_impositiva_liu.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2447/emenda_impositiva_03_cleber.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2448/emenda_impositiva_04_tuca.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2449/emenda_impositiva_05_janaina.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2450/emenda_impositiva_06_gustavo.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2451/emenda_impositiva_07_kennedy.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2454/emenda_impositiva_08_amanda.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2453/emenda_impositiva_09_karla.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2025/2455/emenda_impositiva_02_adao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H436"/>
+  <dimension ref="A1:H447"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="170.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -9354,7181 +9438,7467 @@
       </c>
       <c r="D161" t="s">
         <v>493</v>
       </c>
       <c r="E161" t="s">
         <v>494</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>629</v>
       </c>
       <c r="H161" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>631</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>10</v>
+        <v>632</v>
       </c>
       <c r="D162" t="s">
-        <v>632</v>
+        <v>493</v>
       </c>
       <c r="E162" t="s">
+        <v>494</v>
+      </c>
+      <c r="F162" t="s">
+        <v>520</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="F162" t="s">
+      <c r="H162" t="s">
         <v>634</v>
-      </c>
-[...4 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>635</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>10</v>
+      </c>
+      <c r="D163" t="s">
+        <v>636</v>
+      </c>
+      <c r="E163" t="s">
         <v>637</v>
       </c>
-      <c r="B163" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F163" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H163" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>17</v>
+        <v>498</v>
       </c>
       <c r="D164" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E164" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F164" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H164" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D165" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E165" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F165" t="s">
-        <v>18</v>
+        <v>638</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="H165" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D166" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E166" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F166" t="s">
-        <v>634</v>
+        <v>18</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="H166" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D167" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E167" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F167" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H167" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D168" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E168" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F168" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="H168" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D169" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E169" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F169" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H169" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D170" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E170" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F170" t="s">
-        <v>37</v>
+        <v>638</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H170" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D171" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E171" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F171" t="s">
-        <v>634</v>
+        <v>37</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="H171" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D172" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E172" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F172" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H172" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D173" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E173" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F173" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H173" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D174" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E174" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F174" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="H174" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D175" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E175" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F175" t="s">
-        <v>674</v>
+        <v>638</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>675</v>
       </c>
       <c r="H175" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>677</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="D176" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E176" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F176" t="s">
-        <v>159</v>
+        <v>678</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="H176" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D177" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E177" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F177" t="s">
-        <v>634</v>
+        <v>159</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="H177" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="D178" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E178" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F178" t="s">
-        <v>37</v>
+        <v>638</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="H178" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D179" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E179" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F179" t="s">
-        <v>634</v>
+        <v>37</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H179" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D180" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E180" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F180" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="H180" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="D181" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E181" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F181" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H181" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D182" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E182" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F182" t="s">
-        <v>18</v>
+        <v>638</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H182" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D183" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E183" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F183" t="s">
-        <v>634</v>
+        <v>18</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="H183" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D184" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E184" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F184" t="s">
-        <v>13</v>
+        <v>638</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="H184" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D185" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E185" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F185" t="s">
-        <v>634</v>
+        <v>13</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H185" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D186" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E186" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F186" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="H186" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D187" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E187" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F187" t="s">
-        <v>46</v>
+        <v>638</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="H187" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>553</v>
+        <v>122</v>
       </c>
       <c r="D188" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E188" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F188" t="s">
-        <v>634</v>
+        <v>46</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="H188" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>134</v>
+        <v>553</v>
       </c>
       <c r="D189" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E189" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F189" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="H189" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D190" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E190" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F190" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H190" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D191" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E191" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F191" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="H191" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="D192" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E192" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F192" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>547</v>
+        <v>727</v>
       </c>
       <c r="H192" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D193" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E193" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F193" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>728</v>
+        <v>547</v>
       </c>
       <c r="H193" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D194" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E194" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F194" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="H194" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>585</v>
+        <v>158</v>
       </c>
       <c r="D195" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E195" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F195" t="s">
-        <v>18</v>
+        <v>638</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="H195" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>163</v>
+        <v>585</v>
       </c>
       <c r="D196" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E196" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F196" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H196" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D197" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E197" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F197" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="H197" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D198" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E198" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F198" t="s">
-        <v>743</v>
+        <v>28</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>744</v>
       </c>
       <c r="H198" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>746</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D199" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E199" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F199" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="H199" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D200" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E200" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F200" t="s">
-        <v>159</v>
+        <v>747</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="H200" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D201" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E201" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F201" t="s">
-        <v>634</v>
+        <v>159</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="H201" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D202" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E202" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F202" t="s">
-        <v>37</v>
+        <v>638</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="H202" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D203" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E203" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F203" t="s">
         <v>37</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="H203" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D204" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E204" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F204" t="s">
-        <v>743</v>
+        <v>37</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="H204" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D205" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E205" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F205" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="H205" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="D206" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E206" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F206" t="s">
-        <v>28</v>
+        <v>747</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H206" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D207" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E207" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F207" t="s">
-        <v>634</v>
+        <v>28</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H207" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D208" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E208" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F208" t="s">
-        <v>37</v>
+        <v>638</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="H208" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D209" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E209" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F209" t="s">
-        <v>634</v>
+        <v>37</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="H209" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D210" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E210" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F210" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="H210" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D211" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E211" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F211" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="H211" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>786</v>
+        <v>224</v>
       </c>
       <c r="D212" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E212" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F212" t="s">
-        <v>37</v>
+        <v>638</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>787</v>
       </c>
       <c r="H212" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>789</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>790</v>
       </c>
       <c r="D213" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E213" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F213" t="s">
-        <v>634</v>
+        <v>37</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>791</v>
       </c>
       <c r="H213" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>793</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>228</v>
+        <v>794</v>
       </c>
       <c r="D214" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E214" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F214" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="H214" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="D215" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E215" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F215" t="s">
-        <v>13</v>
+        <v>638</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="H215" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D216" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E216" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F216" t="s">
-        <v>634</v>
+        <v>13</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="H216" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D217" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E217" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="F217" t="s">
-        <v>743</v>
+        <v>638</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="H217" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>10</v>
+        <v>241</v>
       </c>
       <c r="D218" t="s">
-        <v>806</v>
+        <v>636</v>
       </c>
       <c r="E218" t="s">
+        <v>637</v>
+      </c>
+      <c r="F218" t="s">
+        <v>747</v>
+      </c>
+      <c r="G218" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="F218" t="s">
-[...2 lines deleted...]
-      <c r="G218" s="1" t="s">
+      <c r="H218" t="s">
         <v>808</v>
-      </c>
-[...1 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>809</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>245</v>
+      </c>
+      <c r="D219" t="s">
+        <v>636</v>
+      </c>
+      <c r="E219" t="s">
+        <v>637</v>
+      </c>
+      <c r="F219" t="s">
+        <v>638</v>
+      </c>
+      <c r="G219" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="B219" t="s">
-[...14 lines deleted...]
-      <c r="G219" s="1" t="s">
+      <c r="H219" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>812</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>10</v>
+      </c>
+      <c r="D220" t="s">
         <v>813</v>
       </c>
-      <c r="B220" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E220" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F220" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="H220" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>22</v>
+        <v>498</v>
       </c>
       <c r="D221" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E221" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F221" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="H221" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D222" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E222" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F222" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>547</v>
+        <v>821</v>
       </c>
       <c r="H222" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D223" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E223" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F223" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="H223" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D224" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E224" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F224" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>825</v>
+        <v>547</v>
       </c>
       <c r="H224" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="D225" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E225" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F225" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H225" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D226" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E226" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F226" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="H226" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D227" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E227" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F227" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="H227" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="D228" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E228" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F228" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="H228" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D229" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E229" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F229" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H229" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="D230" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E230" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F230" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="H230" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="D231" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E231" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F231" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="H231" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="D232" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E232" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F232" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="H232" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D233" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E233" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F233" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="H233" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D234" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E234" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F234" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="H234" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="D235" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E235" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F235" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="H235" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="D236" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E236" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F236" t="s">
-        <v>743</v>
+        <v>638</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="H236" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="D237" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E237" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F237" t="s">
-        <v>743</v>
+        <v>638</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="H237" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D238" t="s">
-        <v>867</v>
+        <v>813</v>
       </c>
       <c r="E238" t="s">
+        <v>814</v>
+      </c>
+      <c r="F238" t="s">
+        <v>747</v>
+      </c>
+      <c r="G238" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="F238" t="s">
-[...2 lines deleted...]
-      <c r="G238" s="1" t="s">
+      <c r="H238" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
+        <v>870</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>98</v>
+      </c>
+      <c r="D239" t="s">
+        <v>813</v>
+      </c>
+      <c r="E239" t="s">
+        <v>814</v>
+      </c>
+      <c r="F239" t="s">
+        <v>747</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="B239" t="s">
-[...14 lines deleted...]
-      <c r="G239" s="1" t="s">
+      <c r="H239" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>873</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>89</v>
+      </c>
+      <c r="D240" t="s">
         <v>874</v>
       </c>
-      <c r="B240" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E240" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F240" t="s">
-        <v>159</v>
+        <v>18</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="H240" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="D241" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E241" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F241" t="s">
-        <v>23</v>
+        <v>159</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="H241" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="D242" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E242" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F242" t="s">
         <v>159</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="H242" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="D243" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E243" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F243" t="s">
-        <v>159</v>
+        <v>23</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="H243" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="D244" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E244" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F244" t="s">
-        <v>46</v>
+        <v>159</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="H244" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="D245" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E245" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F245" t="s">
-        <v>46</v>
+        <v>159</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="H245" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="D246" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E246" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F246" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="H246" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>553</v>
+        <v>118</v>
       </c>
       <c r="D247" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E247" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F247" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H247" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="D248" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E248" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F248" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="H248" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>158</v>
+        <v>553</v>
       </c>
       <c r="D249" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E249" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F249" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="H249" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>585</v>
+        <v>154</v>
       </c>
       <c r="D250" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E250" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F250" t="s">
         <v>18</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H250" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="D251" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E251" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F251" t="s">
         <v>18</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="H251" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>171</v>
+        <v>585</v>
       </c>
       <c r="D252" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E252" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F252" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="H252" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>208</v>
+        <v>163</v>
       </c>
       <c r="D253" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E253" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F253" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H253" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>212</v>
+        <v>171</v>
       </c>
       <c r="D254" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E254" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F254" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="H254" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="D255" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E255" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F255" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="H255" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="D256" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E256" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F256" t="s">
         <v>18</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="H256" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="D257" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E257" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F257" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="H257" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>786</v>
+        <v>220</v>
       </c>
       <c r="D258" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E258" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F258" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="H258" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>790</v>
+        <v>224</v>
       </c>
       <c r="D259" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E259" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F259" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H259" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>249</v>
+        <v>790</v>
       </c>
       <c r="D260" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E260" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F260" t="s">
-        <v>543</v>
+        <v>37</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="H260" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>253</v>
+        <v>794</v>
       </c>
       <c r="D261" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E261" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F261" t="s">
-        <v>543</v>
+        <v>37</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="H261" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="D262" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E262" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F262" t="s">
-        <v>13</v>
+        <v>543</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H262" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="D263" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E263" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F263" t="s">
-        <v>18</v>
+        <v>543</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="H263" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>325</v>
+        <v>257</v>
       </c>
       <c r="D264" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E264" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F264" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="H264" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>329</v>
+        <v>261</v>
       </c>
       <c r="D265" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E265" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F265" t="s">
         <v>18</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H265" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="D266" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E266" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F266" t="s">
-        <v>159</v>
+        <v>18</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="H266" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D267" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E267" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F267" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="H267" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>365</v>
+        <v>333</v>
       </c>
       <c r="D268" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E268" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F268" t="s">
         <v>159</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H268" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>369</v>
+        <v>337</v>
       </c>
       <c r="D269" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E269" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F269" t="s">
-        <v>159</v>
+        <v>13</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H269" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D270" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E270" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F270" t="s">
         <v>159</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="H270" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="D271" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E271" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F271" t="s">
-        <v>543</v>
+        <v>159</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H271" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>401</v>
+        <v>373</v>
       </c>
       <c r="D272" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E272" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F272" t="s">
-        <v>18</v>
+        <v>159</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="H272" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>405</v>
+        <v>377</v>
       </c>
       <c r="D273" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E273" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F273" t="s">
-        <v>18</v>
+        <v>543</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="H273" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
       <c r="D274" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E274" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F274" t="s">
-        <v>159</v>
+        <v>18</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="H274" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="D275" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E275" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F275" t="s">
-        <v>159</v>
+        <v>18</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="H275" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>417</v>
+        <v>409</v>
       </c>
       <c r="D276" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E276" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F276" t="s">
         <v>159</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="H276" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="D277" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E277" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F277" t="s">
         <v>159</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H277" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>429</v>
+        <v>417</v>
       </c>
       <c r="D278" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E278" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F278" t="s">
-        <v>46</v>
+        <v>159</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="H278" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>433</v>
+        <v>421</v>
       </c>
       <c r="D279" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E279" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F279" t="s">
-        <v>46</v>
+        <v>159</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="H279" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>469</v>
+        <v>429</v>
       </c>
       <c r="D280" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E280" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F280" t="s">
-        <v>543</v>
+        <v>46</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H280" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>481</v>
+        <v>433</v>
       </c>
       <c r="D281" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E281" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F281" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="H281" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1001</v>
+        <v>469</v>
       </c>
       <c r="D282" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E282" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F282" t="s">
-        <v>46</v>
+        <v>543</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="H282" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>1004</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
+        <v>481</v>
+      </c>
+      <c r="D283" t="s">
+        <v>874</v>
+      </c>
+      <c r="E283" t="s">
+        <v>875</v>
+      </c>
+      <c r="F283" t="s">
+        <v>37</v>
+      </c>
+      <c r="G283" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="D283" t="s">
-[...8 lines deleted...]
-      <c r="G283" s="1" t="s">
+      <c r="H283" t="s">
         <v>1006</v>
-      </c>
-[...1 lines deleted...]
-        <v>1007</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
         <v>1008</v>
       </c>
-      <c r="B284" t="s">
-[...2 lines deleted...]
-      <c r="C284" t="s">
+      <c r="D284" t="s">
+        <v>874</v>
+      </c>
+      <c r="E284" t="s">
+        <v>875</v>
+      </c>
+      <c r="F284" t="s">
+        <v>46</v>
+      </c>
+      <c r="G284" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="D284" t="s">
-[...8 lines deleted...]
-      <c r="G284" s="1" t="s">
+      <c r="H284" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1011</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
         <v>1012</v>
       </c>
-      <c r="B285" t="s">
-[...2 lines deleted...]
-      <c r="C285" t="s">
+      <c r="D285" t="s">
+        <v>874</v>
+      </c>
+      <c r="E285" t="s">
+        <v>875</v>
+      </c>
+      <c r="F285" t="s">
+        <v>76</v>
+      </c>
+      <c r="G285" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="D285" t="s">
-[...8 lines deleted...]
-      <c r="G285" s="1" t="s">
+      <c r="H285" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1015</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
         <v>1016</v>
       </c>
-      <c r="B286" t="s">
-[...2 lines deleted...]
-      <c r="C286" t="s">
+      <c r="D286" t="s">
+        <v>874</v>
+      </c>
+      <c r="E286" t="s">
+        <v>875</v>
+      </c>
+      <c r="F286" t="s">
+        <v>159</v>
+      </c>
+      <c r="G286" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="D286" t="s">
-[...8 lines deleted...]
-      <c r="G286" s="1" t="s">
+      <c r="H286" t="s">
         <v>1018</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
         <v>1020</v>
       </c>
-      <c r="B287" t="s">
-[...2 lines deleted...]
-      <c r="C287" t="s">
+      <c r="D287" t="s">
+        <v>874</v>
+      </c>
+      <c r="E287" t="s">
+        <v>875</v>
+      </c>
+      <c r="F287" t="s">
+        <v>28</v>
+      </c>
+      <c r="G287" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="D287" t="s">
-[...8 lines deleted...]
-      <c r="G287" s="1" t="s">
+      <c r="H287" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
         <v>1024</v>
       </c>
-      <c r="B288" t="s">
-[...2 lines deleted...]
-      <c r="C288" t="s">
+      <c r="D288" t="s">
+        <v>874</v>
+      </c>
+      <c r="E288" t="s">
+        <v>875</v>
+      </c>
+      <c r="F288" t="s">
+        <v>28</v>
+      </c>
+      <c r="G288" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="D288" t="s">
-[...8 lines deleted...]
-      <c r="G288" s="1" t="s">
+      <c r="H288" t="s">
         <v>1026</v>
-      </c>
-[...1 lines deleted...]
-        <v>1027</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
         <v>1028</v>
       </c>
-      <c r="B289" t="s">
-[...2 lines deleted...]
-      <c r="C289" t="s">
+      <c r="D289" t="s">
+        <v>874</v>
+      </c>
+      <c r="E289" t="s">
+        <v>875</v>
+      </c>
+      <c r="F289" t="s">
+        <v>543</v>
+      </c>
+      <c r="G289" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="D289" t="s">
-[...8 lines deleted...]
-      <c r="G289" s="1" t="s">
+      <c r="H289" t="s">
         <v>1030</v>
-      </c>
-[...1 lines deleted...]
-        <v>1031</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
         <v>1032</v>
       </c>
-      <c r="B290" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D290" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E290" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F290" t="s">
         <v>23</v>
       </c>
       <c r="G290" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H290" t="s">
         <v>1034</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
         <v>1036</v>
       </c>
-      <c r="B291" t="s">
-[...2 lines deleted...]
-      <c r="C291" t="s">
+      <c r="D291" t="s">
+        <v>874</v>
+      </c>
+      <c r="E291" t="s">
+        <v>875</v>
+      </c>
+      <c r="F291" t="s">
+        <v>23</v>
+      </c>
+      <c r="G291" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="D291" t="s">
-[...8 lines deleted...]
-      <c r="G291" s="1" t="s">
+      <c r="H291" t="s">
         <v>1038</v>
-      </c>
-[...1 lines deleted...]
-        <v>1039</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
         <v>1040</v>
       </c>
-      <c r="B292" t="s">
-[...2 lines deleted...]
-      <c r="C292" t="s">
+      <c r="D292" t="s">
+        <v>874</v>
+      </c>
+      <c r="E292" t="s">
+        <v>875</v>
+      </c>
+      <c r="F292" t="s">
+        <v>23</v>
+      </c>
+      <c r="G292" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="D292" t="s">
-[...8 lines deleted...]
-      <c r="G292" s="1" t="s">
+      <c r="H292" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
         <v>1044</v>
       </c>
-      <c r="B293" t="s">
-[...2 lines deleted...]
-      <c r="C293" t="s">
+      <c r="D293" t="s">
+        <v>874</v>
+      </c>
+      <c r="E293" t="s">
+        <v>875</v>
+      </c>
+      <c r="F293" t="s">
+        <v>46</v>
+      </c>
+      <c r="G293" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="D293" t="s">
-[...8 lines deleted...]
-      <c r="G293" s="1" t="s">
+      <c r="H293" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
         <v>1048</v>
       </c>
-      <c r="B294" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D294" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E294" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F294" t="s">
         <v>18</v>
       </c>
       <c r="G294" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H294" t="s">
         <v>1050</v>
-      </c>
-[...1 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
         <v>1052</v>
       </c>
-      <c r="B295" t="s">
-[...2 lines deleted...]
-      <c r="C295" t="s">
+      <c r="D295" t="s">
+        <v>874</v>
+      </c>
+      <c r="E295" t="s">
+        <v>875</v>
+      </c>
+      <c r="F295" t="s">
+        <v>18</v>
+      </c>
+      <c r="G295" s="1" t="s">
         <v>1053</v>
-      </c>
-[...10 lines deleted...]
-        <v>547</v>
       </c>
       <c r="H295" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>1055</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>1056</v>
       </c>
       <c r="D296" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E296" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F296" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="H296" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>1059</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>1060</v>
       </c>
       <c r="D297" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E297" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F297" t="s">
         <v>37</v>
       </c>
       <c r="G297" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H297" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
         <v>1063</v>
       </c>
-      <c r="B298" t="s">
-[...2 lines deleted...]
-      <c r="C298" t="s">
+      <c r="D298" t="s">
+        <v>874</v>
+      </c>
+      <c r="E298" t="s">
+        <v>875</v>
+      </c>
+      <c r="F298" t="s">
+        <v>37</v>
+      </c>
+      <c r="G298" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="D298" t="s">
-[...8 lines deleted...]
-      <c r="G298" s="1" t="s">
+      <c r="H298" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
         <v>1067</v>
       </c>
-      <c r="B299" t="s">
-[...2 lines deleted...]
-      <c r="C299" t="s">
+      <c r="D299" t="s">
+        <v>874</v>
+      </c>
+      <c r="E299" t="s">
+        <v>875</v>
+      </c>
+      <c r="F299" t="s">
+        <v>37</v>
+      </c>
+      <c r="G299" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="D299" t="s">
-[...8 lines deleted...]
-      <c r="G299" s="1" t="s">
+      <c r="H299" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
         <v>1071</v>
       </c>
-      <c r="B300" t="s">
-[...2 lines deleted...]
-      <c r="C300" t="s">
+      <c r="D300" t="s">
+        <v>874</v>
+      </c>
+      <c r="E300" t="s">
+        <v>875</v>
+      </c>
+      <c r="F300" t="s">
+        <v>13</v>
+      </c>
+      <c r="G300" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="D300" t="s">
-[...8 lines deleted...]
-      <c r="G300" s="1" t="s">
+      <c r="H300" t="s">
         <v>1073</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
         <v>1075</v>
       </c>
-      <c r="B301" t="s">
-[...2 lines deleted...]
-      <c r="C301" t="s">
+      <c r="D301" t="s">
+        <v>874</v>
+      </c>
+      <c r="E301" t="s">
+        <v>875</v>
+      </c>
+      <c r="F301" t="s">
+        <v>46</v>
+      </c>
+      <c r="G301" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="D301" t="s">
-[...8 lines deleted...]
-      <c r="G301" s="1" t="s">
+      <c r="H301" t="s">
         <v>1077</v>
-      </c>
-[...1 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
         <v>1079</v>
       </c>
-      <c r="B302" t="s">
-[...2 lines deleted...]
-      <c r="C302" t="s">
+      <c r="D302" t="s">
+        <v>874</v>
+      </c>
+      <c r="E302" t="s">
+        <v>875</v>
+      </c>
+      <c r="F302" t="s">
+        <v>23</v>
+      </c>
+      <c r="G302" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="D302" t="s">
-[...8 lines deleted...]
-      <c r="G302" s="1" t="s">
+      <c r="H302" t="s">
         <v>1081</v>
-      </c>
-[...1 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
         <v>1083</v>
       </c>
-      <c r="B303" t="s">
-[...2 lines deleted...]
-      <c r="C303" t="s">
+      <c r="D303" t="s">
+        <v>874</v>
+      </c>
+      <c r="E303" t="s">
+        <v>875</v>
+      </c>
+      <c r="F303" t="s">
+        <v>159</v>
+      </c>
+      <c r="G303" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="D303" t="s">
-[...8 lines deleted...]
-      <c r="G303" s="1" t="s">
+      <c r="H303" t="s">
         <v>1085</v>
-      </c>
-[...1 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
         <v>1087</v>
       </c>
-      <c r="B304" t="s">
-[...2 lines deleted...]
-      <c r="C304" t="s">
+      <c r="D304" t="s">
+        <v>874</v>
+      </c>
+      <c r="E304" t="s">
+        <v>875</v>
+      </c>
+      <c r="F304" t="s">
+        <v>37</v>
+      </c>
+      <c r="G304" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="D304" t="s">
-[...8 lines deleted...]
-      <c r="G304" s="1" t="s">
+      <c r="H304" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
         <v>1091</v>
       </c>
-      <c r="B305" t="s">
-[...2 lines deleted...]
-      <c r="C305" t="s">
+      <c r="D305" t="s">
+        <v>874</v>
+      </c>
+      <c r="E305" t="s">
+        <v>875</v>
+      </c>
+      <c r="F305" t="s">
+        <v>28</v>
+      </c>
+      <c r="G305" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="D305" t="s">
-[...8 lines deleted...]
-      <c r="G305" s="1" t="s">
+      <c r="H305" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
         <v>1095</v>
       </c>
-      <c r="B306" t="s">
-[...2 lines deleted...]
-      <c r="C306" t="s">
+      <c r="D306" t="s">
+        <v>874</v>
+      </c>
+      <c r="E306" t="s">
+        <v>875</v>
+      </c>
+      <c r="F306" t="s">
+        <v>18</v>
+      </c>
+      <c r="G306" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="D306" t="s">
-[...8 lines deleted...]
-      <c r="G306" s="1" t="s">
+      <c r="H306" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
         <v>1099</v>
       </c>
-      <c r="B307" t="s">
-[...2 lines deleted...]
-      <c r="C307" t="s">
+      <c r="D307" t="s">
+        <v>874</v>
+      </c>
+      <c r="E307" t="s">
+        <v>875</v>
+      </c>
+      <c r="F307" t="s">
+        <v>18</v>
+      </c>
+      <c r="G307" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="D307" t="s">
-[...8 lines deleted...]
-      <c r="G307" s="1" t="s">
+      <c r="H307" t="s">
         <v>1101</v>
-      </c>
-[...1 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
         <v>1103</v>
       </c>
-      <c r="B308" t="s">
-[...2 lines deleted...]
-      <c r="C308" t="s">
+      <c r="D308" t="s">
+        <v>874</v>
+      </c>
+      <c r="E308" t="s">
+        <v>875</v>
+      </c>
+      <c r="F308" t="s">
+        <v>37</v>
+      </c>
+      <c r="G308" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="D308" t="s">
-[...8 lines deleted...]
-      <c r="G308" s="1" t="s">
+      <c r="H308" t="s">
         <v>1105</v>
-      </c>
-[...1 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
         <v>1107</v>
       </c>
-      <c r="B309" t="s">
-[...2 lines deleted...]
-      <c r="C309" t="s">
+      <c r="D309" t="s">
+        <v>874</v>
+      </c>
+      <c r="E309" t="s">
+        <v>875</v>
+      </c>
+      <c r="F309" t="s">
+        <v>28</v>
+      </c>
+      <c r="G309" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="D309" t="s">
-[...8 lines deleted...]
-      <c r="G309" s="1" t="s">
+      <c r="H309" t="s">
         <v>1109</v>
-      </c>
-[...1 lines deleted...]
-        <v>1110</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
         <v>1111</v>
       </c>
-      <c r="B310" t="s">
-[...2 lines deleted...]
-      <c r="C310" t="s">
+      <c r="D310" t="s">
+        <v>874</v>
+      </c>
+      <c r="E310" t="s">
+        <v>875</v>
+      </c>
+      <c r="F310" t="s">
+        <v>76</v>
+      </c>
+      <c r="G310" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="D310" t="s">
-[...8 lines deleted...]
-      <c r="G310" s="1" t="s">
+      <c r="H310" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
         <v>1115</v>
       </c>
-      <c r="B311" t="s">
-[...2 lines deleted...]
-      <c r="C311" t="s">
+      <c r="D311" t="s">
+        <v>874</v>
+      </c>
+      <c r="E311" t="s">
+        <v>875</v>
+      </c>
+      <c r="F311" t="s">
+        <v>76</v>
+      </c>
+      <c r="G311" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="D311" t="s">
-[...8 lines deleted...]
-      <c r="G311" s="1" t="s">
+      <c r="H311" t="s">
         <v>1117</v>
-      </c>
-[...1 lines deleted...]
-        <v>1118</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
         <v>1119</v>
       </c>
-      <c r="B312" t="s">
-[...2 lines deleted...]
-      <c r="C312" t="s">
+      <c r="D312" t="s">
+        <v>874</v>
+      </c>
+      <c r="E312" t="s">
+        <v>875</v>
+      </c>
+      <c r="F312" t="s">
+        <v>159</v>
+      </c>
+      <c r="G312" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="D312" t="s">
-[...8 lines deleted...]
-      <c r="G312" s="1" t="s">
+      <c r="H312" t="s">
         <v>1121</v>
-      </c>
-[...1 lines deleted...]
-        <v>1122</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
         <v>1123</v>
       </c>
-      <c r="B313" t="s">
-[...2 lines deleted...]
-      <c r="C313" t="s">
+      <c r="D313" t="s">
+        <v>874</v>
+      </c>
+      <c r="E313" t="s">
+        <v>875</v>
+      </c>
+      <c r="F313" t="s">
+        <v>28</v>
+      </c>
+      <c r="G313" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="D313" t="s">
-[...8 lines deleted...]
-      <c r="G313" s="1" t="s">
+      <c r="H313" t="s">
         <v>1125</v>
-      </c>
-[...1 lines deleted...]
-        <v>1126</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
         <v>1127</v>
       </c>
-      <c r="B314" t="s">
-[...2 lines deleted...]
-      <c r="C314" t="s">
+      <c r="D314" t="s">
+        <v>874</v>
+      </c>
+      <c r="E314" t="s">
+        <v>875</v>
+      </c>
+      <c r="F314" t="s">
+        <v>18</v>
+      </c>
+      <c r="G314" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="D314" t="s">
-[...8 lines deleted...]
-      <c r="G314" s="1" t="s">
+      <c r="H314" t="s">
         <v>1129</v>
-      </c>
-[...1 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
         <v>1131</v>
       </c>
-      <c r="B315" t="s">
-[...2 lines deleted...]
-      <c r="C315" t="s">
+      <c r="D315" t="s">
+        <v>874</v>
+      </c>
+      <c r="E315" t="s">
+        <v>875</v>
+      </c>
+      <c r="F315" t="s">
+        <v>76</v>
+      </c>
+      <c r="G315" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="D315" t="s">
-[...8 lines deleted...]
-      <c r="G315" s="1" t="s">
+      <c r="H315" t="s">
         <v>1133</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
         <v>1135</v>
       </c>
-      <c r="B316" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D316" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E316" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F316" t="s">
         <v>37</v>
       </c>
       <c r="G316" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H316" t="s">
         <v>1137</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
         <v>1139</v>
       </c>
-      <c r="B317" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D317" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E317" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F317" t="s">
         <v>37</v>
       </c>
       <c r="G317" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H317" t="s">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
         <v>1143</v>
       </c>
-      <c r="B318" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D318" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E318" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F318" t="s">
         <v>37</v>
       </c>
       <c r="G318" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H318" t="s">
         <v>1145</v>
-      </c>
-[...1 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
         <v>1147</v>
       </c>
-      <c r="B319" t="s">
-[...2 lines deleted...]
-      <c r="C319" t="s">
+      <c r="D319" t="s">
+        <v>874</v>
+      </c>
+      <c r="E319" t="s">
+        <v>875</v>
+      </c>
+      <c r="F319" t="s">
+        <v>37</v>
+      </c>
+      <c r="G319" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="D319" t="s">
-[...8 lines deleted...]
-      <c r="G319" s="1" t="s">
+      <c r="H319" t="s">
         <v>1149</v>
-      </c>
-[...1 lines deleted...]
-        <v>1150</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
         <v>1151</v>
       </c>
-      <c r="B320" t="s">
-[...2 lines deleted...]
-      <c r="C320" t="s">
+      <c r="D320" t="s">
+        <v>874</v>
+      </c>
+      <c r="E320" t="s">
+        <v>875</v>
+      </c>
+      <c r="F320" t="s">
+        <v>37</v>
+      </c>
+      <c r="G320" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="D320" t="s">
-[...8 lines deleted...]
-      <c r="G320" s="1" t="s">
+      <c r="H320" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
         <v>1155</v>
       </c>
-      <c r="B321" t="s">
-[...2 lines deleted...]
-      <c r="C321" t="s">
+      <c r="D321" t="s">
+        <v>874</v>
+      </c>
+      <c r="E321" t="s">
+        <v>875</v>
+      </c>
+      <c r="F321" t="s">
+        <v>543</v>
+      </c>
+      <c r="G321" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="D321" t="s">
-[...8 lines deleted...]
-      <c r="G321" s="1" t="s">
+      <c r="H321" t="s">
         <v>1157</v>
-      </c>
-[...1 lines deleted...]
-        <v>1158</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
         <v>1159</v>
       </c>
-      <c r="B322" t="s">
-[...2 lines deleted...]
-      <c r="C322" t="s">
+      <c r="D322" t="s">
+        <v>874</v>
+      </c>
+      <c r="E322" t="s">
+        <v>875</v>
+      </c>
+      <c r="F322" t="s">
+        <v>46</v>
+      </c>
+      <c r="G322" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="D322" t="s">
-[...8 lines deleted...]
-      <c r="G322" s="1" t="s">
+      <c r="H322" t="s">
         <v>1161</v>
-      </c>
-[...1 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
         <v>1163</v>
       </c>
-      <c r="B323" t="s">
-[...2 lines deleted...]
-      <c r="C323" t="s">
+      <c r="D323" t="s">
+        <v>874</v>
+      </c>
+      <c r="E323" t="s">
+        <v>875</v>
+      </c>
+      <c r="F323" t="s">
+        <v>18</v>
+      </c>
+      <c r="G323" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="D323" t="s">
-[...8 lines deleted...]
-      <c r="G323" s="1" t="s">
+      <c r="H323" t="s">
         <v>1165</v>
-      </c>
-[...1 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
         <v>1167</v>
       </c>
-      <c r="B324" t="s">
-[...2 lines deleted...]
-      <c r="C324" t="s">
+      <c r="D324" t="s">
+        <v>874</v>
+      </c>
+      <c r="E324" t="s">
+        <v>875</v>
+      </c>
+      <c r="F324" t="s">
+        <v>159</v>
+      </c>
+      <c r="G324" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="D324" t="s">
-[...8 lines deleted...]
-      <c r="G324" s="1" t="s">
+      <c r="H324" t="s">
         <v>1169</v>
-      </c>
-[...1 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
         <v>1171</v>
       </c>
-      <c r="B325" t="s">
-[...2 lines deleted...]
-      <c r="C325" t="s">
+      <c r="D325" t="s">
+        <v>874</v>
+      </c>
+      <c r="E325" t="s">
+        <v>875</v>
+      </c>
+      <c r="F325" t="s">
+        <v>23</v>
+      </c>
+      <c r="G325" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="D325" t="s">
-[...8 lines deleted...]
-      <c r="G325" s="1" t="s">
+      <c r="H325" t="s">
         <v>1173</v>
-      </c>
-[...1 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
         <v>1175</v>
       </c>
-      <c r="B326" t="s">
-[...2 lines deleted...]
-      <c r="C326" t="s">
+      <c r="D326" t="s">
+        <v>874</v>
+      </c>
+      <c r="E326" t="s">
+        <v>875</v>
+      </c>
+      <c r="F326" t="s">
+        <v>543</v>
+      </c>
+      <c r="G326" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="D326" t="s">
-[...8 lines deleted...]
-      <c r="G326" s="1" t="s">
+      <c r="H326" t="s">
         <v>1177</v>
-      </c>
-[...1 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
         <v>1179</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="D327" t="s">
+        <v>874</v>
+      </c>
+      <c r="E327" t="s">
+        <v>875</v>
+      </c>
+      <c r="F327" t="s">
+        <v>543</v>
+      </c>
+      <c r="G327" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="D327" t="s">
-[...8 lines deleted...]
-      <c r="G327" s="1" t="s">
+      <c r="H327" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
         <v>1183</v>
       </c>
-      <c r="B328" t="s">
-[...2 lines deleted...]
-      <c r="C328" t="s">
+      <c r="D328" t="s">
+        <v>874</v>
+      </c>
+      <c r="E328" t="s">
+        <v>875</v>
+      </c>
+      <c r="F328" t="s">
+        <v>159</v>
+      </c>
+      <c r="G328" s="1" t="s">
         <v>1184</v>
       </c>
-      <c r="D328" t="s">
-[...8 lines deleted...]
-      <c r="G328" s="1" t="s">
+      <c r="H328" t="s">
         <v>1185</v>
-      </c>
-[...1 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
         <v>1187</v>
       </c>
-      <c r="B329" t="s">
-[...2 lines deleted...]
-      <c r="C329" t="s">
+      <c r="D329" t="s">
+        <v>874</v>
+      </c>
+      <c r="E329" t="s">
+        <v>875</v>
+      </c>
+      <c r="F329" t="s">
+        <v>23</v>
+      </c>
+      <c r="G329" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="D329" t="s">
-[...8 lines deleted...]
-      <c r="G329" s="1" t="s">
+      <c r="H329" t="s">
         <v>1189</v>
-      </c>
-[...1 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
         <v>1191</v>
       </c>
-      <c r="B330" t="s">
-[...2 lines deleted...]
-      <c r="C330" t="s">
+      <c r="D330" t="s">
+        <v>874</v>
+      </c>
+      <c r="E330" t="s">
+        <v>875</v>
+      </c>
+      <c r="F330" t="s">
+        <v>18</v>
+      </c>
+      <c r="G330" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="D330" t="s">
-[...8 lines deleted...]
-      <c r="G330" s="1" t="s">
+      <c r="H330" t="s">
         <v>1193</v>
-      </c>
-[...1 lines deleted...]
-        <v>1194</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
         <v>1195</v>
       </c>
-      <c r="B331" t="s">
-[...2 lines deleted...]
-      <c r="C331" t="s">
+      <c r="D331" t="s">
+        <v>874</v>
+      </c>
+      <c r="E331" t="s">
+        <v>875</v>
+      </c>
+      <c r="F331" t="s">
+        <v>18</v>
+      </c>
+      <c r="G331" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="D331" t="s">
-[...8 lines deleted...]
-      <c r="G331" s="1" t="s">
+      <c r="H331" t="s">
         <v>1197</v>
-      </c>
-[...1 lines deleted...]
-        <v>1198</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
         <v>1199</v>
       </c>
-      <c r="B332" t="s">
-[...2 lines deleted...]
-      <c r="C332" t="s">
+      <c r="D332" t="s">
+        <v>874</v>
+      </c>
+      <c r="E332" t="s">
+        <v>875</v>
+      </c>
+      <c r="F332" t="s">
+        <v>23</v>
+      </c>
+      <c r="G332" s="1" t="s">
         <v>1200</v>
       </c>
-      <c r="D332" t="s">
-[...8 lines deleted...]
-      <c r="G332" s="1" t="s">
+      <c r="H332" t="s">
         <v>1201</v>
-      </c>
-[...1 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
         <v>1203</v>
       </c>
-      <c r="B333" t="s">
-[...2 lines deleted...]
-      <c r="C333" t="s">
+      <c r="D333" t="s">
+        <v>874</v>
+      </c>
+      <c r="E333" t="s">
+        <v>875</v>
+      </c>
+      <c r="F333" t="s">
+        <v>159</v>
+      </c>
+      <c r="G333" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="D333" t="s">
-[...8 lines deleted...]
-      <c r="G333" s="1" t="s">
+      <c r="H333" t="s">
         <v>1205</v>
-      </c>
-[...1 lines deleted...]
-        <v>1206</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
         <v>1207</v>
       </c>
-      <c r="B334" t="s">
-[...2 lines deleted...]
-      <c r="C334" t="s">
+      <c r="D334" t="s">
+        <v>874</v>
+      </c>
+      <c r="E334" t="s">
+        <v>875</v>
+      </c>
+      <c r="F334" t="s">
+        <v>159</v>
+      </c>
+      <c r="G334" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="D334" t="s">
-[...5 lines deleted...]
-      <c r="G334" s="1" t="s">
+      <c r="H334" t="s">
         <v>1209</v>
-      </c>
-[...1 lines deleted...]
-        <v>1210</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
         <v>1211</v>
       </c>
-      <c r="B335" t="s">
-[...2 lines deleted...]
-      <c r="C335" t="s">
+      <c r="D335" t="s">
+        <v>874</v>
+      </c>
+      <c r="E335" t="s">
+        <v>875</v>
+      </c>
+      <c r="F335" t="s">
+        <v>28</v>
+      </c>
+      <c r="G335" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="D335" t="s">
-[...8 lines deleted...]
-      <c r="G335" s="1" t="s">
+      <c r="H335" t="s">
         <v>1213</v>
-      </c>
-[...1 lines deleted...]
-        <v>1214</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
         <v>1215</v>
       </c>
-      <c r="B336" t="s">
-[...2 lines deleted...]
-      <c r="C336" t="s">
+      <c r="D336" t="s">
+        <v>874</v>
+      </c>
+      <c r="E336" t="s">
+        <v>875</v>
+      </c>
+      <c r="G336" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="D336" t="s">
-[...8 lines deleted...]
-      <c r="G336" s="1" t="s">
+      <c r="H336" t="s">
         <v>1217</v>
-      </c>
-[...1 lines deleted...]
-        <v>1218</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
         <v>1219</v>
       </c>
-      <c r="B337" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D337" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E337" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F337" t="s">
         <v>37</v>
       </c>
       <c r="G337" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H337" t="s">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
         <v>1223</v>
       </c>
-      <c r="B338" t="s">
-[...2 lines deleted...]
-      <c r="C338" t="s">
+      <c r="D338" t="s">
+        <v>874</v>
+      </c>
+      <c r="E338" t="s">
+        <v>875</v>
+      </c>
+      <c r="F338" t="s">
+        <v>18</v>
+      </c>
+      <c r="G338" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="D338" t="s">
-[...8 lines deleted...]
-      <c r="G338" s="1" t="s">
+      <c r="H338" t="s">
         <v>1225</v>
-      </c>
-[...1 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
         <v>1227</v>
       </c>
-      <c r="B339" t="s">
-[...2 lines deleted...]
-      <c r="C339" t="s">
+      <c r="D339" t="s">
+        <v>874</v>
+      </c>
+      <c r="E339" t="s">
+        <v>875</v>
+      </c>
+      <c r="F339" t="s">
+        <v>37</v>
+      </c>
+      <c r="G339" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="D339" t="s">
-[...8 lines deleted...]
-      <c r="G339" s="1" t="s">
+      <c r="H339" t="s">
         <v>1229</v>
-      </c>
-[...1 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
         <v>1231</v>
       </c>
-      <c r="B340" t="s">
-[...2 lines deleted...]
-      <c r="C340" t="s">
+      <c r="D340" t="s">
+        <v>874</v>
+      </c>
+      <c r="E340" t="s">
+        <v>875</v>
+      </c>
+      <c r="F340" t="s">
+        <v>76</v>
+      </c>
+      <c r="G340" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="D340" t="s">
-[...8 lines deleted...]
-      <c r="G340" s="1" t="s">
+      <c r="H340" t="s">
         <v>1233</v>
-      </c>
-[...1 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
         <v>1235</v>
       </c>
-      <c r="B341" t="s">
-[...2 lines deleted...]
-      <c r="C341" t="s">
+      <c r="D341" t="s">
+        <v>874</v>
+      </c>
+      <c r="E341" t="s">
+        <v>875</v>
+      </c>
+      <c r="F341" t="s">
+        <v>13</v>
+      </c>
+      <c r="G341" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="D341" t="s">
-[...8 lines deleted...]
-      <c r="G341" s="1" t="s">
+      <c r="H341" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
         <v>1239</v>
       </c>
-      <c r="B342" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D342" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E342" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F342" t="s">
         <v>18</v>
       </c>
       <c r="G342" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H342" t="s">
         <v>1241</v>
-      </c>
-[...1 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
         <v>1243</v>
       </c>
-      <c r="B343" t="s">
-[...2 lines deleted...]
-      <c r="C343" t="s">
+      <c r="D343" t="s">
+        <v>874</v>
+      </c>
+      <c r="E343" t="s">
+        <v>875</v>
+      </c>
+      <c r="F343" t="s">
+        <v>18</v>
+      </c>
+      <c r="G343" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="D343" t="s">
-[...8 lines deleted...]
-      <c r="G343" s="1" t="s">
+      <c r="H343" t="s">
         <v>1245</v>
-      </c>
-[...1 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
         <v>1247</v>
       </c>
-      <c r="B344" t="s">
-[...2 lines deleted...]
-      <c r="C344" t="s">
+      <c r="D344" t="s">
+        <v>874</v>
+      </c>
+      <c r="E344" t="s">
+        <v>875</v>
+      </c>
+      <c r="F344" t="s">
+        <v>18</v>
+      </c>
+      <c r="G344" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="D344" t="s">
-[...8 lines deleted...]
-      <c r="G344" s="1" t="s">
+      <c r="H344" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
         <v>1251</v>
       </c>
-      <c r="B345" t="s">
-[...2 lines deleted...]
-      <c r="C345" t="s">
+      <c r="D345" t="s">
+        <v>874</v>
+      </c>
+      <c r="E345" t="s">
+        <v>875</v>
+      </c>
+      <c r="F345" t="s">
+        <v>37</v>
+      </c>
+      <c r="G345" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="D345" t="s">
-[...8 lines deleted...]
-      <c r="G345" s="1" t="s">
+      <c r="H345" t="s">
         <v>1253</v>
-      </c>
-[...1 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
         <v>1255</v>
       </c>
-      <c r="B346" t="s">
-[...2 lines deleted...]
-      <c r="C346" t="s">
+      <c r="D346" t="s">
+        <v>874</v>
+      </c>
+      <c r="E346" t="s">
+        <v>875</v>
+      </c>
+      <c r="F346" t="s">
+        <v>23</v>
+      </c>
+      <c r="G346" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="D346" t="s">
-[...8 lines deleted...]
-      <c r="G346" s="1" t="s">
+      <c r="H346" t="s">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
         <v>1259</v>
       </c>
-      <c r="B347" t="s">
-[...2 lines deleted...]
-      <c r="C347" t="s">
+      <c r="D347" t="s">
+        <v>874</v>
+      </c>
+      <c r="E347" t="s">
+        <v>875</v>
+      </c>
+      <c r="F347" t="s">
+        <v>76</v>
+      </c>
+      <c r="G347" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="D347" t="s">
-[...8 lines deleted...]
-      <c r="G347" s="1" t="s">
+      <c r="H347" t="s">
         <v>1261</v>
-      </c>
-[...1 lines deleted...]
-        <v>1262</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
         <v>1263</v>
       </c>
-      <c r="B348" t="s">
-[...2 lines deleted...]
-      <c r="C348" t="s">
+      <c r="D348" t="s">
+        <v>874</v>
+      </c>
+      <c r="E348" t="s">
+        <v>875</v>
+      </c>
+      <c r="F348" t="s">
+        <v>28</v>
+      </c>
+      <c r="G348" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="D348" t="s">
-[...8 lines deleted...]
-      <c r="G348" s="1" t="s">
+      <c r="H348" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
         <v>1267</v>
       </c>
-      <c r="B349" t="s">
-[...2 lines deleted...]
-      <c r="C349" t="s">
+      <c r="D349" t="s">
+        <v>874</v>
+      </c>
+      <c r="E349" t="s">
+        <v>875</v>
+      </c>
+      <c r="F349" t="s">
+        <v>159</v>
+      </c>
+      <c r="G349" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="D349" t="s">
-[...8 lines deleted...]
-      <c r="G349" s="1" t="s">
+      <c r="H349" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
         <v>1271</v>
       </c>
-      <c r="B350" t="s">
-[...2 lines deleted...]
-      <c r="C350" t="s">
+      <c r="D350" t="s">
+        <v>874</v>
+      </c>
+      <c r="E350" t="s">
+        <v>875</v>
+      </c>
+      <c r="F350" t="s">
+        <v>159</v>
+      </c>
+      <c r="G350" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="D350" t="s">
-[...8 lines deleted...]
-      <c r="G350" s="1" t="s">
+      <c r="H350" t="s">
         <v>1273</v>
-      </c>
-[...1 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
         <v>1275</v>
       </c>
-      <c r="B351" t="s">
-[...2 lines deleted...]
-      <c r="C351" t="s">
+      <c r="D351" t="s">
+        <v>874</v>
+      </c>
+      <c r="E351" t="s">
+        <v>875</v>
+      </c>
+      <c r="F351" t="s">
+        <v>37</v>
+      </c>
+      <c r="G351" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="D351" t="s">
-[...8 lines deleted...]
-      <c r="G351" s="1" t="s">
+      <c r="H351" t="s">
         <v>1277</v>
-      </c>
-[...1 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
         <v>1279</v>
       </c>
-      <c r="B352" t="s">
-[...2 lines deleted...]
-      <c r="C352" t="s">
+      <c r="D352" t="s">
+        <v>874</v>
+      </c>
+      <c r="E352" t="s">
+        <v>875</v>
+      </c>
+      <c r="F352" t="s">
+        <v>76</v>
+      </c>
+      <c r="G352" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="D352" t="s">
-[...8 lines deleted...]
-      <c r="G352" s="1" t="s">
+      <c r="H352" t="s">
         <v>1281</v>
-      </c>
-[...1 lines deleted...]
-        <v>1282</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
         <v>1283</v>
       </c>
-      <c r="B353" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D353" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E353" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F353" t="s">
         <v>18</v>
       </c>
       <c r="G353" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H353" t="s">
         <v>1285</v>
-      </c>
-[...1 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
         <v>1287</v>
       </c>
-      <c r="B354" t="s">
-[...2 lines deleted...]
-      <c r="C354" t="s">
+      <c r="D354" t="s">
+        <v>874</v>
+      </c>
+      <c r="E354" t="s">
+        <v>875</v>
+      </c>
+      <c r="F354" t="s">
+        <v>18</v>
+      </c>
+      <c r="G354" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="D354" t="s">
-[...8 lines deleted...]
-      <c r="G354" s="1" t="s">
+      <c r="H354" t="s">
         <v>1289</v>
-      </c>
-[...1 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
         <v>1291</v>
       </c>
-      <c r="B355" t="s">
-[...2 lines deleted...]
-      <c r="C355" t="s">
+      <c r="D355" t="s">
+        <v>874</v>
+      </c>
+      <c r="E355" t="s">
+        <v>875</v>
+      </c>
+      <c r="F355" t="s">
+        <v>18</v>
+      </c>
+      <c r="G355" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="D355" t="s">
-[...8 lines deleted...]
-      <c r="G355" s="1" t="s">
+      <c r="H355" t="s">
         <v>1293</v>
-      </c>
-[...1 lines deleted...]
-        <v>1294</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
         <v>1295</v>
       </c>
-      <c r="B356" t="s">
-[...2 lines deleted...]
-      <c r="C356" t="s">
+      <c r="D356" t="s">
+        <v>874</v>
+      </c>
+      <c r="E356" t="s">
+        <v>875</v>
+      </c>
+      <c r="F356" t="s">
+        <v>76</v>
+      </c>
+      <c r="G356" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="D356" t="s">
-[...8 lines deleted...]
-      <c r="G356" s="1" t="s">
+      <c r="H356" t="s">
         <v>1297</v>
-      </c>
-[...1 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
         <v>1299</v>
       </c>
-      <c r="B357" t="s">
-[...2 lines deleted...]
-      <c r="C357" t="s">
+      <c r="D357" t="s">
+        <v>874</v>
+      </c>
+      <c r="E357" t="s">
+        <v>875</v>
+      </c>
+      <c r="F357" t="s">
+        <v>46</v>
+      </c>
+      <c r="G357" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="D357" t="s">
-[...8 lines deleted...]
-      <c r="G357" s="1" t="s">
+      <c r="H357" t="s">
         <v>1301</v>
-      </c>
-[...1 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
         <v>1303</v>
       </c>
-      <c r="B358" t="s">
-[...2 lines deleted...]
-      <c r="C358" t="s">
+      <c r="D358" t="s">
+        <v>874</v>
+      </c>
+      <c r="E358" t="s">
+        <v>875</v>
+      </c>
+      <c r="F358" t="s">
+        <v>18</v>
+      </c>
+      <c r="G358" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="D358" t="s">
-[...8 lines deleted...]
-      <c r="G358" s="1" t="s">
+      <c r="H358" t="s">
         <v>1305</v>
-      </c>
-[...1 lines deleted...]
-        <v>1306</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
         <v>1307</v>
       </c>
-      <c r="B359" t="s">
-[...2 lines deleted...]
-      <c r="C359" t="s">
+      <c r="D359" t="s">
+        <v>874</v>
+      </c>
+      <c r="E359" t="s">
+        <v>875</v>
+      </c>
+      <c r="F359" t="s">
+        <v>18</v>
+      </c>
+      <c r="G359" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="D359" t="s">
-[...8 lines deleted...]
-      <c r="G359" s="1" t="s">
+      <c r="H359" t="s">
         <v>1309</v>
-      </c>
-[...1 lines deleted...]
-        <v>1310</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
         <v>1311</v>
       </c>
-      <c r="B360" t="s">
-[...2 lines deleted...]
-      <c r="C360" t="s">
+      <c r="D360" t="s">
+        <v>874</v>
+      </c>
+      <c r="E360" t="s">
+        <v>875</v>
+      </c>
+      <c r="F360" t="s">
+        <v>76</v>
+      </c>
+      <c r="G360" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="D360" t="s">
-[...8 lines deleted...]
-      <c r="G360" s="1" t="s">
+      <c r="H360" t="s">
         <v>1313</v>
-      </c>
-[...1 lines deleted...]
-        <v>1314</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
         <v>1315</v>
       </c>
-      <c r="B361" t="s">
-[...2 lines deleted...]
-      <c r="C361" t="s">
+      <c r="D361" t="s">
+        <v>874</v>
+      </c>
+      <c r="E361" t="s">
+        <v>875</v>
+      </c>
+      <c r="F361" t="s">
+        <v>76</v>
+      </c>
+      <c r="G361" s="1" t="s">
         <v>1316</v>
-      </c>
-[...10 lines deleted...]
-        <v>547</v>
       </c>
       <c r="H361" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>1318</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>1319</v>
       </c>
       <c r="D362" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E362" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F362" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="H362" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>1322</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>1323</v>
       </c>
       <c r="D363" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E363" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F363" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="G363" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H363" t="s">
         <v>1324</v>
-      </c>
-[...1 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
         <v>1326</v>
       </c>
-      <c r="B364" t="s">
-[...2 lines deleted...]
-      <c r="C364" t="s">
+      <c r="D364" t="s">
+        <v>874</v>
+      </c>
+      <c r="E364" t="s">
+        <v>875</v>
+      </c>
+      <c r="F364" t="s">
+        <v>37</v>
+      </c>
+      <c r="G364" s="1" t="s">
         <v>1327</v>
-      </c>
-[...10 lines deleted...]
-        <v>547</v>
       </c>
       <c r="H364" t="s">
         <v>1328</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>1329</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>1330</v>
       </c>
       <c r="D365" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E365" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F365" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>547</v>
+        <v>1331</v>
       </c>
       <c r="H365" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D366" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E366" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F366" t="s">
-        <v>13</v>
+        <v>159</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1334</v>
+        <v>547</v>
       </c>
       <c r="H366" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>1336</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>1337</v>
       </c>
       <c r="D367" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E367" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F367" t="s">
         <v>13</v>
       </c>
       <c r="G367" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H367" t="s">
         <v>1338</v>
-      </c>
-[...1 lines deleted...]
-        <v>1339</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
         <v>1340</v>
       </c>
-      <c r="B368" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D368" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E368" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F368" t="s">
         <v>13</v>
       </c>
       <c r="G368" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H368" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
         <v>1344</v>
       </c>
-      <c r="B369" t="s">
-[...2 lines deleted...]
-      <c r="C369" t="s">
+      <c r="D369" t="s">
+        <v>874</v>
+      </c>
+      <c r="E369" t="s">
+        <v>875</v>
+      </c>
+      <c r="F369" t="s">
+        <v>13</v>
+      </c>
+      <c r="G369" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="D369" t="s">
-[...8 lines deleted...]
-      <c r="G369" s="1" t="s">
+      <c r="H369" t="s">
         <v>1346</v>
-      </c>
-[...1 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
         <v>1348</v>
       </c>
-      <c r="B370" t="s">
-[...2 lines deleted...]
-      <c r="C370" t="s">
+      <c r="D370" t="s">
+        <v>874</v>
+      </c>
+      <c r="E370" t="s">
+        <v>875</v>
+      </c>
+      <c r="F370" t="s">
+        <v>13</v>
+      </c>
+      <c r="G370" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="D370" t="s">
-[...8 lines deleted...]
-      <c r="G370" s="1" t="s">
+      <c r="H370" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
         <v>1352</v>
       </c>
-      <c r="B371" t="s">
-[...2 lines deleted...]
-      <c r="C371" t="s">
+      <c r="D371" t="s">
+        <v>874</v>
+      </c>
+      <c r="E371" t="s">
+        <v>875</v>
+      </c>
+      <c r="F371" t="s">
+        <v>23</v>
+      </c>
+      <c r="G371" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="D371" t="s">
-[...8 lines deleted...]
-      <c r="G371" s="1" t="s">
+      <c r="H371" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
         <v>1356</v>
       </c>
-      <c r="B372" t="s">
-[...2 lines deleted...]
-      <c r="C372" t="s">
+      <c r="D372" t="s">
+        <v>874</v>
+      </c>
+      <c r="E372" t="s">
+        <v>875</v>
+      </c>
+      <c r="F372" t="s">
+        <v>18</v>
+      </c>
+      <c r="G372" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="D372" t="s">
-[...8 lines deleted...]
-      <c r="G372" s="1" t="s">
+      <c r="H372" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
         <v>1360</v>
       </c>
-      <c r="B373" t="s">
-[...2 lines deleted...]
-      <c r="C373" t="s">
+      <c r="D373" t="s">
+        <v>874</v>
+      </c>
+      <c r="E373" t="s">
+        <v>875</v>
+      </c>
+      <c r="F373" t="s">
+        <v>37</v>
+      </c>
+      <c r="G373" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="D373" t="s">
-[...8 lines deleted...]
-      <c r="G373" s="1" t="s">
+      <c r="H373" t="s">
         <v>1362</v>
-      </c>
-[...1 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
         <v>1364</v>
       </c>
-      <c r="B374" t="s">
-[...2 lines deleted...]
-      <c r="C374" t="s">
+      <c r="D374" t="s">
+        <v>874</v>
+      </c>
+      <c r="E374" t="s">
+        <v>875</v>
+      </c>
+      <c r="F374" t="s">
+        <v>159</v>
+      </c>
+      <c r="G374" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="D374" t="s">
-[...8 lines deleted...]
-      <c r="G374" s="1" t="s">
+      <c r="H374" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
         <v>1368</v>
       </c>
-      <c r="B375" t="s">
-[...2 lines deleted...]
-      <c r="C375" t="s">
+      <c r="D375" t="s">
+        <v>874</v>
+      </c>
+      <c r="E375" t="s">
+        <v>875</v>
+      </c>
+      <c r="F375" t="s">
+        <v>159</v>
+      </c>
+      <c r="G375" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="D375" t="s">
-[...8 lines deleted...]
-      <c r="G375" s="1" t="s">
+      <c r="H375" t="s">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
         <v>1372</v>
       </c>
-      <c r="B376" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D376" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E376" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F376" t="s">
         <v>18</v>
       </c>
       <c r="G376" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H376" t="s">
         <v>1374</v>
-      </c>
-[...1 lines deleted...]
-        <v>1375</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
         <v>1376</v>
       </c>
-      <c r="B377" t="s">
-[...2 lines deleted...]
-      <c r="C377" t="s">
+      <c r="D377" t="s">
+        <v>874</v>
+      </c>
+      <c r="E377" t="s">
+        <v>875</v>
+      </c>
+      <c r="F377" t="s">
+        <v>46</v>
+      </c>
+      <c r="G377" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="D377" t="s">
-[...8 lines deleted...]
-      <c r="G377" s="1" t="s">
+      <c r="H377" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
         <v>1380</v>
       </c>
-      <c r="B378" t="s">
-[...2 lines deleted...]
-      <c r="C378" t="s">
+      <c r="D378" t="s">
+        <v>874</v>
+      </c>
+      <c r="E378" t="s">
+        <v>875</v>
+      </c>
+      <c r="F378" t="s">
+        <v>18</v>
+      </c>
+      <c r="G378" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="D378" t="s">
-[...8 lines deleted...]
-      <c r="G378" s="1" t="s">
+      <c r="H378" t="s">
         <v>1382</v>
-      </c>
-[...1 lines deleted...]
-        <v>1383</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
         <v>1384</v>
       </c>
-      <c r="B379" t="s">
-[...2 lines deleted...]
-      <c r="C379" t="s">
+      <c r="D379" t="s">
+        <v>874</v>
+      </c>
+      <c r="E379" t="s">
+        <v>875</v>
+      </c>
+      <c r="F379" t="s">
+        <v>18</v>
+      </c>
+      <c r="G379" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="D379" t="s">
-[...8 lines deleted...]
-      <c r="G379" s="1" t="s">
+      <c r="H379" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
         <v>1388</v>
       </c>
-      <c r="B380" t="s">
-[...2 lines deleted...]
-      <c r="C380" t="s">
+      <c r="D380" t="s">
+        <v>874</v>
+      </c>
+      <c r="E380" t="s">
+        <v>875</v>
+      </c>
+      <c r="F380" t="s">
+        <v>23</v>
+      </c>
+      <c r="G380" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="D380" t="s">
-[...8 lines deleted...]
-      <c r="G380" s="1" t="s">
+      <c r="H380" t="s">
         <v>1390</v>
-      </c>
-[...1 lines deleted...]
-        <v>1391</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
         <v>1392</v>
       </c>
-      <c r="B381" t="s">
-[...2 lines deleted...]
-      <c r="C381" t="s">
+      <c r="D381" t="s">
+        <v>874</v>
+      </c>
+      <c r="E381" t="s">
+        <v>875</v>
+      </c>
+      <c r="F381" t="s">
+        <v>37</v>
+      </c>
+      <c r="G381" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="D381" t="s">
-[...8 lines deleted...]
-      <c r="G381" s="1" t="s">
+      <c r="H381" t="s">
         <v>1394</v>
-      </c>
-[...1 lines deleted...]
-        <v>1395</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
         <v>1396</v>
       </c>
-      <c r="B382" t="s">
-[...2 lines deleted...]
-      <c r="C382" t="s">
+      <c r="D382" t="s">
+        <v>874</v>
+      </c>
+      <c r="E382" t="s">
+        <v>875</v>
+      </c>
+      <c r="F382" t="s">
+        <v>18</v>
+      </c>
+      <c r="G382" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="D382" t="s">
-[...8 lines deleted...]
-      <c r="G382" s="1" t="s">
+      <c r="H382" t="s">
         <v>1398</v>
-      </c>
-[...1 lines deleted...]
-        <v>1399</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
         <v>1400</v>
       </c>
-      <c r="B383" t="s">
-[...2 lines deleted...]
-      <c r="C383" t="s">
+      <c r="D383" t="s">
+        <v>874</v>
+      </c>
+      <c r="E383" t="s">
+        <v>875</v>
+      </c>
+      <c r="F383" t="s">
+        <v>18</v>
+      </c>
+      <c r="G383" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="D383" t="s">
-[...8 lines deleted...]
-      <c r="G383" s="1" t="s">
+      <c r="H383" t="s">
         <v>1402</v>
-      </c>
-[...1 lines deleted...]
-        <v>1403</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
         <v>1404</v>
       </c>
-      <c r="B384" t="s">
-[...2 lines deleted...]
-      <c r="C384" t="s">
+      <c r="D384" t="s">
+        <v>874</v>
+      </c>
+      <c r="E384" t="s">
+        <v>875</v>
+      </c>
+      <c r="F384" t="s">
+        <v>28</v>
+      </c>
+      <c r="G384" s="1" t="s">
         <v>1405</v>
       </c>
-      <c r="D384" t="s">
-[...8 lines deleted...]
-      <c r="G384" s="1" t="s">
+      <c r="H384" t="s">
         <v>1406</v>
-      </c>
-[...1 lines deleted...]
-        <v>1407</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
         <v>1408</v>
       </c>
-      <c r="B385" t="s">
-[...2 lines deleted...]
-      <c r="C385" t="s">
+      <c r="D385" t="s">
+        <v>874</v>
+      </c>
+      <c r="E385" t="s">
+        <v>875</v>
+      </c>
+      <c r="F385" t="s">
+        <v>159</v>
+      </c>
+      <c r="G385" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="D385" t="s">
-[...8 lines deleted...]
-      <c r="G385" s="1" t="s">
+      <c r="H385" t="s">
         <v>1410</v>
-      </c>
-[...1 lines deleted...]
-        <v>1411</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
         <v>1412</v>
       </c>
-      <c r="B386" t="s">
-[...2 lines deleted...]
-      <c r="C386" t="s">
+      <c r="D386" t="s">
+        <v>874</v>
+      </c>
+      <c r="E386" t="s">
+        <v>875</v>
+      </c>
+      <c r="F386" t="s">
+        <v>37</v>
+      </c>
+      <c r="G386" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="D386" t="s">
-[...8 lines deleted...]
-      <c r="G386" s="1" t="s">
+      <c r="H386" t="s">
         <v>1414</v>
-      </c>
-[...1 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
         <v>1416</v>
       </c>
-      <c r="B387" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D387" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E387" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F387" t="s">
         <v>37</v>
       </c>
       <c r="G387" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H387" t="s">
         <v>1418</v>
-      </c>
-[...1 lines deleted...]
-        <v>1419</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
         <v>1420</v>
       </c>
-      <c r="B388" t="s">
-[...2 lines deleted...]
-      <c r="C388" t="s">
+      <c r="D388" t="s">
+        <v>874</v>
+      </c>
+      <c r="E388" t="s">
+        <v>875</v>
+      </c>
+      <c r="F388" t="s">
+        <v>76</v>
+      </c>
+      <c r="G388" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="D388" t="s">
-[...8 lines deleted...]
-      <c r="G388" s="1" t="s">
+      <c r="H388" t="s">
         <v>1422</v>
-      </c>
-[...1 lines deleted...]
-        <v>1423</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
         <v>1424</v>
       </c>
-      <c r="B389" t="s">
-[...2 lines deleted...]
-      <c r="C389" t="s">
+      <c r="D389" t="s">
+        <v>874</v>
+      </c>
+      <c r="E389" t="s">
+        <v>875</v>
+      </c>
+      <c r="F389" t="s">
+        <v>37</v>
+      </c>
+      <c r="G389" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="D389" t="s">
-[...8 lines deleted...]
-      <c r="G389" s="1" t="s">
+      <c r="H389" t="s">
         <v>1426</v>
-      </c>
-[...1 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
         <v>1428</v>
       </c>
-      <c r="B390" t="s">
-[...2 lines deleted...]
-      <c r="C390" t="s">
+      <c r="D390" t="s">
+        <v>874</v>
+      </c>
+      <c r="E390" t="s">
+        <v>875</v>
+      </c>
+      <c r="F390" t="s">
+        <v>37</v>
+      </c>
+      <c r="G390" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="D390" t="s">
-[...8 lines deleted...]
-      <c r="G390" s="1" t="s">
+      <c r="H390" t="s">
         <v>1430</v>
-      </c>
-[...1 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
         <v>1432</v>
       </c>
-      <c r="B391" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D391" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E391" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F391" t="s">
         <v>159</v>
       </c>
       <c r="G391" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H391" t="s">
         <v>1434</v>
-      </c>
-[...1 lines deleted...]
-        <v>1435</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
         <v>1436</v>
       </c>
-      <c r="B392" t="s">
-[...2 lines deleted...]
-      <c r="C392" t="s">
+      <c r="D392" t="s">
+        <v>874</v>
+      </c>
+      <c r="E392" t="s">
+        <v>875</v>
+      </c>
+      <c r="F392" t="s">
+        <v>159</v>
+      </c>
+      <c r="G392" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="D392" t="s">
-[...8 lines deleted...]
-      <c r="G392" s="1" t="s">
+      <c r="H392" t="s">
         <v>1438</v>
-      </c>
-[...1 lines deleted...]
-        <v>1439</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
         <v>1440</v>
       </c>
-      <c r="B393" t="s">
-[...2 lines deleted...]
-      <c r="C393" t="s">
+      <c r="D393" t="s">
+        <v>874</v>
+      </c>
+      <c r="E393" t="s">
+        <v>875</v>
+      </c>
+      <c r="F393" t="s">
+        <v>159</v>
+      </c>
+      <c r="G393" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="D393" t="s">
-[...8 lines deleted...]
-      <c r="G393" s="1" t="s">
+      <c r="H393" t="s">
         <v>1442</v>
-      </c>
-[...1 lines deleted...]
-        <v>1443</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
         <v>1444</v>
       </c>
-      <c r="B394" t="s">
-[...2 lines deleted...]
-      <c r="C394" t="s">
+      <c r="D394" t="s">
+        <v>874</v>
+      </c>
+      <c r="E394" t="s">
+        <v>875</v>
+      </c>
+      <c r="F394" t="s">
+        <v>37</v>
+      </c>
+      <c r="G394" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="D394" t="s">
-[...8 lines deleted...]
-      <c r="G394" s="1" t="s">
+      <c r="H394" t="s">
         <v>1446</v>
-      </c>
-[...1 lines deleted...]
-        <v>1447</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
         <v>1448</v>
       </c>
-      <c r="B395" t="s">
-[...2 lines deleted...]
-      <c r="C395" t="s">
+      <c r="D395" t="s">
+        <v>874</v>
+      </c>
+      <c r="E395" t="s">
+        <v>875</v>
+      </c>
+      <c r="F395" t="s">
+        <v>18</v>
+      </c>
+      <c r="G395" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="D395" t="s">
-[...8 lines deleted...]
-      <c r="G395" s="1" t="s">
+      <c r="H395" t="s">
         <v>1450</v>
-      </c>
-[...1 lines deleted...]
-        <v>1451</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
         <v>1452</v>
       </c>
-      <c r="B396" t="s">
-[...2 lines deleted...]
-      <c r="C396" t="s">
+      <c r="D396" t="s">
+        <v>874</v>
+      </c>
+      <c r="E396" t="s">
+        <v>875</v>
+      </c>
+      <c r="F396" t="s">
+        <v>46</v>
+      </c>
+      <c r="G396" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="D396" t="s">
-[...8 lines deleted...]
-      <c r="G396" s="1" t="s">
+      <c r="H396" t="s">
         <v>1454</v>
-      </c>
-[...1 lines deleted...]
-        <v>1455</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
         <v>1456</v>
       </c>
-      <c r="B397" t="s">
-[...2 lines deleted...]
-      <c r="C397" t="s">
+      <c r="D397" t="s">
+        <v>874</v>
+      </c>
+      <c r="E397" t="s">
+        <v>875</v>
+      </c>
+      <c r="F397" t="s">
+        <v>76</v>
+      </c>
+      <c r="G397" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="D397" t="s">
-[...8 lines deleted...]
-      <c r="G397" s="1" t="s">
+      <c r="H397" t="s">
         <v>1458</v>
-      </c>
-[...1 lines deleted...]
-        <v>1459</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
         <v>1460</v>
       </c>
-      <c r="B398" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D398" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E398" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="F398" t="s">
         <v>23</v>
       </c>
       <c r="G398" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H398" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
         <v>1464</v>
       </c>
-      <c r="B399" t="s">
-[...2 lines deleted...]
-      <c r="C399" t="s">
+      <c r="D399" t="s">
+        <v>874</v>
+      </c>
+      <c r="E399" t="s">
+        <v>875</v>
+      </c>
+      <c r="F399" t="s">
+        <v>13</v>
+      </c>
+      <c r="G399" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="D399" t="s">
-[...8 lines deleted...]
-      <c r="G399" s="1" t="s">
+      <c r="H399" t="s">
         <v>1466</v>
-      </c>
-[...1 lines deleted...]
-        <v>1467</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
         <v>1468</v>
       </c>
-      <c r="B400" t="s">
-[...2 lines deleted...]
-      <c r="C400" t="s">
+      <c r="D400" t="s">
+        <v>874</v>
+      </c>
+      <c r="E400" t="s">
+        <v>875</v>
+      </c>
+      <c r="F400" t="s">
+        <v>23</v>
+      </c>
+      <c r="G400" s="1" t="s">
         <v>1469</v>
       </c>
-      <c r="D400" t="s">
-[...8 lines deleted...]
-      <c r="G400" s="1" t="s">
+      <c r="H400" t="s">
         <v>1470</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
         <v>1472</v>
       </c>
-      <c r="B401" t="s">
-[...2 lines deleted...]
-      <c r="C401" t="s">
+      <c r="D401" t="s">
+        <v>874</v>
+      </c>
+      <c r="E401" t="s">
+        <v>875</v>
+      </c>
+      <c r="F401" t="s">
+        <v>159</v>
+      </c>
+      <c r="G401" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="D401" t="s">
-[...8 lines deleted...]
-      <c r="G401" s="1" t="s">
+      <c r="H401" t="s">
         <v>1474</v>
-      </c>
-[...1 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
         <v>1476</v>
       </c>
-      <c r="B402" t="s">
-[...2 lines deleted...]
-      <c r="C402" t="s">
+      <c r="D402" t="s">
+        <v>874</v>
+      </c>
+      <c r="E402" t="s">
+        <v>875</v>
+      </c>
+      <c r="F402" t="s">
+        <v>28</v>
+      </c>
+      <c r="G402" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="D402" t="s">
-[...8 lines deleted...]
-      <c r="G402" s="1" t="s">
+      <c r="H402" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
         <v>1480</v>
       </c>
-      <c r="B403" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D403" t="s">
+        <v>874</v>
+      </c>
+      <c r="E403" t="s">
+        <v>875</v>
+      </c>
+      <c r="F403" t="s">
+        <v>18</v>
+      </c>
+      <c r="G403" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="E403" t="s">
+      <c r="H403" t="s">
         <v>1482</v>
-      </c>
-[...7 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D404" t="s">
+        <v>874</v>
+      </c>
+      <c r="E404" t="s">
+        <v>875</v>
+      </c>
+      <c r="F404" t="s">
+        <v>18</v>
+      </c>
+      <c r="G404" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="B404" t="s">
-[...14 lines deleted...]
-      <c r="G404" s="1" t="s">
+      <c r="H404" t="s">
         <v>1486</v>
-      </c>
-[...1 lines deleted...]
-        <v>1487</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>10</v>
+      </c>
+      <c r="D405" t="s">
         <v>1488</v>
       </c>
-      <c r="B405" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E405" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="F405" t="s">
-        <v>674</v>
+        <v>37</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="H405" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>27</v>
+        <v>498</v>
       </c>
       <c r="D406" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="E406" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="F406" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="H406" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D407" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="E407" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="F407" t="s">
-        <v>37</v>
+        <v>678</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="H407" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D408" t="s">
-        <v>1498</v>
+        <v>1488</v>
       </c>
       <c r="E408" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F408" t="s">
+        <v>678</v>
+      </c>
+      <c r="G408" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="F408" t="s">
-[...2 lines deleted...]
-      <c r="G408" s="1" t="s">
+      <c r="H408" t="s">
         <v>1500</v>
-      </c>
-[...1 lines deleted...]
-        <v>1501</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>32</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1488</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F409" t="s">
+        <v>37</v>
+      </c>
+      <c r="G409" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="B409" t="s">
-[...14 lines deleted...]
-      <c r="G409" s="1" t="s">
+      <c r="H409" t="s">
         <v>1503</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>10</v>
+      </c>
+      <c r="D410" t="s">
         <v>1505</v>
       </c>
-      <c r="B410" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E410" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F410" t="s">
-        <v>13</v>
+        <v>159</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>547</v>
+        <v>1507</v>
       </c>
       <c r="H410" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>22</v>
+        <v>498</v>
       </c>
       <c r="D411" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E411" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F411" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="H411" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D412" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E412" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F412" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1511</v>
+        <v>547</v>
       </c>
       <c r="H412" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D413" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E413" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F413" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="H413" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D414" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E414" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F414" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="H414" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D415" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E415" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F415" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="H415" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="D416" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E416" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F416" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="H416" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D417" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E417" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F417" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="H417" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D418" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E418" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F418" t="s">
         <v>13</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="H418" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="D419" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E419" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F419" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="H419" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D420" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E420" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F420" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="H420" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="D421" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E421" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F421" t="s">
         <v>46</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="H421" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="D422" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E422" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F422" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="H422" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="D423" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E423" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F423" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="H423" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="D424" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E424" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F424" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="H424" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="D425" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E425" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F425" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="H425" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="D426" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E426" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F426" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="H426" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>498</v>
+        <v>93</v>
       </c>
       <c r="D427" t="s">
-        <v>1556</v>
+        <v>1505</v>
       </c>
       <c r="E427" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F427" t="s">
+        <v>76</v>
+      </c>
+      <c r="G427" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="F427" t="s">
-[...2 lines deleted...]
-      <c r="G427" s="1" t="s">
+      <c r="H427" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>1559</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>98</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F428" t="s">
+        <v>23</v>
+      </c>
+      <c r="G428" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="B428" t="s">
-[...14 lines deleted...]
-      <c r="G428" s="1" t="s">
+      <c r="H428" t="s">
         <v>1561</v>
-      </c>
-[...1 lines deleted...]
-        <v>1562</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>498</v>
+      </c>
+      <c r="D429" t="s">
         <v>1563</v>
       </c>
-      <c r="B429" t="s">
-[...5 lines deleted...]
-      <c r="D429" t="s">
+      <c r="E429" t="s">
         <v>1564</v>
       </c>
-      <c r="E429" t="s">
+      <c r="F429" t="s">
+        <v>638</v>
+      </c>
+      <c r="G429" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="F429" t="s">
-[...2 lines deleted...]
-      <c r="G429" s="1" t="s">
+      <c r="H429" t="s">
         <v>1566</v>
-      </c>
-[...1 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
         <v>17</v>
       </c>
       <c r="D430" t="s">
+        <v>1563</v>
+      </c>
+      <c r="E430" t="s">
         <v>1564</v>
       </c>
-      <c r="E430" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F430" t="s">
-        <v>743</v>
+        <v>638</v>
       </c>
       <c r="G430" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H430" t="s">
         <v>1569</v>
-      </c>
-[...1 lines deleted...]
-        <v>1570</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
         <v>10</v>
       </c>
       <c r="D431" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E431" t="s">
         <v>1572</v>
       </c>
-      <c r="E431" t="s">
+      <c r="F431" t="s">
+        <v>747</v>
+      </c>
+      <c r="G431" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="F431" t="s">
-[...2 lines deleted...]
-      <c r="G431" s="1" t="s">
+      <c r="H431" t="s">
         <v>1574</v>
-      </c>
-[...1 lines deleted...]
-        <v>1575</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>17</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F432" t="s">
+        <v>747</v>
+      </c>
+      <c r="G432" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="B432" t="s">
-[...14 lines deleted...]
-      <c r="G432" s="1" t="s">
+      <c r="H432" t="s">
         <v>1577</v>
-      </c>
-[...1 lines deleted...]
-        <v>1578</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>10</v>
+      </c>
+      <c r="D433" t="s">
         <v>1579</v>
       </c>
-      <c r="B433" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E433" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
       <c r="F433" t="s">
-        <v>37</v>
+        <v>678</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="H433" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>36</v>
+        <v>498</v>
       </c>
       <c r="D434" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="E434" t="s">
-        <v>1573</v>
+        <v>1580</v>
+      </c>
+      <c r="F434" t="s">
+        <v>678</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>547</v>
+        <v>1584</v>
       </c>
       <c r="H434" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="D435" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="E435" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
       <c r="F435" t="s">
-        <v>159</v>
+        <v>37</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="H435" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
+        <v>36</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>45</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F437" t="s">
+        <v>159</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
         <v>41</v>
       </c>
-      <c r="D436" t="s">
-[...9 lines deleted...]
-        <v>1591</v>
+      <c r="D438" t="s">
+        <v>1595</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1596</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>10</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F439" t="s">
+        <v>159</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>17</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F440" t="s">
+        <v>76</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>22</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F441" t="s">
+        <v>28</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>27</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F442" t="s">
+        <v>13</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>32</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F443" t="s">
+        <v>18</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>36</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F444" t="s">
+        <v>46</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>41</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F445" t="s">
+        <v>543</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>45</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F446" t="s">
+        <v>37</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>50</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F447" t="s">
+        <v>23</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1603</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16924,50 +17294,61 @@
     <hyperlink ref="G412" r:id="rId411"/>
     <hyperlink ref="G413" r:id="rId412"/>
     <hyperlink ref="G414" r:id="rId413"/>
     <hyperlink ref="G415" r:id="rId414"/>
     <hyperlink ref="G416" r:id="rId415"/>
     <hyperlink ref="G417" r:id="rId416"/>
     <hyperlink ref="G418" r:id="rId417"/>
     <hyperlink ref="G419" r:id="rId418"/>
     <hyperlink ref="G420" r:id="rId419"/>
     <hyperlink ref="G421" r:id="rId420"/>
     <hyperlink ref="G422" r:id="rId421"/>
     <hyperlink ref="G423" r:id="rId422"/>
     <hyperlink ref="G424" r:id="rId423"/>
     <hyperlink ref="G425" r:id="rId424"/>
     <hyperlink ref="G426" r:id="rId425"/>
     <hyperlink ref="G427" r:id="rId426"/>
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>