--- v0 (2025-12-21)
+++ v1 (2026-03-22)
@@ -54,4297 +54,4297 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gustavo Henrique de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1631/indicacao_01.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1631/indicacao_01.2024.pdf</t>
   </si>
   <si>
     <t>Indicado à Secretaria de Obras e Transportes do Município, que providêncie em caráter de urgência a devida sinalização de trânsito bem como a feitura de lombo faixas na região na Avenida Dr. Di, entre os trechos compreendidos desde o Quartel da Polícia Militar, cruzamento com rua Paraíba até o cruzamento com a rua Piauí.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Adilson Mário Alves</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1632/indicacao_02.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1632/indicacao_02.2024.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providênciado com urgência a manutenção da estrada de acesso que vai da UBS do bairro Triângulo até o Rancho dos Caboclos do Sertão.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Leonardo Diógenes Coelho</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1633/indicacao_03.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1633/indicacao_03.2024.pdf</t>
   </si>
   <si>
     <t>Indica a possibilidade do fornecimento de energia Fotovoltaica para as residência dos Bairros Aeroporto, São José e São Geraldo, e ou, famílias de baixa renda que recebem BPC.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1694/indicacao_06.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1694/indicacao_06.2024.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que providencie com urgência a infraestrutura (pavimentação, energia elétrica e esgoto) no bairro Patrícia de Oliveira, empreendimento da empresa Camponesa Empreendimentos Imobiliários LTDA-ME.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Adão Amaral da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1695/indicacao_07.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1695/indicacao_07.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado que providencie a instalação de uma lixeira na Praça João do Vila, nas proximidades da quadra do poliesportivo do bairro São José.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Karla Francisca Vieira Araújo</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1786/indicacao_08.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1786/indicacao_08.2024.pdf</t>
   </si>
   <si>
     <t>Indicado que seja elaborado estudo técnico concernente a viabilidade de enquadramento dos cardos de Auxiliares de Enfermagem em Técnicos de Enfermagem.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>José Ailton de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1787/indicacao_09.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1787/indicacao_09.2024.pdf</t>
   </si>
   <si>
     <t>Solicita o prolongamento das ligações de água e esgoto de forma gratuita, na Rua Bevenuto Alvarenga, em especial da residência do Sr. Orlando Daniel Caetano, casa de nº 14 F, no Bairro Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1788/indicacao_10.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1788/indicacao_10.2024.pdf</t>
   </si>
   <si>
     <t>Indica a criação do cargo de Treinador Esportivo na Secretária Municipal da Educação ou do Esporte.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1789/indicacao_11.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1789/indicacao_11.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie, com urgência, a instalação de uma academia ao ar livre na Praça da Igreja São Sebastião, no Bairro São Sebastião.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1790/indicacao_12.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1790/indicacao_12.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie, com urgência, a construção de uma rampa de acesso à Praça da pista de skate, no bairro São José.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1791/indicacao_13.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1791/indicacao_13.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie, com urgência, a instalação de bancos no entorno da Praça Joaquim Jorge de Carvalho - Praça da Estação, no bairro Triângulo.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1799/indicacao_14.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1799/indicacao_14.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente da prefeitura que encaminhe modelo de projeto de lei que "Dispõe sobre a criação da programa "FAMÍLIA ACOLHEDORA" que visa o acolhimento provisório de crianças e adolescentes em situação de risco."</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1800/indicacao_14.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1800/indicacao_14.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor compentente da prefeitura que encaminhe projeto de lei que "Institui o benefício de auxílio-aluguel destinado às mulheres vítimas de violência doméstica e familiar no município de Dores do Indaiá-MG e dá outras providências."</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_16.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_16.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie com urgência a instalação de bancos nos pontos de ônibus que ainda não foram isntalados.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_17.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_17.2024.pdf</t>
   </si>
   <si>
     <t>Apresenta proposta de emenda à Lei Orgânica para que inclua a licença maternidade às vereadoras.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_gustavo.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_gustavo.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize a manutenção do final da rua Professor Djalma Melgaço.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_gustavo_02.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_gustavo_02.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize a manutenção da estrada Gerais.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1948/indicacao_gustavo_03.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1948/indicacao_gustavo_03.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize a manutenção da estrada Anta dos Coelhos.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1625/requerimento_01.2024_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1625/requerimento_01.2024_2.pdf</t>
   </si>
   <si>
     <t>Solicitação de apoio da Câmara Municipal de Dores do Indaiá/MG a Emenda à Constituição Estadual que dá nova redação ao caput do artigo 24 da Constuição do Estado e acrescenta os § 11 e 12 ao mesmo diploma legal.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1626/requerimento_02.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1626/requerimento_02.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que seja convocado em regime de urgência a Ilma. Sra. Lisa Amanda de Oliveira, secretária municipal de educação para comparecer na próxima reunião ordinária do dia 20 de fevereiro de 2024, às 19:00 horas.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1627/requerimento_03.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1627/requerimento_03.2024.pdf</t>
   </si>
   <si>
     <t>Requerido a abertura de Comissão Especial para ouvir a denuciante Luciana Teixeira de Sousa para que esta possa formalizar a denúncia ora apresentada no dia 25/09/2023 e apresentar provas cabíveis.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1628/requerimento_04.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1628/requerimento_04.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam encaminhados os movimentos analíticos separado por fonte de recurso financeiro de todas as contas bancárias em nome da Prefeitura emintidos pelo sistema Sonner com as certidões da Tesouraria até a data da conciliação das contas referente aos meses de novembro e dezembro de 2023 e janeiro de 2024.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1629/requerimento_05.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1629/requerimento_05.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que o setor competente da prefeitura encaminhe a esta Casa Legislativa cópias dos contratos, notas fiscais, empenhos e comprovantes de pagamento relativos a contratações de artistas e/ou promotores que prestaram serviços para realização do Réveillon 2023/2024 e Carnaval 2024 realizados por esta municipalidade.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1630/requerimento_06.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1630/requerimento_06.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que seja observado pelo Presidente as prescreções do Regimento Interno da Câmara Municipal  - Resolução nº 2, de 24 de junho de 2014, integralmente, em especial quanto a observância ao tempo de manifestação dos nobres parlamentares, sendo utilizado cronmetro, campanhia e a suspensão da palavra caso o parlamentar persista em prosseguir com sua fala, após advertido pelo Presidente da Mesa.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1652/requerimento_07.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1652/requerimento_07.2024.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente da prefeitura o envio da cópias de contas das diárias de viagens dos agentes políticos (prefeito, vice-prefeito, secretário e demais cargos comissionados ) contendo comprovantes fiscais, autorização do superior hierárquio, autorização para saída de veículo, conforme prescrições contidas no artigo 15 e 16 da Lei Municipal nº 2.520/2013.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1653/requerimento_08.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1653/requerimento_08.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que seja enviado ao setor competente cópia do contrato referente ao Processo Licitatório nº 100/2023 na modalidade Pregão SRP nº 030/2023.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1691/requerimento_09.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1691/requerimento_09.2024.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo que envie relação dos bens patrimôniais do município referente a imóveis, discrimado por número de matrícula, área do imóvel e sua localidade.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1692/requerimento_10.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1692/requerimento_10.2024.pdf</t>
   </si>
   <si>
     <t>Requerido a instalação de CPI, para que cumpra a decisão judicial exarada nos autos do Mandado de Segurança - Processo nº 5001578-87.2022.813.0232</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1693/requerimento_11.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1693/requerimento_11.2024.pdf</t>
   </si>
   <si>
     <t>Requerido convocação em regime de urgência dos ilustríssimos senhores, Derli Adriano Ferreira Secretário Municipal de Obras e Transportes e Marcus Sacchetto Duarte Engenheiro na função de assessor de projetos para comparecerem a este parlamento na próxima reunião ordinária a ser realizada no dia 16 de abril de 2024.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1792/requerimento_12.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1792/requerimento_12.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que se encaminhe a esta Casa Legislativa relatório circunstanciado da aplicação dos recursos recebidos pelo município através do acordo de reparação pelo desastre do rompimento da barragem da Vale S/A, acompanhado dos contratos, notas fiscais e empenhos dos credores.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1793/requerimento_15.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1793/requerimento_15.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que se encaminhe a esta Casa Legislativa cópias integrais dos contratos, empenhos e comprovantes de pagamento relativos a contratações de artistas e/ou  promotores, contratação de palco, som e outros para a realização da 3ª Virada Cultural, realizada nos dias 04 e 05 de maio de 2024 e Motofest 2024, realizada de 09 a 12 de maio de 2024.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_16.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_16.2024.pdf</t>
   </si>
   <si>
     <t>Requerido a convocação da Ilma. Sra. Jessica Geralda de Jesus Melo, Secretária Municipal de Desenvolvimento Social para comparecer a esta Casa Legislativa para prestar esclarecimentos.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1795/requerimento_17.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1795/requerimento_17.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que se encaminhe a esta Casa Legislativa relação de convênios firmados com União e com o Estado de Minas Gerais, no período de 01/01/2021 até a presente data; relação de emendas parlamentares especiais, de bancada ou individual, destinadas ao municipío de Dores do Indaiá; relação de recursos destinados ao município por intermédio das resoluções estaduais  e/ou federais; informações sobre a adesão do município à Lei Complementar Estadual 171/2023 e  Termo de Compromisso firmado em consonância com a Resolução SES nº 9.027/2023.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1796/requerimento_18.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1796/requerimento_18.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a esta Casa Legislativa movimentos analíticos separados por fonte de recurso financeiro de todas as contas bancárias em nome da prefeitura emitidos pelo sistema Sonner.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1797/requerimento_no_19.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1797/requerimento_no_19.2024.pdf</t>
   </si>
   <si>
     <t>Requerido que seja convocada a Ilma. Sra. Nubia Fernanda da Silva, Secretária Municipal de Saúde para comparecer a esta  Casa Legislativa na Reunião Ordinária  do dia 06 de agosto de 2024.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1798/requerimento_20.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1798/requerimento_20.2024.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente que encaminhe a esta Casa Legislativa cópia integral do Processo Licitatório 016/2024 referente ao Chamamento Público 001/2024 e cópia do Contrato da empresa vencedora do certame Hauss Brasil Ltda.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_no_024.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_no_024.2024.pdf</t>
   </si>
   <si>
     <t>REJEITADO - Requerido a convocação da Ilma. Sra. Cleonice Aparecida da Silva, Secretária de Administração, Planejamento e Finanças para comparecer nesta Casa Legislativa em Reunião Ordinária no prazo de 15 dias, para esclarecimentos.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1827/requerimento_26.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1827/requerimento_26.2024.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente da prefeitura que encaminhe a esta Casa Legislativa os saldos atuais de todas as contas bancárias em nome do Município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1857/requerimento_28.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1857/requerimento_28.2024.pdf</t>
   </si>
   <si>
     <t>Requerido a convocação em regime de urgência a Ilma. Sra. Lisa Amanda de Oliveira, Secretária Municipal de Educação para comparecer a este parlamento na reunião ordinária que será realizada no dia 24/09/2024, às 19:00.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1943/requerimento_29.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1943/requerimento_29.2024.pdf</t>
   </si>
   <si>
     <t>Requerido à Exma. Sra. Delegada de Polícia Civil- Dra. Franciane Leandro Ribeiro a criação de um novo Posto de Identificação ao cidadão e ao Prefeito Alexandro Coelho que forneça um funcionário para a capacitação de mais um servidor.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1941/requerimento_31.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1941/requerimento_31.2024.pdf</t>
   </si>
   <si>
     <t>Requerido od Poder Executivo que seja encaminhado à Câmara os saldos de todas as contas bancárias referentes aos meses de setembro e outubro de 2024 em nome do Município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1942/requerimento_32.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1942/requerimento_32.2024.pdf</t>
   </si>
   <si>
     <t>Requerido do Poder Executivo que encaminha à Câmara documentação referente ao Contrato 175/2023 - Concorrência nº 002/2024 - Processo Licitatório 098/2023.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1944/requerimento_33.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1944/requerimento_33.2024.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de questionamentos ao resposável pelo veículos e máquinas da prefeitura.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Requerido que o responsável pelos veículos e máquinas da prefeitura informe se foram retirados do veículo Amarok de placa OXJ-3163, que estavam em bom estado, e substituídos por pneus gastos, após o véiculo ser colocado para leilão. E caso a resposta seja afirmativa, informe qual destinação foi dada aos pneus retirados.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo Municipal - PEM</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1619/projeto_de_lei_01.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1619/projeto_de_lei_01.2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 2º, da Lei Municipal nº 3.047, de 14 de setembro de 2.022, que concede incentivo para pagamento de aluguel a empresa que descreve, e dá outras providências.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1620/projeto_de_lei_complementar_002.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1620/projeto_de_lei_complementar_002.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir campanha de incentivo à transferência de veículos automóveis do município de Dores do Indaiá - Minas Gerais.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1621/projeto_de_lei_003.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1621/projeto_de_lei_003.2024.pdf</t>
   </si>
   <si>
     <t>REJEITADO - Autoriza a recomposição da perda inflacionária dos subsídios dos secretários municipais de Dores do Indaiá, Estado de Minas Gerais , e dá outras providências.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Leonardo Diógenes Coelho, Silvio Silva, Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1722/projeto_de_lie_05.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1722/projeto_de_lie_05.2024.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do prefeito, vice-prefeito e secretários municipais de Dores do Indaiá, estando de Minas Gerais, a vigorar na legislatura 2.025/2.028.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1723/projeto_de_lei_07.2024_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1723/projeto_de_lei_07.2024_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o tempo máximo de espera em fila de agências bancárias no Município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1724/projeto_de_lei_08.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1724/projeto_de_lei_08.2024.pdf</t>
   </si>
   <si>
     <t>Desafeta área de 1.575,00 M² para fins de desmembramento para construção de creche infantil e dá outras providências.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1725/projeto_de_lei_09.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1725/projeto_de_lei_09.2024.pdf</t>
   </si>
   <si>
     <t>Dasafeta área de 5.600 M² para construção de escola e dá outras providências.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1726/projeto_de_lei_010.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1726/projeto_de_lei_010.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.145/2023 que concede benefício através de doação de área de propriedade do município de Dores do Indaiá - Estado de Minas Gerais à empresa que descreve, para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1728/projeto_de_lei_11.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1728/projeto_de_lei_11.2024.pdf</t>
   </si>
   <si>
     <t>Denomina Praça de Skate Izabel Maria de Jesus (Izabel Abóbora).</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1729/projeto_de_lei_12.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1729/projeto_de_lei_12.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.909/2020 que: dá denominação a Creche Proinfância.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1730/projeto_de_lei_13.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1730/projeto_de_lei_13.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.920/2020 que: Dispõe sobre a criação da Escola Municipal de Educação Infantil Dr. Zacarias e dá outras providências.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1731/projeto_de_lei_014.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1731/projeto_de_lei_014.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a indenizar o cidadão Jaimes Nata da Silva por danos materiais sofridos em veículos de sua propriedade, em razão da responsabilidade civil objetiva do municipío e dá outras providências.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1732/projeto_de_lei_15.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1732/projeto_de_lei_15.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Instituto de Previdência do Servidor Municipal de Dores do Indaiá - IPSEMDI a realizar pagamento de despesas através do regime de adiantamento e dá outras providências.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1733/pl_016.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1733/pl_016.2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta a propaganda volante e o uso de atividades sonoras no município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1734/pl_17.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1734/pl_17.2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Parágrafo único do Art. 2º do Regulamento de Serviço de Taxi de Dores do Indaiá da Lei nº 1.204, de 19 de agosto de 1.977(que institui o Serviço de Taxi e Autoriza Assinatura de Convênio).</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1736/pl_18.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1736/pl_18.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de próprio municipal e da outras providências.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1739/projeto_de_lei_no_19.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1739/projeto_de_lei_no_19.2024.pdf</t>
   </si>
   <si>
     <t>FOI APRESENTADO PROJETO SUBSTITUTIVO Nº 01/2024 - Altera a denominação, o endereço e o atendimento da Creche Municipal Menino Jesus</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1737/projeto_de_lei_20.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1737/projeto_de_lei_20.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóveis aos munícipes afetados pelo decreto nº 021/2022 após a conclusão do procedimento junto a COMPDEC e dá outras providências.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1959/projeto_de_lei_21.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1959/projeto_de_lei_21.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de próprio municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1738/projeto_de_lei_022.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1738/projeto_de_lei_022.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a indenizar os cidadãos Lilian Kristina Coêlho, Caroline Silva Claudino, dioni William Palhares por danos materiais em seus veículos decorrentes da responsabilidade civil objetiva do municipio e dá outras providências.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1807/projeto_de_lei_023.2024_3_arquivos_mesclados.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1807/projeto_de_lei_023.2024_3_arquivos_mesclados.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei de Diretrizes Orçamentárias para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1804/projeto_de_lei_no_24.2024_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1804/projeto_de_lei_no_24.2024_.pdf</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1742/pl_25.2024_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1742/pl_25.2024_-_convertido.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a indenizar a cidadã Patrícia Daniela Ribeiro de Sousa por danos materiais em seu veículo decorrentes da responsabilidade civil objetiva do município e dá outras providências.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1805/projeto_de_lei_no_26.2024_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1805/projeto_de_lei_no_26.2024_.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do Programa Municipal de incentivo à coleta de pneus inservíveis, no município de Dores do Indaiá/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_27.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_27.2024.pdf</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1811/projeto_de_lei_no_028.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1811/projeto_de_lei_no_028.2024.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL DE NATUREZA SUPLEMENTAR NO VALOR DE R$ 1.091.329,30 (UM MILHÃO, NOVENTA E UM MIL, TREZENTOS E VINTE E NOVE REAIS E TRINTA CENTAVOS) NA FORMA QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1902/projeto_de_lei_30.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1902/projeto_de_lei_30.2024.pdf</t>
   </si>
   <si>
     <t>Reconhece a entidade do município de Dores do Indaiá como de utilidade pública e dá outras providências.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1914/pl_31.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1914/pl_31.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a indenizar os cidadãos Osmar Eudes da Silva e Wanderson Gonçalves por danos materiais em seus veículos decorrentes da responsabilidade civil objetiva do município e dá outras providências.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1960/projeto_de_lei_32.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1960/projeto_de_lei_32.2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 2º da Lei 3.040/2022, que CRIA A MEDALHA FLOR DO CONGADO NO ÂMBITO DO MUNICÍPIO DE DORES DO INDAIÁ REGULAMENTA SUA CONCESSÃO.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1961/projeto_de_lei_33.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1961/projeto_de_lei_33.2024.pdf</t>
   </si>
   <si>
     <t>Estabelece os feriados municipais em Dores do Indaiá - Minas Gerais, para o ano de 2.025 e dá outras providências.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1962/projeto_de_lei_34.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1962/projeto_de_lei_34.2024.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público como Rua Santos Dumont a atual Rua "A" localizada no bairro Aeroporto.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_35.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_35.2024.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios que prioridade para ingresso de crianças nos Centros Municipais de Educação Infantil de Dores do Indaiá/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2029/projeto_de_lei_ordinaria_38.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2029/projeto_de_lei_ordinaria_38.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.558 de 17 de abril de 2014 que: dispõe sobre estágio de estudantes na prefeitura municipal.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1615/projeto_de_lei_complementar_001.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1615/projeto_de_lei_complementar_001.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento de complemento salarial aos servidores que recebem remuneração inferior ao salário mínimo nacional.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1616/projeto_de_lei_complementar_002.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1616/projeto_de_lei_complementar_002.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição da perda inflacionária dos vencimentos dos servidores públicos da administração direta e indireta do municipío de Dores do Indaiá - Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1617/projeto_de_lei_complementar_003.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1617/projeto_de_lei_complementar_003.2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta e fixa o piso salarial dos Agentes Comunitários de Saúde (ACS) e dos Agentes de Combate a Endemias (ACE) do Município de Dores do Indaiá - Minas Gerais, para o exercício de 2024, nos termos da Emenda Constitucional nº. 120/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1618/projeto_de_lei_complementar_04.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1618/projeto_de_lei_complementar_04.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição de perda inflacionaria dos vencimentos dos servidores do Poder Legislativo de Dores do Indaiá - Minas Gerais.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1858/pcl_05.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1858/pcl_05.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 80, de 12 de março de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1859/plc_07.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1859/plc_07.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 81, de 22 de março de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1860/plc_08.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1860/plc_08.2024.pdf</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1861/pcl_09.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1861/pcl_09.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Redação do §3º do artigo 97 da Lei Complementar Municipal nº 78, de 22 de março de 2019, que dispõe sobre o estatuto dos servidores públicos do município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1862/plc_10.2024_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1862/plc_10.2024_.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Complementar nº 148/2023 de 11 de dezembro de 2.023 e dá outras providências.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1863/plc_11.2024_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1863/plc_11.2024_.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Complementar nº 149/2023 de 11 de dezembro de 2.023 e dá outras providências.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1864/plc_12.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1864/plc_12.2024.pdf</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>Of</t>
   </si>
   <si>
     <t>Requerimentos e Indicações Verbais</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1603/oficio_10.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1603/oficio_10.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito a capina na porta e no entorno do PSF São Geraldo, pois essas localidades mencionadas encontram-se com mato muito alto.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1604/oficio_11.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1604/oficio_11.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito a capina e a revitalização da Rua Olavo, pois a mesma se encontra abandonada e cheia de mato alto, com isso animais peçonhentos estão adentrando em algumas residências.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1605/oficio_12.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1605/oficio_12.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito a capina e asfaltamento na Rua Travessa Alvarenga, pois a mesma se encontra com mato muito alto.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1606/oficio_13.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1606/oficio_13.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja feito a liberação do transito na Rua Pará próximo a obra da Praça Abaeté, pois se encontra bloqueada, causando transtorno aos moradores que estão tendo dificuldade para sair e chegar em casa com seus veículos, então que possa liberar o transito pelo menos nas partes em que a obra já estaja concluída.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1607/oficio_14.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1607/oficio_14.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita da secretaria competente que realize a manutenção na estrada Campo Alegre, sentido ao Quartel São João, pois se encontra intransitável.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1608/oficio_15.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1608/oficio_15.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita da secretaria competente que realize a manutenção na estrada do Fundão, pois se encontra intransitável. Solicitado também a manutenção na estrada da Tapui, princiapalmente nas proximidades do (monumento do Índio), onde há um buraco grande em uma curva.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1609/oficio_16.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1609/oficio_16.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a contenção do barranco da rua do Capelinha - morro da Capelinha (ao lado da Lanchonete Capella's) Rua Godofredo S. Araújo sentido Capelinha à Padre Luiz, pois o barranco esta desbarrancando.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1610/oficio_17.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1610/oficio_17.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja feito um estudo de viabilidade para que os Agentes de Endemias durante esse período crítico possam realizar o trabalho de vigilância e fiscalização nas casas fora do horário comercial, para que possam encontrar os moradores.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>Adilson Pereira Lino</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1611/oficio_18.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1611/oficio_18.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feita feita a manutenção e reparação passando a patrola a ponte os veados na estrada da propriedade do "Sérgio da Candinha".</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1612/oficio_19.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1612/oficio_19.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja feita a manutenção e reparação na estrada sentido "Campo Alegre", no morro do Caxambu, pois há um buraco muito fundo no local, podendo causar prejuízos e acidentes com os que ali transitam.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1613/oficio_20.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1613/oficio_20.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja feita manutenção nas proximidades do PSF São Geraldo, pois a enxurrada da chuva etá passando por cima do meio fio e está avançando pra onde era um buraco.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1622/oficio_23.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1622/oficio_23.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente  um estudo de viabilidade em caráter de urgência para que seja providênciado a construção de uma rotatória na Praça da Estação.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1623/oficio_24.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1623/oficio_24.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que seja realizada a revitalização da MG 176 entre as cidades de Dores do Indaiá-MG e Abaeté - MG.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1624/oficio_25.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1624/oficio_25.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Poder Executivo em caráter de urgência, para que utilize de suas influências com os deputados para que intervenham na revitalização da MG 176 entre as cidades de Dores do Indaiá e Abaeté-MG.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1639/oficio_32.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1639/oficio_32.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente ao Poder Executivo que informe a quantidade de servidores efetivo e contratos que possui até a presente data.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1640/oficio_33.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1640/oficio_33.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja realizada a manutenção na Estrada Campo Alegr, sentido ao Quartel São João, pois se encontra intransitável.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1641/oficio_34.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1641/oficio_34.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a capina no fundo e no entorno do PSF Triângulo.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1642/oficio_35.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1642/oficio_35.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a capina da localidade do Córrego da Máquina até chegar no asfalto, pois o local está com o mato muito alto.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1643/oficio_36.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1643/oficio_36.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja retomada as obras da rua Tapajós, pois devido as chuvas, todo o serviço já feito, já está sendo levado embora.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1644/oficio_37.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1644/oficio_37.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja providenciado a manutenção e reparo próximo a ponte na localidade do Córrego da Máquina até chegar no asfalto.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1645/oficio_38.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1645/oficio_38.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado a secretária competente que providencie a manutenção dos banheiros públicos da feirinha da Matriz, pois estão bastante estragados e sem condições de uso.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1646/oficio_39.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1646/oficio_39.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja feito a capina na rua Belmiro Teles, devido ao mato estar muito alto.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1647/oficio_43.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1647/oficio_43.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja providenciado a cobertura do ponto de táxi da Santa Casa.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1648/oficio_44.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1648/oficio_44.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a melhoria da Praça Getúlio Vargas (praça de feira) para proporcionar um local com melhores condições para os feirantes.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1649/oficio_45.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1649/oficio_45.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja providenciado a manutenção e reforma no prédio da antiga prefeitura.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1650/oficio_46.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1650/oficio_46.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a capina na Rua Olavo Bilac, pois o mato está adentrando em alguma residências.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1651/oficio_48.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1651/oficio_48.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado competente que seja feito estudo de viabilidade para instalação de redutor de velocidade na Rua Espírito Santo, próximo ao nº 1.000, no bairro Osvaldo Araújo.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1678/oficio_48.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1678/oficio_48.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize um estudo de viabilidade para a instalação de redutor de velocidade da Rua Espirito Santo, próximo ao nº 1.000, bairro Osvaldo Araújo.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1654/oficio_58.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1654/oficio_58.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito um estudo de viabilidade para que faça um rodízio de bairros informando a população quando será retirado o entulho.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1655/oficio_59.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1655/oficio_59.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja instalado grades de proteção no bebouro de quadra poliesportiva da Praça de Esportes.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1656/oficio_60.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1656/oficio_60.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feita a manutenção e reparação próximo a ponte dos veados , na estrada da propriedade do "Sérgio a Candinha".</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1657/oficio_61.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1657/oficio_61.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a manutenção e reparação da ponte seca próximo ao "Zé Mariquinha".</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1658/oficio_62.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1658/oficio_62.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a manutenção e reparação da ponte do Caxambu.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1659/oficio_63.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1659/oficio_63.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a instalação de corrimão na escadaria do morro da capelinha.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1660/oficio_64.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1660/oficio_64.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que notifique a COPASA para que seja providenciado o conserto na Rua Jaime da Paula Aguiar, onde a COPASA fez um reparo da canalização de água deixando um elavado causando trasntornos aos moradores da região.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1661/oficio_65.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1661/oficio_65.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo informe a quantidade de eventos realizados sovre o turismo rural no município.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1662/oficio_66.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1662/oficio_66.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize a manutenção da estrada da Tapuia, nas proximidades do monumento do Índio.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1663/oficio_67.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1663/oficio_67.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita à secretaria competente realize manutenção na estrada no sentido Campo Alegre.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1664/oficio_68.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1664/oficio_68.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que retome as obras da rua Tapajós.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1665/oficio_72.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1665/oficio_72.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja refeito o piso da Praça Lacerda, a Praça do 100, deixando plano e regular.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1666/oficio_73.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1666/oficio_73.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que crie uma lei em paralelo com a Lei Federal "BOLSA ATLETA", para auxiliar os atletas do município a participarem de competições e campeonatos.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1667/oficio_74.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1667/oficio_74.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a manutenção e reparaçõa do Morro da Estrada dos Cocais.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1668/oficio_75.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1668/oficio_75.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a recuperação do final da rua Djalma Melgaço, onde boa parte do asfalto foi danificado devido as chuvas.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1669/oficio_76.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1669/oficio_76.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente providencie a melhoria a acessibilidade do PSF São Sebastião e as ruas e calçadas na sua proximidade.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1670/oficio_77.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1670/oficio_77.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo que informe a quantidade e nomes dos produtores rurais que foram visitados em sua propriedade pelo executivo.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1671/oficio_78.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1671/oficio_78.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita a secretaria competente que realize a manutenção nas estradas rurais começando na principal e indo até as vicinais.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1672/oficio_79.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1672/oficio_79.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a manutenção e reparação da Estrada Estoque Ribeiro sentio Dr. Amadeu próximo as "casinhas".</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1673/oficio_83.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1673/oficio_83.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente que realize estudo de viabilidade para a revitalização do calçadão da Rua Gogofredo Santso Araújo.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1674/oficio_84.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1674/oficio_84.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicita ao setor competente que realize a manutenção da Estrada das Condutas.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1675/oficio_85.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1675/oficio_85.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor compente providencie a capina e limpeza das ruas do bairro Campinho, pois a rua do referido bairro se encontra com mato muito alto.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1676/oficio_86.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1676/oficio_86.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a manutenção e reparação da ponte depois dos Porcos  sentiso Clodomiro.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1677/oficio_88.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1677/oficio_88.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Executivo, que diante das reclamações de falta de pagamento do salário, feito por funcionários da empresa Planares Construtora Ltda., na reunião 9ª Ordinária, que informe a esta Casa se houve alguma notificação a empresa, e que casa haja, encaminhe as cópias das notificações.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1679/oficio_92.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1679/oficio_92.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a colocação de placas indicativas com nome das ruas da extensão do Bairro Osvaldo Soares Costa denominado "Campinho".</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1680/oficio_93.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1680/oficio_93.2024.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação ao setor competente para providenciar estudo de viabilidade para que seja colocado somente um lado de estacionamento na Rua Aristótelses Correia Brandão.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1681/oficio_94.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1681/oficio_94.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente mais celeridade na obra da Praça do Residencial Santa Sata Cruz.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1682/oficio_95.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1682/oficio_95.2024.pdf</t>
   </si>
   <si>
     <t>Reiteração do requerimento ao Poder Executivo para informe a esta Casa Legislativa a quantidade de eventos realizados no turismo rural no município.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1683/oficio_96.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1683/oficio_96.2024.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo que informe a esta Casa Legislativa a quantidade e nomes dos produtores rurais que foram visitados em suas propriedades pelo executivo.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1684/oficio_97.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1684/oficio_97.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a limpeza atrás da Praça de Esportes.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1685/oficio_98.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1685/oficio_98.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a reparação e manutenção da Rua Dr. Darci, onde há um buraco grande.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1686/oficio_99.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1686/oficio_99.2024.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação na qual é solicitado ao setor competente a manutenção do trecho que dá acesso a reciclagem.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1687/oficio_100.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1687/oficio_100.2024.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicita ao setor competente que providencie a reparação e manutenção da iluminação do cemitério local.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1688/oficio_101.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1688/oficio_101.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor compente a revitalização da Rua Olavo Bilac.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1689/oficio_102.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1689/oficio_102.2024.pdf</t>
   </si>
   <si>
     <t>Solicita a secretaria competente que realize a manutenção na estrado Campo Alegre, sentido ao Quartel São João.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1690/oficio_104.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1690/oficio_104.2024.pdf</t>
   </si>
   <si>
     <t>Reitera a convocação dos senhores Derli Adriano Ferreia e Marcus Sacchetto Duarte para comparecer em reunião ordinária a ser realizada no dia 30 de abril de 2024, às 19 horas.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1696/oficio_109.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1696/oficio_109.2024.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicita ao setor competente que providencie a iluminação pública na rua Benevenudo Alvarenga - rua que passa atrás do Parque de Exposições.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1697/oficio_111.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1697/oficio_111.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a rede de água e esgoto na rua Benevenudo Alvarenga - rua passa atrás do Parque de Exposições.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1698/oficio_112.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1698/oficio_112.2024.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicita ao setor competente que providencie a iluminação na rua Hugo de Sousa Araújo e a melhora da iluminação na rua Darci Dias Moura.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1699/oficio_113.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1699/oficio_113.2024.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que seja enviado convite ao Sr. Tomé Pierre de Sousa para comparecer em reunião ordinária que será realizada no dia 30 de abril de 2024.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1700/oficio_114.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1700/oficio_114.2024.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicita à secretaria competente que realize a capina e limpeza na estrada sentido Tapuia e sentido Campo Alegre.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1701/oficio_116.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1701/oficio_116.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie com urgênica a colocação de dois postes de ilumação pública, pois o final a rua Tapajós está sem iluminação e uma das residências está em ligação de energia elétrica devido a falta dos postes.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1702/oficio_117.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1702/oficio_117.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado a ligação da rede de água e esgoto na rua Benevenudo Alvarenga - rua passa atrás do Parque de Exposições.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1703/oficio_122.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1703/oficio_122.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que as diárias dos servidores lotados no cargo de motoristas do município sejam pagas em tempo hábil.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1704/oficio_128.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1704/oficio_128.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação na qual é solicitado à secretaria competente a capina e limpeza da estrada sentido Tapuia e sentido Campo Alegre, próximo a ponte do córrego Nossa Senhora, uma vez que o mato está muito alto, tomando conta da estrada e dificultando a visibilidade dos motoristas que transitam por ela.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1705/oficio_129.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1705/oficio_129.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação na qual é solicitado ao setor competente a manutenção e reparação da estrada  "Estoque Ribeiro"  sentido Dr. Amadeu próximo as "casinhas".</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1706/oficio_130.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1706/oficio_130.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a reparação e manutenção na Estrada das Condutas, sentido Marcinho da 3M e do Cleiton (acima da mãe do Tarley, quando vira pro Joaquim do Ofli), pois a estrada está intransitável.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1707/oficio_131.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1707/oficio_131.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a reparação do trecho da rua Espirito Santo com a rua José Barbosa, onde possui um buraco que está aumentando podendo causar acidentes aos transitam por ali.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1708/oficio_132.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1708/oficio_132.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito um estudo de viabilidade para que possa ser fornecido um lanche aos usuários do transporte da sáude que precisam se deslocar para outras cidades para atendimentos médicos.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1709/oficio_133.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1709/oficio_133.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a manutenção e reparação da Estrada dos Cocais, pois está intransitável.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1710/oficio_134.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1710/oficio_134.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a revitalização da Rua Paulino de Sousa e da Av. Minas Gerais nos trechos de bloquetes, tendo em vista a ocorrência de acidentes devido bloquetes soltos.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1711/oficio_135.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1711/oficio_135.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a ampliação ou instalação de uma área coberta no PSF São José, pois o local existente é muito pequeno e os pacientes tem que aguardar as consultas debaixo o sol e chuva.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1712/oficio_136.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1712/oficio_136.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a convocação do Sr. Aenes de Oliveira Junior - Gestor de Transportes para comparecer na sede da Câmara Municipal em reunião ordinária que será realizada no dia 21 de maio de 2024 para prestar esclarecimentos em relação aos veículos da prefeitura que estão ficando muito tempo parados no pátio por falta de manutenção.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1713/oficio_140.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1713/oficio_140.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que realize a supressão de uma árvore localizada na rua Dr. Edgard Pinto Fiuza próximo  ao número 624, pois a árvores está com risco de cair.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1714/oficio_141.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1714/oficio_141.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação verbal na qual solicita à secretaria competente que realize a capina e limpeza na estrada sentido Tapuia e sentido Campo Alegre próximo a Ponte Córrego Nossa Senhora onde o mato está muito alto e tomando conta da estrada.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1715/oficio_142.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1715/oficio_142.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração verbal da indicação na qual solicita ao setor competente a manutenção e reparação da estrada "Estoque Ribeiro" sentido Dr. Amadeu  próximo as "casinhas".</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1716/oficio_143.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1716/oficio_143.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da Indicação 06/2024, na qual requer a estrutura (pavimentação, energia elétrica e esgoto)no bairro  Patricia de Oliveira, empredimento da empresa Camponesa Empreendimentos Imobilários Ltda-ME.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1717/oficio_144.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1717/oficio_144.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a manutenção do trecho que dá acesso à reciclagem.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1718/oficio_145.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1718/oficio_145.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a instalação de placas de embarque e desembarque nas portas do PSF, principalmente no PSF do bairro Juiz Fora. A solicitação é necessária pois os usuários estacionam nas entradas causando transtornos aos pacientes que possuem dificuldade de locomoção.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1719/oficio_146.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1719/oficio_146.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que instale lixeiras na Praça da Estação, pois o local não possui nem uma única lixeira.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1720/oficio_147.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1720/oficio_147.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito um estudo para a contratação de uma empresa especializada em trânsito e trafêgo.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1721/oficio_148.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1721/oficio_148.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria de Saúde informações sobre o atendimento demorado no plantão da Santa Casa, bem como a falta de medicamentos da Farmácia do Povo.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1744/oficio_152.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1744/oficio_152.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da Indicação nº 09/2024, requerendo a ligação da rede de água e esgoto na rua Benevenuto Alvarenga - rua que passa atrás do Parque de Exposições, em especial na residência do Sr. Orlando Daniel Caetano.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1745/oficio_153.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1745/oficio_153.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente providencie com urgência a colocação de dois postes de iluminação pública, no final da Rua Tapajós, principalmente em frente a residência da Sra. Oecione Maria de Jesus, localizada da Rua Tapajós, nº 557, bairro São Geraldo.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1746/oficio_155.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1746/oficio_155.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado providências a respeito da instabilidade das constantes quedas de energia, além de interrupções sem avisos programados no município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1747/oficio_157.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1747/oficio_157.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração verbal da indicação na qual solicita ao setor competente a manutenção e reparação da estrada "Estoque Ribeiro" sentido Dr. Amadeu próximo as "casinhas".</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1748/oficio_158.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1748/oficio_158.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido à CEMIG providências quanto as instabiliades e constantes quedas de energias, além de interrupções sem avisos programados.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1749/oficio_160.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1749/oficio_160.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido a convocação da senhora Jéssica Geralda de Jesus Melo para comparecer em reunião ordinária no prazo de 30 dias para tratar dos assuntos descritos ao Requerimento nº 16/2024.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1750/oficio_162.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1750/oficio_162.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado estudo de viabilidade para que os carros da saúde que levam pacientes para consultas e exames fora do município tenha um ponto para embarque e desembarque no bairro Aeroporto.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1751/oficio_163.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1751/oficio_163.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação verbal, na qual solicita ao setor competente para seja instalado um redutor de velocidade na rua Paraiba próximo a escola Particular Dorense.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1752/oficio_164.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1752/oficio_164.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado que seja feito uma barra de proteção ou contenção do Córrego das Condutas na Av. Dr. Di e rua Francisco José dos Santos.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1753/oficio_165.2024_-_inicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1753/oficio_165.2024_-_inicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a melhoria da iluminação pública na rua Jorge Cordeiro de Sousa próximo ao nº 629, pois o referido local está muito escuro causando trasntornos aos moradores da região.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1754/oficio_166.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1754/oficio_166.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie estudo de viabilidade para a revitalização (calçamento, asfalto ou até mesmo bloquetes) do calçadão na Rua Godofredo Sousa Araújo.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1755/oficio_167.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1755/oficio_167.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que os veículos da saúde possam os pacientes nas suas residências, pois eles precisam ir aos pontos de embarque e desembarque de madrugada.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1756/oficio_168.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1756/oficio_168.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Poder Executivo que providencie dentistas para os PSFs do município.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1757/oficio_169.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1757/oficio_169.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação verbal, na qual solicita ao setor competente providencie a manutenção e reparação próximo ao pátio do depósito de veículos apreendidos.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1758/oficio_170.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1758/oficio_170.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente  providências sobre os pedidos de exames e marcação deixados na Secretaria de Saúde do município, para que possa ser entregue ao paciente um protocolo para que ele mesmo possa acompanhar o andamento do seu pedido.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1759/oficio_171.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1759/oficio_171.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito um estudo de viabilidade para a contratação de mais um pediatra para atendimento ao município.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1760/oficio_172.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1760/oficio_172.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração de indicações verbais anteriores nas quais solicita a revitalização da Rua Paulino de Sousa e da Av. Minas Gerais nos trechos de bloquetes.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1761/oficio_173.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1761/oficio_173.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação na qual solicita com urgência a colocação de dois postes de iluminação pública, no final da Rua Tapajós, principalmente em frente a residência Oecione Maria de Jesus.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1762/oficio_175.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1762/oficio_175.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente a reparação da estrada "Morro Caraíba", e informar que um dos proprietários da região disponibilizou doar o material para referida reparação.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1763/oficio_176.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1763/oficio_176.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação verbal, na qual é solicitada a reparação e manutenção da Rua Dr. Darci, onde há um grande buraco.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1764/oficio_177.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1764/oficio_177.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo que encaminhe à Câmara Municipal uma solicitação de crédito suplementar, uma vez que diversos servidores solicitaram o pagamento as férias prêmio, mas prefeitura informou que não era possível porque já alcançou o limite da dotação orçamentária.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1765/oficio_185.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1765/oficio_185.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que o setor competente faça a poda das árvores na rua Raimundo Soars próximo ao nª 74, pois elas estão impedindo a passagem de pedestres pela calçada, além de ocuparem parte da rua.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1766/oficio_186.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1766/oficio_186.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao Gestor de Transporte, o Sr. Aenes de Oliveira Junior, a seguinte documentação: analitícos de empenhos e restos a pagar relativos aos pagamentos realizados à QFrota; Planilha contendo o custo mensal com combustível e manutenção dos veículos tipo passeio do município e Planilha contendo custo mensal com combustível e manutenção dos veículos do município tipo van.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1767/oficio_187.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1767/oficio_187.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração do Requerimento 15/2024 que solicita cópias integrais dos contratos, empenhos e comprovantes de pagamento relativos a realização da 3ª Virada Cultural e 22º Encontro Nacional de Motociclista - Motofest.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Silvio Silva</t>
   </si>
   <si>
     <t>Requerido envio de convite ao Sr. Paulo Sérgio Mario Borges da Silva para comparecer em reunião ordinária para fazer uso da Tribuna do Povo.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1769/oficio_189.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1769/oficio_189.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize a pintura dos quebra-molas e lombo-faixa nas vias do município principalmente na Av. Jonas Pires.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1770/oficio_190.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1770/oficio_190.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitao ao setor competente a poda das árvores da Avenida Magalhães Pinto, pois elas estão prejudicando a iluminação deixando a avenida muito escura durante a noite.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1771/oficio_193.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1771/oficio_193.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que realize estudo de viabilidade de criação de espaço para os pais deixarem seus filhos durante o período de férias e feriados.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1772/oficio_194.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1772/oficio_194.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação nº 06/2024, na qual é solicitado a infraestrutura  (pavimentação, energia elétrica e esgoto) no bairro Patrícia de Olveira, empreendimento da empresa Camponesa Empreendimentos Imobilários Ltda-ME.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1773/oficio_195.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1773/oficio_195.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitada ao setor competente que providencie a reparação e manutenção da rua Dr. Darci, onde há um buraco muito grande.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1774/oficio_196.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1774/oficio_196.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado a colocação de um braço de iluminação nos dois postes localizados no primeiro quarteirão da rua Quartel Geral  no bairro Aeroporto.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1775/oficio_197.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1775/oficio_197.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça estudo de viabilidade para construção de uma praça no bairro Aeroporto.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1776/oficio_200.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1776/oficio_200.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo as seguintes informações: Datas de inicios das obras da UBS Residencial Santa Cruz, Restaurante Popular e nova pavimentação asfaltica na cidade; Finalização das obras das praças Abaeté, Escola Normal, da Praça Residencial Santa Cruz e a rua Tapajós, data que vai chegar a nova ambulância, a nova vana de 15 lugares da administração e novo trator.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1777/oficio_203.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1777/oficio_203.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a limpeza urbana da rua Tamoios.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1778/oficio_204.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1778/oficio_204.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente estudo de viabiliadade para que seja fornecido merenda escolara durante o período de férias.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1779/oficio_205.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1779/oficio_205.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça uma calçada na entrada do bairro Aeroporto, na rua Quartel Geral.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1780/oficio_206.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1780/oficio_206.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente mais celeridade na pavimentação da Avenida JK, ou que solicite ao responsável pela construção do polo industrial que faça a pavimentação junto com a obra,  pois os moradores estão reclamando do excesso de poeira.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1781/oficio_207.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1781/oficio_207.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a demolição da igreja na entrada do bairro Aeroporto, que está toda trincada e caindo, e faça estudo de viabilidade para a construção de uma praça no local.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1782/oficio_209.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1782/oficio_209.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça o recapeamento de ruas do bairro Aeroporto, que estão muito irregulares.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1783/oficio_210.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1783/oficio_210.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a manutenção da Rodoviária, pois o local está com várias lâmpada queimadas e com vazamentos na plataforma e no banheiro feminino.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1784/oficio_211.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1784/oficio_211.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a troca dos brinquedos da praça da rotatório próximo ao Parque de Exposições, que são muito antigos e estão danficados pela erosão.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1785/oficio_212.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1785/oficio_212.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado indicação na qual solicita a pavimentação da rua Marechal Deodoro próximo ao PSF São Sebastião.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1801/oficio_242.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1801/oficio_242.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que a implementação nas escolas do "Programas Saúde na Escola",  que  levaria aos alunos informações através de cartilhas, teste rápido de glicemia, aferição de pressão, avaliação e atendimento odontológico entre outros.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1802/oficio_243.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1802/oficio_243.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado à Secretaria de Cultura que disponibilize servidores para mapear as sedes e festeiros da Festa do Rosário com decoração, e seja instalado fita zebrada nas esquinas para que os veículos de grande porte não danifique os efeites.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1803/oficio_244.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1803/oficio_244.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado aos setor competente a instalação de "olho e vivo" na praça Padre Anrtônio Filizola ( Praça da Igreja São Sebastião).</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1813/oficio_no_246.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1813/oficio_no_246.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie a colocação de banheiro químico nas proximidades da feirinha da matriz, pois durante a reforma, a localidade está sem banheiros para atender os feirantes e a população.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1814/oficio_no_247.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1814/oficio_no_247.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação ao setor competente que providencie a pavimentação asfáltica da rua Marechal Deodoro próximo ao PSF São Sebastião.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1815/oficio_no_248.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1815/oficio_no_248.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente qu providencie a negociação da taxa de esgoto.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1816/oficio_no_249.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1816/oficio_no_249.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado solicitação ao setor competente que cumpra o pagamento do Piso Salarial da Educação.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1817/oficio_no_250.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1817/oficio_no_250.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação ao setor competente que providencie a cobertura do Ponto de Táxi da Santa Casa.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1818/oficio_no_251.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1818/oficio_no_251.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteira solicitação ao setor competente a revitalização asfáltica da rua Olavo Bilac, pois a rua se encontra intransitável causando transtornoaos moradores e os que transitam por ali.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1819/oficio_no_252.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1819/oficio_no_252.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação ao setor competente que seja retomado as obras da rua Tapajós, pois está próximo o período chuvoso e o serviço que já foi feito pode ser levado embora.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1820/oficio_no_253.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1820/oficio_no_253.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor compente que seja feito estudo de viabilidade para melhorar os horários dos carros da sáude que levam pacientes para consultas e exames fora do município.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1821/oficio_no_254.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1821/oficio_no_254.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor compente que seja feito uma vistoria para controle de qualidade nos veículos que são terceirizados da Secretaria de Saúde do Município.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1822/oficio_no_255.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1822/oficio_no_255.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor compentente que junto com a Defesa Civil faça uma campanha para aquisição de cobertores para serem distribuidos para familias necessitadas.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1823/oficio_no_256.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1823/oficio_no_256.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça reconstrução dos muros dos fundos das casa as margens do antigo buracão (rua Juca Lima com Tapajós).</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1824/oficio_no_257.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1824/oficio_no_257.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera requerimento que solicita informações sobre se as empresas Fas Indsutria de Confecção Ltda e I9 Soluções em Marketing de Relacionamento Ltda. ainda estão em funcionamento e estão cumprindo as leis de geração de emprego e o quanto foi pago de aluguel para a empresa Fas Industria de Confecção Ltda.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1825/oficio_259.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1825/oficio_259.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente que seja realizada a manutenção da estrada das Condutas sentido Tormep.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1826/oficio_260.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1826/oficio_260.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado solicitação ao setor competente para que faça a revitalização da Rua Paulino de Sousa, tendo em vista a acorrência de acidentes devido a vbloquetes soltos.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1828/oficio_262.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1828/oficio_262.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido reconvovação da  Ilma. Sra.  Nubia Fernanda da Silva para comparecer em reunião ordinária a ser realizada no dia 03 de setembro de 2024 às 19 horas.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1829/oficio_263.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1829/oficio_263.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera ao setor competente que sejam tomadas para sanar o problema as águas pluviais que invadem o Dispensário dos Pobres Godofredo de Araújo - Pavilhão.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1830/oficio_264.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1830/oficio_264.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação verbal que solicita à secretaria competente que realize a manutenção das estradas rurais em geral.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1831/oficio_265.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1831/oficio_265.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera da indicação verbal que solicita ao setor competente que providencie a melhora da iluminação da rua Darci Dias Moura, rua que dá acesso do campinho para o Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1832/oficio_266.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1832/oficio_266.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera da indicação verbal que solicita competente a revitalização da rua Paulino de Sousa nos trechos de bloquetos.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1833/oficio_266.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1833/oficio_266.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que:_x000D_
 - Providencie a pintura das faixas de pedestres e quebra-molas no bairro São José._x000D_
 - Providencie a pavimentação da rua Juca Lima_x000D_
 - Disponibilize um veículo pra transportar cadeirante e pessoas com necessidades especiais, dentro e fora do município.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1834/oficio_268.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1834/oficio_268.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que faça a limpeza e o aumento da boca de lobo (bueiro) na rua Juca Lima e a constução de uma nova boca de lobo entre as ruas 13 de maio e Tapajós.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1835/oficio_269.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1835/oficio_269.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado verbalmente ao setor competente que faça a manutenção da Estrada das Gerais, principalmente nos pontos criticos.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1836/oficio_273.2024_-_indiccaao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1836/oficio_273.2024_-_indiccaao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado setor competente que faça um estudo de viabilidade para instalação de semáforos em todas as travessias da Av. Francisco Campos..</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1837/oficio_274.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1837/oficio_274.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a instalação de redutor de velocidade próximo a Escola Municipal Mestre Tônico.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1838/oficio_275.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1838/oficio_275.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a limpeza no cemitério municipal.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1839/oficio_276.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1839/oficio_276.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da solicitação ao setor competente para que faça a instalação de lombo-faixa ou quebra-molas na rua José Alves Salgado próximo ao nº 69, bairro São Geraldo e na rua rua Goiás próximo ao nº 647, bairro Juiz de Fora.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1840/oficio_277.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1840/oficio_277.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a poda das árvores no campo do Vila Nova no bairro São José, pois os moradores sofrem com a queda de galhos que caiem na reda elétrica e telhados.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1841/oficio_278.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1841/oficio_278.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a retirada dos entulhos das casas que foram demolidas na rua Sion, e que esses entulhos sejam reutilizados nas manutenções das estradas rurais.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1842/oficio_279.2024_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1842/oficio_279.2024_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie a construção de uma rotatória na Praça da Estação para que o trânsito no local fique menos perigoso, pois  há ali um cruzamento de cinco ruas.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1843/oficio_280.2024_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1843/oficio_280.2024_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a construção de um centro de zoonose em Dores do Indaiá.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1844/oficio_281.2024_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1844/oficio_281.2024_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a retirada/raspagem da poeira nos 4 km da Estada do Trevo Taquaral à esquerdo, conhecida como Rodovia Antiga.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1845/oficio_282.2024_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1845/oficio_282.2024_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a pintura da faixa de pedestre na rua Coronel Alexandre próximo ao Laboratório Costa Rezende.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1846/oficio_283.2024__indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1846/oficio_283.2024__indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicitou ao setor competente  para que o transporte coletivo  público passe pelo bairro Campinho. Solicitado também que seja feito a pavimentação deste bairro.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1847/oficio_284.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1847/oficio_284.2024.pdf</t>
   </si>
   <si>
     <t>Solcitado ao setor competente que faça a pavimentação asfáltica ou poliédrica na rua Tocatins.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1848/oficio_285.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1848/oficio_285.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor compente que conclua as obras iniciadas na rua Professor Djalma Melgaço, local onde estava formando uma cratera devido as águas pluviais, foi feito um meio fio mas esta faltando o asfalto.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1849/oficio_286.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1849/oficio_286.2024.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação que solicita a reforma ou a troca do mata-burro na entrada da comunidade de Anta dos Coelhos (no calçamento), pois está faltando uma travessa e outras estão soltas, causando danos aos veículos que transitam por ali.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1850/oficio_287.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1850/oficio_287.2024.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação que solicita ao setor competente que analise a possibilidade da criação de um cartão de vale alimetanção ou cesta básica para os servidores públicos do município.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1851/oficio_288.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1851/oficio_288.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça um estudo para a implatação em nosso município do Programa Educacional e Resistência às Drogas - Proerd.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1852/oficio_289.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1852/oficio_289.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a instalação de redutor de velocidade na Av. Jonas Pires no sentido bairro Centro.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1853/oficio_290.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1853/oficio_290.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a instalação de braço de iluminação nos dois postes na rua Rio Grande do Sul, próximo ao número 887.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1854/oficio_291.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1854/oficio_291.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a revitalização da Rua Paulino de Sousa e Av. Paulino de Sousa e Av. Minas Gerais nos trechos de bloquetes, tendo em vista ocorrência de acidentes devido a bloquetes soltos.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1855/oficio_292.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1855/oficio_292.2024.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de convite à vossa senhoria, para comparecer na sede da Cãmara Municipal, em reunião ordinária, a ser realizada no dia 17 de setembro, às 19 horas, para fazer uso da Tribuna do Povo.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1856/oficio_293.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1856/oficio_293.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que o transporte público passe pela Av. Dr. Di no bairro Vale do Sol.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1865/oficio_300.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1865/oficio_300.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor compentete que disponibilize um veículo para a condução dos usuários do PSF Central (PDF Triângulo), pois as consultas dos usuários do PSF muitas vezes são em horários diferentes da lotação.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1866/oficio_301.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1866/oficio_301.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a instalação de mais um poste de iluminação ou a instalação de mais dois braços nos postes já existentes na entrada do bairro Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1867/oficio_302.2024__-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1867/oficio_302.2024__-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a concretação da calçada da arquibancada no bairro Campinho.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1868/oficio_303.2024__-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1868/oficio_303.2024__-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que coloque a sinalização e instale redutor de velocidade (uma depressão ao invés de um quebra-molas) na rua Irnã Inês pouco depois do Pavilhão.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1869/oficio_304.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1869/oficio_304.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a pavimentação da Travessa Amapá no bairro São José, próximo ao Salão da Maria Antõnia, pavimentação da rua Machado de Assis e finalize o serviço de pavimentação asfáltica na rua Piauí próximo a FLIC.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1870/oficio_305.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1870/oficio_305.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido à Secretaria Municipal de Saúde que realize uma visita técnica para prestar orientações à família, a qual não teve a possibilidade de levar a criança para consulta em Belo Horizonte em um carro pequeno.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1871/oficio_306.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1871/oficio_306.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação para que o setor competente faça a instalação de bancos na Praça dos Trabalhadores próximo a quadra e gramado.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1872/oficio_307.2024_-_inidicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1872/oficio_307.2024_-_inidicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a manutenção e conserto do bueiro próximo à Escola Municipal Benjamim Guimarães.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1873/oficio_308.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1873/oficio_308.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a reforma da Praça em frente ao Bar do Galo.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1874/oficio_309.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1874/oficio_309.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a instalação de um poste de iluminação próximo ao predinho do Campo Dorense.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1875/oficio_310.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1875/oficio_310.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação para que faça a reforma da praça e a troca ou reforma dos brinquedas da praça da rotatória próximo ao Parque de Exposições.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1876/oficio_311.2024_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1876/oficio_311.2024_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao Gestor de Transporte que revele o que motivou a colocação de alguns veículos de propriedade do município em leilão municipal.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1877/oficio_312.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1877/oficio_312.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação para que o setor competente jogue água na estrada que liga o matadouro e da reciclagem.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1878/oficio_313.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1878/oficio_313.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado a Secretaria de Saúde que faça um estudo junto com a Santa Casa de Misericórdia Dr. Zacarias para reduzir o tempo de espera no atendimentos médicos.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1879/oficio_314.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1879/oficio_314.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente para que seja feita a instalação de redutor de velocidade (lombo-faixa ou quebra molas) nas rua Dr. Edgard Pinto Fiuza próximo a Farmacinha Municipal.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1880/oficio_315.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1880/oficio_315.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie a colocação do braço com ilumincação na rua Gurani, próximo à casa do Peroba.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1881/oficio_316.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1881/oficio_316.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação ao setor competente para que providecie a reparação do buraco na rua 13 de maio, próximo ao Salão do Pedro.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1882/oficio_317.2024__-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1882/oficio_317.2024__-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação ao setor competente para que providencie a instalação de lombo-faixa próximo a feirinha (na praça Getúlio Varegas) dos dois lados.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1883/oficio_318.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1883/oficio_318.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente para que instale "olho vivo" na praça Padre Antônio Filizola (praça da igreja São Sabastião).</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1884/oficio_319.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1884/oficio_319.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente para que faça a reforma ou a troca de dois mata-burro na entrada da Tapuia sentido Polidoro, e outro próximo a entrada da Fazenda do Ferrugem.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1885/oficio_320.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1885/oficio_320.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que jogue água na Estrada sentido matadouro, próximo ao PSF Triângulo.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1886/oficio_321.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1886/oficio_321.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação para que providencie a pavimentação asfáltica da rua Marechal Deodoro próximo ao PSF São Sebastião.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1887/oficio_322.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1887/oficio_322.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor compente que providencie para escoar água que fica empossada na rua Carajás  nº 7, em frente ao Campo do Vila Nova.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1888/oficio_323.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1888/oficio_323.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado à Secretaria de Saúde que tenha mais agilidade na marcação de exames e consultas médicas.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1889/oficio_324.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1889/oficio_324.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Poder Executivo e a Secretaria de Saúde que faça estudo sobre a possibilidade de ajuda de custo em exames e consultas que não estão disponíveis na rede do SUS para pacientes de baixa renda.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1890/oficio_325.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1890/oficio_325.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a pavimentação da rua Xavantes próximo ao bar da Nega.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1891/oficio_326.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1891/oficio_326.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicita ao setor competente que faça o reparo em valas, onde passa um fluxo muito grade de água, nas ruas Henrique Giordani, rua Belmiro Teles e rua Miguel  de Paula Zica no Campinho.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1892/oficio_327.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1892/oficio_327.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitação ao setor competente que faça a instalação de mais um braço nos postes da rua Tupis com a rua Tupinambás no bairro São José.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1893/oficio_328.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1893/oficio_328.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a instalação de câmeras de segurança na Praça do 100 (Praça Lacerda).</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1894/oficio_329.2024_-_indiccaao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1894/oficio_329.2024_-_indiccaao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicita ao Poder Executivo e a Secretaria de Saúde a criação de Projeto de Lei "Lucas Begalli Zamora".</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1895/oficio_330.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1895/oficio_330.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera ao setor competente que faça a instalação de banheiros quimícos em pontos específicos onde estão sendo realizadas obras ou onde varredeiras, garis e servidores de serviço gerais trabalham.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1896/oficio_331.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1896/oficio_331.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie mais assentos para espera de atendimento no PSF São Sebastião.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1897/oficio_332.2024_-_indiccao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1897/oficio_332.2024_-_indiccao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie o reparo da pista de caminhada da Praça Lacerda (Praça do 100), pois o piso está com várias rachaduras e desníveis podendo causar acidentes aos usuários.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1898/oficio_333.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1898/oficio_333.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera ao setor competente que faça uma visita técnica e um estudo de como escoar a água da rua Jonas Pires, próximo ao nº 339.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1899/oficio_334.2024_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1899/oficio_334.2024_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie que coleta de lixo na rua Cataguases seja feita mais vezes na semana, pois os moradores relatam que o lixo está acumulando ja que a coleta de lixo é feita apenas uma vez por semana.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1903/oficio_336.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1903/oficio_336.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça estudo para a possibilidade de mudança de local do escritório do IMA em nosso município, uma vez que o local atual está distante dos correspondentes bancários e não possuir banheiros adequados para funcionários.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1904/oficio_337.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1904/oficio_337.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que disponibilize "Bolsa Atleta" para os participantes de rodeios, que se deslocam do município de competições fora de município.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1905/oficio_338.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1905/oficio_338.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a instalação de uma cobertura em parte do jardim e a colocação de mais cadeiras ou bancos para os pacientes  que aguardam atendimento no PSF Juiz de Fora.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1906/oficio_339.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1906/oficio_339.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a instalação de um redutor de velocidade na rua Mozart José dos Santos (próximo ao PetShop da Cleci).</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1907/oficio_340.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1907/oficio_340.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a pavimentação da rua 1º de Maio e rua Dr. Ovídio no bairro São Sebastião.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1908/oficio_341.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1908/oficio_341.2024.pdf</t>
   </si>
   <si>
     <t>Solcita ao setor competente que faça um estudo de viabilidade sobre o pagamento do adicional de periculosidade para as cantineiras das escolas municipais.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1909/oficio_342.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1909/oficio_342.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça um estudo de viabilidade para a aquisição de um triturador (de entulhos, restos e materiais de construção) e com isso esses resíduos possam ser usados nas manutenções rurais.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1910/oficio_343.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1910/oficio_343.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competenteque faça a reparação/conserto da Ponte Funda, onde algumas madeiras estão quebradas devido ao grande movimento de carretas na região.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1911/oficio_344.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1911/oficio_344.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça um estudo de viabilidade da possibilidade de supressão das árvores localizada no fundo do Campo Dorense, pois as raízes estão adentrando nos quintais próximos causando transtornos aos moradores da região.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1915/oficio_347.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1915/oficio_347.2024.pdf</t>
   </si>
   <si>
     <t>Reiterado solicitação ao setor competente para que seja feito a reparação/conserto da Ponte Funda.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1916/oficio_348.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1916/oficio_348.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor comptente que faça a instalação do telhado da Quadra Poliesportiva da Sapolândia.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1917/oficio_349.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1917/oficio_349.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a pavimentação da rua Oiapoque próximo ao bar da Nega.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1918/oficio_350.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1918/oficio_350.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a instalação de câmeras no cemitério municipal, pois está ocorreno depredações e furtosde monumentos valiosos dos túmulos.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1919/oficio_351.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1919/oficio_351.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a troca de lâmpadas, bem como a instalação de um poste mais alto com iluminação de led na praça atrás do poliesportivo da Sapolândia.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1920/oficio_352.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1920/oficio_352.2024.pdf</t>
   </si>
   <si>
     <t>Reiterada solicitação ao setor competente para que faça um estudo para a criação da Gurada Municipal para cuidar das praças que são depredadas por vândalos.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1921/oficio_353.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1921/oficio_353.2024.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo as seguintes informações:_x000D_
 - Se as  empresas  Fas Indústria de Confecção Ltda. e I9 Soluções em Marketing de Relacionamento Ltda. ainda estão funcionamento,  se estão cumprindo o que determina a leis, se estão gerando empregos e quanto foi pago de aluguel.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1923/oficio_355.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1923/oficio_355.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça um estudo para restruturação da equipe de limpeza urbana e a criação de de um programa de coleta que informe aos cidadãos o dia correto da coleta de entulhos, galhadas e outros tipos de lixo.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1922/oficio_356.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1922/oficio_356.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a muntenção e reparação da Estrada do Cocais.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1924/oficio_357.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1924/oficio_357.2024.pdf</t>
   </si>
   <si>
     <t>Requerido a convocação da Sra. Lisa Amanda de Oliveira, secretária municipal de educação, para comparecer em reunião ordinária que será realizada no dia 29 de outubro de 2024.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1925/oficio_364.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1925/oficio_364.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça um estudo para disponibilizar veículo para transporte de crianças com necessidade especiais que necessitam de consultas e tratamento (particular ou SUS) fora do município.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1926/oficio_365.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1926/oficio_365.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a instalação de mais travessas no mata-burro na Estrada da Tapuia sentido Fazenda do Polidoro.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1927/oficio_366.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1927/oficio_366.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça pavimentação no final da Rua Raimundo Soares.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1928/oficio_367.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1928/oficio_367.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao  Secretário de Transporte e Obras que promova uma reunião com os produtores rurais, Sindicato Rural, Cooperattiva Mista Agropecuária e demais pessoas ligadas à agropecuária.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1929/oficio_368.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1929/oficio_368.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a instalação de placas indicando o local e omo chegar ao velório municipal.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1930/oficio_369.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1930/oficio_369.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente para que faça a  pavimentação do Beco do Mazarope.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1931/oficio370.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1931/oficio370.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a manutenção na estrada Campo Alegre.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1932/oficio_371.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1932/oficio_371.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a instalação de piso antiderrapante na escada da Escola Dr. Zacarias, pois no período de chuva o piso da escola fica escorregadio.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1933/oficio_372.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1933/oficio_372.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor compente que faça a instalação de dois bancos na Praça da Matriz na esquina com a lotérica.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1934/oficio_373.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1934/oficio_373.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a restauração de dois pontos de capitação de água na rua Maranhão, esquina com rua Maria Inês e rua Marechal Deodoro.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1935/oficio_374.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1935/oficio_374.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a limpeza do ponto de capitação de água (bueiro) na rua Marechal Deodoro entre a Travessa Everilda Alves e a Travessa Marechal Deodoro.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1936/oficio_375.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1936/oficio_375.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a retirada das enxurradas da estrada da Tapuia.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1937/oficio_397.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1937/oficio_397.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a instalação do sistema de alarme na farmacinha até o dia 20 desse mês.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1938/oficio_398.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1938/oficio_398.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a construção de canaletas na rua Dr. Zacarias nas proximidades do nº 1626.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1939/oficio_400.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1939/oficio_400.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que tome providências referente as àguas e terras que estão descendo da Alameda JK para a rua Abaeté e na rua Luz, no bairro Aeroporto.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1940/oficio_401.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1940/oficio_401.2024.pdf</t>
   </si>
   <si>
     <t>Indicação verbal da vereadora para agradecer e parabenizar a servidora pelo comprimisso e dedicação, pela competência, eficiência e disponibilidade dura o período que exerceu suas funções no Posto de Idenficicação ao Cidadão.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1949/oficio_406.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1949/oficio_406.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a pavimentação/calçadas entre o túmulos no cemitério municipal e que seja feito uma análise em pontos que necessitam de colocação de corrimão.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1950/oficio_407.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1950/oficio_407.2024.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação ao setor competente para que seja instalado um corrimão na escadaria do Morro da Capelinha.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1951/oficio_408.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1951/oficio_408.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a campina e limpeza da antiga prefeitura.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1952/oficio_409.2024_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1952/oficio_409.2024_.pdf</t>
   </si>
   <si>
     <t>Solicita ao Sr. Wesley Borges da Fonseca - Representante da Empresa Borges da Fonseca que incie as obras de calçamento da alameda JK o mais breve possível juma vez que o calçamento era a condição para o recebimento do terreno para a construção do posto era realizar a pavimentação.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1953/oficio_410.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1953/oficio_410.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado à secretaria competente que informe qual é o setor competente pelo monitoramento "Olho Vivo "inslatadas no município.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1954/oficio_411.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1954/oficio_411.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que faça a manutenção na Estrada sentido Campo Alegre.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1955/oficio_416.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1955/oficio_416.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor de Endemias que faça inspensões nas residências e comércios em toda cidade, especialmente na rua Das Palmeiras, onde a maioria dos moradores foram contaminados pela Dengue.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1956/oficio_407.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1956/oficio_407.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça a manutenção da aparelhagem do consultório ondológico do PSF São José.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1957/oficio_418.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1957/oficio_418.2024.pdf</t>
   </si>
   <si>
     <t>Reitera a solicitação para que seja feito a instalação de redutor velocidade na rua Marco Antônio Chagas de Faria, próximo ao número 39, rua Paraíba, na rua Benedito Valadares em frente a Feirinha e a Igreja da Matriz.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1958/oficio_419.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1958/oficio_419.2024.pdf</t>
   </si>
   <si>
     <t>Solcitado ao setor competente que faça operação tapa buracos, em especial o buraco na Avenida Jonas Pires, próximo ao número 307.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1964/oficio_428.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1964/oficio_428.2024.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito um estudo para a inclusão de V ao artigo 13º da Lei nº 38.2024 com a seguinte redação:_x000D_
  V - estudantes do ensino superior, nodalidade pós-graduação para a jornada de 6 (seis) horas diárias : R$ 1.315,00 (um mil, trezentos e quinze reais).</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1965/oficio_429.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1965/oficio_429.2024.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação, realizada através do Ofício 230/2023, da vereadora Karla F. Vieira Araújo, para que providencie a manutenção e reativação dos banheiros da praça localizada no Morro da Capelinha entre as ruas Tupinambás, Caetés e Carijós.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1966/oficio_430.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1966/oficio_430.2024.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que faça estudo de viabilidade para a construção de banheiros públicos na Praça da Matriz, Praça Lacerda, Praça Civica, Praça Abaeté e Praça do Rosário.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1967/oficio_431.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1967/oficio_431.2024.pdf</t>
   </si>
   <si>
     <t>Reitera indicação na qual solicita ao setor competente que faça a reforma ou a troca do mat-burro na Estrada da comunidade de Anta do Coelhos (no calçamento).</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1968/oficio_432.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1968/oficio_432.2024.pdf</t>
   </si>
   <si>
     <t>Reitera ao setor competente que faça a reforma da ponte na entrada da comunidade Anta dos Coelhos (no calçamento).</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1969/oficio_433.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1969/oficio_433.2024.pdf</t>
   </si>
   <si>
     <t>Reitera ao setor competente a solicitação para que faça a manutenção e colocação de material nos pontos críticos na Estrada da comunidada Anta dos Coelhos.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1970/oficio_434.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1970/oficio_434.2024.pdf</t>
   </si>
   <si>
     <t>Reiterado ao setor competente solicitação para que faça a manutenção da saídas de esgoto da Estrada da Comunidade Anta dos Coelhos.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1971/oficio_435.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1971/oficio_435.2024.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que entre em contanto com DRE ou empresa terceirizada que está realizando o recapeamento na Rodovia MG 176 para solicitar a doação dos rejeitos de asfáltos para que possa ser utilizado na manutenção das estradas rurais.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1901/projeto_de_resolucao_01.2024_-_convertido.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1901/projeto_de_resolucao_01.2024_-_convertido.pdf</t>
   </si>
   <si>
     <t>Aprova as Cosntas do Município de Dores do Indaiá/MG, referentes ao exercício de 2.021.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1900/projeto_de_resolucao_02.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1900/projeto_de_resolucao_02.2024.pdf</t>
   </si>
   <si>
     <t>Institui e disciplina a concessão, o controle e a realização de suprimentos de fundos, institui o regime de adiantamento para despesas de pronto pagamento, e dá outras providências.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2013/mocao_de_congratulacao_01.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2013/mocao_de_congratulacao_01.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e louvor aos ilustres servidores agentes de combate à Dengue, agentes sanitários, agentes de saúde e todos os demais servidores da saúde envolvidos no combate a Epidemia da Dengue.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2014/mocao_de_congratulacao_02.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2014/mocao_de_congratulacao_02.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao casal de Cidadãos Cláudio Vasconcelos de Sousa e Regina da Costa Melo, pelos relevantes serviços prestados à sociedade dorense no exercício de suas atividades.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2015/mocao_de_congratulacao_03.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2015/mocao_de_congratulacao_03.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação aos senhores Edson Alves Filho e Iosânia Lemos Pereira Alves, pelos relevantes prestados e destaque no exercício de suas atividades como educadores do município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2016/mocao_de_congratulacao_04.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2016/mocao_de_congratulacao_04.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao seguintes servidores e ex-servidores municipais: _x000D_
 - Ao Sr. Adamastor José Feliciano._x000D_
 - ÃO Sr. José Abreu Filho - Zé Pequeno_x000D_
 - Ao Sr. Juscelino Eduardo Ribeiro de Carvalho_x000D_
 - À família do Sr. José Feliciano sobrinho._x000D_
 - À família do Sr. Artidorio Lopes.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Senhor Gebriel de Oliveira.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2018/mocao_honrosa_06.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2018/mocao_honrosa_06.2024.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Ilmo. Sr. Luiz Carlos Vaz da Silva, pelos relevantes serviços prestado em nosso município.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1727/projeto_de_emenda_a_lei_organica_no_01.2024_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1727/projeto_de_emenda_a_lei_organica_no_01.2024_2.pdf</t>
   </si>
   <si>
     <t>Altera os §§ 1º e 3º do Art. 142 da Lei Orgânica do Município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>CL - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1735/pl_16.2024_-_emenda_modificativa_no_01.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1735/pl_16.2024_-_emenda_modificativa_no_01.2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 01, ao Projeto de Lei nº 16, de 26 de março de 2.024.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1808/pl_023.2024_-_emenda_modificativa.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1808/pl_023.2024_-_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 23/2024 -  Fica modificada a redação dos 88 3º e 4º do artigo 27 do Projeto de Lei nº 23/2024 e  fica modificada a redação dos incisos I, II e III do artigo 39 do Projeto de Lei nº 23/2024.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1809/pl_023.2024_-_emenda_modificativa_no_02.2024_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1809/pl_023.2024_-_emenda_modificativa_no_02.2024_.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02/2024 AO PROJETO DE LEI Nº 23/2024 - Emenda modificativa ao Projeto de lei nº 23/2024 que "Dispõe sobre os diretrizes para a elaboração da Lei Orçamentária para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1810/pl_023.2024_-_emenda_modificativa_no_03.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1810/pl_023.2024_-_emenda_modificativa_no_03.2024.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 03/2024 - Emenda modificativa ao Projeto de Lei nº 23/2024 que "Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1740/projeto_de_lei_substitutivo_no_01.2024_ao_projeto_de_lei_19.2024.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1740/projeto_de_lei_substitutivo_no_01.2024_ao_projeto_de_lei_19.2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo nº 01/2024 ao Projeto de Lei nº 19/2024 - "Altera a Lei nº 2.909/2.020 que: dá denominação à Creche Proinfância."</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1743/razoes_de_veto.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1743/razoes_de_veto.pdf</t>
   </si>
   <si>
     <t>Veto Total a Proposição de Lei 3.176 de 26 de março de 2024 que "Fixa o subsídio do Prefeito,Vice-Prefeito e Secretários Municipais de Dores do Indaiá, Estado de Minas Gerais, a vigorar na legislatura de 2025/2028".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4651,67 +4651,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1631/indicacao_01.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1632/indicacao_02.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1633/indicacao_03.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1694/indicacao_06.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1695/indicacao_07.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1786/indicacao_08.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1787/indicacao_09.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1788/indicacao_10.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1789/indicacao_11.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1790/indicacao_12.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1791/indicacao_13.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1799/indicacao_14.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1800/indicacao_14.2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_16.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_17.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_gustavo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_gustavo_02.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1948/indicacao_gustavo_03.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1625/requerimento_01.2024_2.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1626/requerimento_02.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1627/requerimento_03.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1628/requerimento_04.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1629/requerimento_05.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1630/requerimento_06.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1652/requerimento_07.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1653/requerimento_08.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1691/requerimento_09.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1692/requerimento_10.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1693/requerimento_11.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1792/requerimento_12.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1793/requerimento_15.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_16.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1795/requerimento_17.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1796/requerimento_18.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1797/requerimento_no_19.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1798/requerimento_20.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_no_024.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1827/requerimento_26.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1857/requerimento_28.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1943/requerimento_29.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1941/requerimento_31.2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1942/requerimento_32.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1944/requerimento_33.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1619/projeto_de_lei_01.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1620/projeto_de_lei_complementar_002.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1621/projeto_de_lei_003.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1722/projeto_de_lie_05.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1723/projeto_de_lei_07.2024_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1724/projeto_de_lei_08.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1725/projeto_de_lei_09.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1726/projeto_de_lei_010.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1728/projeto_de_lei_11.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1729/projeto_de_lei_12.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1730/projeto_de_lei_13.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1731/projeto_de_lei_014.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1732/projeto_de_lei_15.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1733/pl_016.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1734/pl_17.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1736/pl_18.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1739/projeto_de_lei_no_19.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1737/projeto_de_lei_20.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1959/projeto_de_lei_21.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1738/projeto_de_lei_022.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1807/projeto_de_lei_023.2024_3_arquivos_mesclados.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1804/projeto_de_lei_no_24.2024_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1742/pl_25.2024_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1805/projeto_de_lei_no_26.2024_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_27.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1811/projeto_de_lei_no_028.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1902/projeto_de_lei_30.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1914/pl_31.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1960/projeto_de_lei_32.2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1961/projeto_de_lei_33.2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1962/projeto_de_lei_34.2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_35.2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2029/projeto_de_lei_ordinaria_38.2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1615/projeto_de_lei_complementar_001.2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1616/projeto_de_lei_complementar_002.2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1617/projeto_de_lei_complementar_003.2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1618/projeto_de_lei_complementar_04.2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1858/pcl_05.2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1859/plc_07.2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1860/plc_08.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1861/pcl_09.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1862/plc_10.2024_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1863/plc_11.2024_.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1864/plc_12.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1603/oficio_10.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1604/oficio_11.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1605/oficio_12.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1606/oficio_13.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1607/oficio_14.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1608/oficio_15.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1609/oficio_16.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1610/oficio_17.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1611/oficio_18.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1612/oficio_19.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1613/oficio_20.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1622/oficio_23.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1623/oficio_24.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1624/oficio_25.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1639/oficio_32.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1640/oficio_33.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1641/oficio_34.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1642/oficio_35.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1643/oficio_36.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1644/oficio_37.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1645/oficio_38.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1646/oficio_39.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1647/oficio_43.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1648/oficio_44.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1649/oficio_45.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1650/oficio_46.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1651/oficio_48.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1678/oficio_48.2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1654/oficio_58.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1655/oficio_59.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1656/oficio_60.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1657/oficio_61.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1658/oficio_62.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1659/oficio_63.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1660/oficio_64.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1661/oficio_65.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1662/oficio_66.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1663/oficio_67.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1664/oficio_68.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1665/oficio_72.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1666/oficio_73.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1667/oficio_74.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1668/oficio_75.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1669/oficio_76.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1670/oficio_77.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1671/oficio_78.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1672/oficio_79.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1673/oficio_83.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1674/oficio_84.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1675/oficio_85.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1676/oficio_86.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1677/oficio_88.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1679/oficio_92.2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1680/oficio_93.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1681/oficio_94.2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1682/oficio_95.2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1683/oficio_96.2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1684/oficio_97.2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1685/oficio_98.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1686/oficio_99.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1687/oficio_100.2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1688/oficio_101.2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1689/oficio_102.2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1690/oficio_104.2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1696/oficio_109.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1697/oficio_111.2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1698/oficio_112.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1699/oficio_113.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1700/oficio_114.2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1701/oficio_116.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1702/oficio_117.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1703/oficio_122.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1704/oficio_128.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1705/oficio_129.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1706/oficio_130.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1707/oficio_131.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1708/oficio_132.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1709/oficio_133.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1710/oficio_134.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1711/oficio_135.2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1712/oficio_136.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1713/oficio_140.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1714/oficio_141.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1715/oficio_142.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1716/oficio_143.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1717/oficio_144.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1718/oficio_145.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1719/oficio_146.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1720/oficio_147.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1721/oficio_148.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1744/oficio_152.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1745/oficio_153.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1746/oficio_155.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1747/oficio_157.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1748/oficio_158.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1749/oficio_160.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1750/oficio_162.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1751/oficio_163.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1752/oficio_164.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1753/oficio_165.2024_-_inicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1754/oficio_166.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1755/oficio_167.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1756/oficio_168.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1757/oficio_169.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1758/oficio_170.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1759/oficio_171.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1760/oficio_172.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1761/oficio_173.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1762/oficio_175.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1763/oficio_176.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1764/oficio_177.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1765/oficio_185.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1766/oficio_186.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1767/oficio_187.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1769/oficio_189.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1770/oficio_190.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1771/oficio_193.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1772/oficio_194.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1773/oficio_195.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1774/oficio_196.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1775/oficio_197.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1776/oficio_200.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1777/oficio_203.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1778/oficio_204.2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1779/oficio_205.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1780/oficio_206.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1781/oficio_207.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1782/oficio_209.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1783/oficio_210.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1784/oficio_211.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1785/oficio_212.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1801/oficio_242.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1802/oficio_243.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1803/oficio_244.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1813/oficio_no_246.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1814/oficio_no_247.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1815/oficio_no_248.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1816/oficio_no_249.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1817/oficio_no_250.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1818/oficio_no_251.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1819/oficio_no_252.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1820/oficio_no_253.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1821/oficio_no_254.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1822/oficio_no_255.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1823/oficio_no_256.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1824/oficio_no_257.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1825/oficio_259.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1826/oficio_260.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1828/oficio_262.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1829/oficio_263.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1830/oficio_264.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1831/oficio_265.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1832/oficio_266.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1833/oficio_266.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1834/oficio_268.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1835/oficio_269.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1836/oficio_273.2024_-_indiccaao_verbal.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1837/oficio_274.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1838/oficio_275.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1839/oficio_276.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1840/oficio_277.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1841/oficio_278.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1842/oficio_279.2024_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1843/oficio_280.2024_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1844/oficio_281.2024_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1845/oficio_282.2024_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1846/oficio_283.2024__indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1847/oficio_284.2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1848/oficio_285.2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1849/oficio_286.2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1850/oficio_287.2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1851/oficio_288.2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1852/oficio_289.2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1853/oficio_290.2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1854/oficio_291.2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1855/oficio_292.2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1856/oficio_293.2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1865/oficio_300.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1866/oficio_301.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1867/oficio_302.2024__-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1868/oficio_303.2024__-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1869/oficio_304.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1870/oficio_305.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1871/oficio_306.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1872/oficio_307.2024_-_inidicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1873/oficio_308.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1874/oficio_309.2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1875/oficio_310.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1876/oficio_311.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1877/oficio_312.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1878/oficio_313.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1879/oficio_314.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1880/oficio_315.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1881/oficio_316.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1882/oficio_317.2024__-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1883/oficio_318.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1884/oficio_319.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1885/oficio_320.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1886/oficio_321.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1887/oficio_322.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1888/oficio_323.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1889/oficio_324.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1890/oficio_325.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1891/oficio_326.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1892/oficio_327.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1893/oficio_328.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1894/oficio_329.2024_-_indiccaao_verbal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1895/oficio_330.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1896/oficio_331.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1897/oficio_332.2024_-_indiccao_verbal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1898/oficio_333.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1899/oficio_334.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1903/oficio_336.2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1904/oficio_337.2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1905/oficio_338.2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1906/oficio_339.2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1907/oficio_340.2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1908/oficio_341.2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1909/oficio_342.2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1910/oficio_343.2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1911/oficio_344.2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1915/oficio_347.2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1916/oficio_348.2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1917/oficio_349.2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1918/oficio_350.2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1919/oficio_351.2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1920/oficio_352.2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1921/oficio_353.2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1923/oficio_355.2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1922/oficio_356.2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1924/oficio_357.2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1925/oficio_364.2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1926/oficio_365.2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1927/oficio_366.2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1928/oficio_367.2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1929/oficio_368.2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1930/oficio_369.2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1931/oficio370.2024.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1932/oficio_371.2024.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1933/oficio_372.2024.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1934/oficio_373.2024.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1935/oficio_374.2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1936/oficio_375.2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1937/oficio_397.2024.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1938/oficio_398.2024.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1939/oficio_400.2024.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1940/oficio_401.2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1949/oficio_406.2024.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1950/oficio_407.2024.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1951/oficio_408.2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1952/oficio_409.2024_.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1953/oficio_410.2024.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1954/oficio_411.2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1955/oficio_416.2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1956/oficio_407.2024.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1957/oficio_418.2024.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1958/oficio_419.2024.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1964/oficio_428.2024.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1965/oficio_429.2024.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1966/oficio_430.2024.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1967/oficio_431.2024.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1968/oficio_432.2024.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1969/oficio_433.2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1970/oficio_434.2024.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1971/oficio_435.2024.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1901/projeto_de_resolucao_01.2024_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1900/projeto_de_resolucao_02.2024.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2013/mocao_de_congratulacao_01.2024.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2014/mocao_de_congratulacao_02.2024.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2015/mocao_de_congratulacao_03.2024.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2016/mocao_de_congratulacao_04.2024.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2018/mocao_honrosa_06.2024.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1727/projeto_de_emenda_a_lei_organica_no_01.2024_2.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1735/pl_16.2024_-_emenda_modificativa_no_01.2024.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1808/pl_023.2024_-_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1809/pl_023.2024_-_emenda_modificativa_no_02.2024_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1810/pl_023.2024_-_emenda_modificativa_no_03.2024.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1740/projeto_de_lei_substitutivo_no_01.2024_ao_projeto_de_lei_19.2024.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1743/razoes_de_veto.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1631/indicacao_01.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1632/indicacao_02.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1633/indicacao_03.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1694/indicacao_06.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1695/indicacao_07.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1786/indicacao_08.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1787/indicacao_09.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1788/indicacao_10.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1789/indicacao_11.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1790/indicacao_12.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1791/indicacao_13.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1799/indicacao_14.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1800/indicacao_14.2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1912/indicacao_16.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1913/indicacao_17.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1946/indicacao_gustavo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1947/indicacao_gustavo_02.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1948/indicacao_gustavo_03.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1625/requerimento_01.2024_2.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1626/requerimento_02.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1627/requerimento_03.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1628/requerimento_04.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1629/requerimento_05.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1630/requerimento_06.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1652/requerimento_07.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1653/requerimento_08.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1691/requerimento_09.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1692/requerimento_10.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1693/requerimento_11.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1792/requerimento_12.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1793/requerimento_15.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_16.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1795/requerimento_17.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1796/requerimento_18.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1797/requerimento_no_19.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1798/requerimento_20.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_no_024.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1827/requerimento_26.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1857/requerimento_28.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1943/requerimento_29.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1941/requerimento_31.2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1942/requerimento_32.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1944/requerimento_33.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1619/projeto_de_lei_01.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1620/projeto_de_lei_complementar_002.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1621/projeto_de_lei_003.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1722/projeto_de_lie_05.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1723/projeto_de_lei_07.2024_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1724/projeto_de_lei_08.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1725/projeto_de_lei_09.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1726/projeto_de_lei_010.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1728/projeto_de_lei_11.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1729/projeto_de_lei_12.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1730/projeto_de_lei_13.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1731/projeto_de_lei_014.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1732/projeto_de_lei_15.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1733/pl_016.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1734/pl_17.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1736/pl_18.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1739/projeto_de_lei_no_19.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1737/projeto_de_lei_20.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1959/projeto_de_lei_21.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1738/projeto_de_lei_022.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1807/projeto_de_lei_023.2024_3_arquivos_mesclados.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1804/projeto_de_lei_no_24.2024_.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1742/pl_25.2024_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1805/projeto_de_lei_no_26.2024_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_27.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1811/projeto_de_lei_no_028.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1902/projeto_de_lei_30.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1914/pl_31.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1960/projeto_de_lei_32.2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1961/projeto_de_lei_33.2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1962/projeto_de_lei_34.2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_35.2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2029/projeto_de_lei_ordinaria_38.2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1615/projeto_de_lei_complementar_001.2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1616/projeto_de_lei_complementar_002.2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1617/projeto_de_lei_complementar_003.2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1618/projeto_de_lei_complementar_04.2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1858/pcl_05.2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1859/plc_07.2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1860/plc_08.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1861/pcl_09.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1862/plc_10.2024_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1863/plc_11.2024_.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1864/plc_12.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1603/oficio_10.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1604/oficio_11.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1605/oficio_12.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1606/oficio_13.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1607/oficio_14.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1608/oficio_15.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1609/oficio_16.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1610/oficio_17.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1611/oficio_18.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1612/oficio_19.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1613/oficio_20.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1622/oficio_23.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1623/oficio_24.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1624/oficio_25.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1639/oficio_32.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1640/oficio_33.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1641/oficio_34.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1642/oficio_35.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1643/oficio_36.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1644/oficio_37.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1645/oficio_38.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1646/oficio_39.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1647/oficio_43.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1648/oficio_44.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1649/oficio_45.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1650/oficio_46.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1651/oficio_48.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1678/oficio_48.2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1654/oficio_58.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1655/oficio_59.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1656/oficio_60.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1657/oficio_61.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1658/oficio_62.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1659/oficio_63.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1660/oficio_64.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1661/oficio_65.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1662/oficio_66.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1663/oficio_67.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1664/oficio_68.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1665/oficio_72.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1666/oficio_73.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1667/oficio_74.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1668/oficio_75.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1669/oficio_76.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1670/oficio_77.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1671/oficio_78.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1672/oficio_79.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1673/oficio_83.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1674/oficio_84.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1675/oficio_85.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1676/oficio_86.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1677/oficio_88.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1679/oficio_92.2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1680/oficio_93.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1681/oficio_94.2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1682/oficio_95.2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1683/oficio_96.2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1684/oficio_97.2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1685/oficio_98.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1686/oficio_99.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1687/oficio_100.2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1688/oficio_101.2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1689/oficio_102.2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1690/oficio_104.2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1696/oficio_109.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1697/oficio_111.2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1698/oficio_112.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1699/oficio_113.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1700/oficio_114.2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1701/oficio_116.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1702/oficio_117.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1703/oficio_122.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1704/oficio_128.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1705/oficio_129.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1706/oficio_130.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1707/oficio_131.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1708/oficio_132.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1709/oficio_133.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1710/oficio_134.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1711/oficio_135.2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1712/oficio_136.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1713/oficio_140.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1714/oficio_141.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1715/oficio_142.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1716/oficio_143.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1717/oficio_144.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1718/oficio_145.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1719/oficio_146.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1720/oficio_147.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1721/oficio_148.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1744/oficio_152.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1745/oficio_153.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1746/oficio_155.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1747/oficio_157.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1748/oficio_158.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1749/oficio_160.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1750/oficio_162.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1751/oficio_163.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1752/oficio_164.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1753/oficio_165.2024_-_inicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1754/oficio_166.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1755/oficio_167.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1756/oficio_168.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1757/oficio_169.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1758/oficio_170.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1759/oficio_171.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1760/oficio_172.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1761/oficio_173.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1762/oficio_175.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1763/oficio_176.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1764/oficio_177.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1765/oficio_185.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1766/oficio_186.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1767/oficio_187.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1769/oficio_189.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1770/oficio_190.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1771/oficio_193.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1772/oficio_194.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1773/oficio_195.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1774/oficio_196.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1775/oficio_197.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1776/oficio_200.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1777/oficio_203.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1778/oficio_204.2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1779/oficio_205.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1780/oficio_206.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1781/oficio_207.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1782/oficio_209.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1783/oficio_210.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1784/oficio_211.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1785/oficio_212.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1801/oficio_242.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1802/oficio_243.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1803/oficio_244.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1813/oficio_no_246.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1814/oficio_no_247.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1815/oficio_no_248.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1816/oficio_no_249.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1817/oficio_no_250.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1818/oficio_no_251.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1819/oficio_no_252.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1820/oficio_no_253.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1821/oficio_no_254.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1822/oficio_no_255.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1823/oficio_no_256.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1824/oficio_no_257.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1825/oficio_259.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1826/oficio_260.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1828/oficio_262.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1829/oficio_263.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1830/oficio_264.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1831/oficio_265.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1832/oficio_266.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1833/oficio_266.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1834/oficio_268.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1835/oficio_269.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1836/oficio_273.2024_-_indiccaao_verbal.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1837/oficio_274.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1838/oficio_275.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1839/oficio_276.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1840/oficio_277.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1841/oficio_278.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1842/oficio_279.2024_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1843/oficio_280.2024_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1844/oficio_281.2024_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1845/oficio_282.2024_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1846/oficio_283.2024__indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1847/oficio_284.2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1848/oficio_285.2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1849/oficio_286.2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1850/oficio_287.2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1851/oficio_288.2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1852/oficio_289.2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1853/oficio_290.2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1854/oficio_291.2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1855/oficio_292.2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1856/oficio_293.2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1865/oficio_300.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1866/oficio_301.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1867/oficio_302.2024__-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1868/oficio_303.2024__-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1869/oficio_304.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1870/oficio_305.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1871/oficio_306.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1872/oficio_307.2024_-_inidicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1873/oficio_308.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1874/oficio_309.2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1875/oficio_310.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1876/oficio_311.2024_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1877/oficio_312.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1878/oficio_313.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1879/oficio_314.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1880/oficio_315.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1881/oficio_316.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1882/oficio_317.2024__-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1883/oficio_318.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1884/oficio_319.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1885/oficio_320.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1886/oficio_321.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1887/oficio_322.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1888/oficio_323.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1889/oficio_324.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1890/oficio_325.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1891/oficio_326.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1892/oficio_327.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1893/oficio_328.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1894/oficio_329.2024_-_indiccaao_verbal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1895/oficio_330.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1896/oficio_331.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1897/oficio_332.2024_-_indiccao_verbal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1898/oficio_333.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1899/oficio_334.2024_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1903/oficio_336.2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1904/oficio_337.2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1905/oficio_338.2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1906/oficio_339.2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1907/oficio_340.2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1908/oficio_341.2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1909/oficio_342.2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1910/oficio_343.2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1911/oficio_344.2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1915/oficio_347.2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1916/oficio_348.2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1917/oficio_349.2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1918/oficio_350.2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1919/oficio_351.2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1920/oficio_352.2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1921/oficio_353.2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1923/oficio_355.2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1922/oficio_356.2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1924/oficio_357.2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1925/oficio_364.2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1926/oficio_365.2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1927/oficio_366.2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1928/oficio_367.2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1929/oficio_368.2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1930/oficio_369.2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1931/oficio370.2024.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1932/oficio_371.2024.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1933/oficio_372.2024.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1934/oficio_373.2024.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1935/oficio_374.2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1936/oficio_375.2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1937/oficio_397.2024.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1938/oficio_398.2024.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1939/oficio_400.2024.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1940/oficio_401.2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1949/oficio_406.2024.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1950/oficio_407.2024.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1951/oficio_408.2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1952/oficio_409.2024_.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1953/oficio_410.2024.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1954/oficio_411.2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1955/oficio_416.2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1956/oficio_407.2024.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1957/oficio_418.2024.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1958/oficio_419.2024.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1964/oficio_428.2024.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1965/oficio_429.2024.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1966/oficio_430.2024.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1967/oficio_431.2024.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1968/oficio_432.2024.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1969/oficio_433.2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1970/oficio_434.2024.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1971/oficio_435.2024.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1901/projeto_de_resolucao_01.2024_-_convertido.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1900/projeto_de_resolucao_02.2024.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2013/mocao_de_congratulacao_01.2024.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2014/mocao_de_congratulacao_02.2024.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2015/mocao_de_congratulacao_03.2024.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2016/mocao_de_congratulacao_04.2024.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/2018/mocao_honrosa_06.2024.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1727/projeto_de_emenda_a_lei_organica_no_01.2024_2.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1735/pl_16.2024_-_emenda_modificativa_no_01.2024.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1808/pl_023.2024_-_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1809/pl_023.2024_-_emenda_modificativa_no_02.2024_.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1810/pl_023.2024_-_emenda_modificativa_no_03.2024.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1740/projeto_de_lei_substitutivo_no_01.2024_ao_projeto_de_lei_19.2024.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2024/1743/razoes_de_veto.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H370"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>