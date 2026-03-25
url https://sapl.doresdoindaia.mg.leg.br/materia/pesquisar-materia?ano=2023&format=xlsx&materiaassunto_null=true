--- v0 (2025-12-22)
+++ v1 (2026-03-25)
@@ -54,4456 +54,4456 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_no_01.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_no_01.2023.pdf</t>
   </si>
   <si>
     <t>Indicado à mesa diretora que apresente Projeto de Resolução criando e estruturando a Ouvidoria Parlamentar da Câmara Municipal de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_no_02.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_no_02.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a criação de página institucional da Câmara Municipal de Dores do Indaiá na rede social facebook.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_no_03.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_no_03.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a construção de uma lombofaixa entre os números 865 e 875, na Avenida Jonas Pires, bairro das Indústrias nos dois sentidos e que seja realizado estudo junto a Secretaria Municipal de Obras sobre a viabilidade em firmar parceria junto ao Sindicato dos Produtores Rurais para construírem o passeio marginal ao imóvel localizado na Avenida Jonas Pires de propriedade do Sindicato Rural.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Adilson Pereira Lino</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1237/indicacao_no_04.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1237/indicacao_no_04.2023.pdf</t>
   </si>
   <si>
     <t>Indicado mudança do estacionamento da Avenida Magalhães Pinto nas proximidades do nº 728 para o lado da calçada nos dois sentidos.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1248/indicacao_no_05.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1248/indicacao_no_05.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a instalação de mata-burro na localidade "Clodomiro de Oliveira", Fundão, Morro Grande, local: Serrinha, Fazenda do produtor rural Luiz Antônio Costa.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Adão Amaral da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_06.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_06.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado dois corrimões na entrada de vacinação e a aquisição de um aparelho para aferir pressão para UBS do bairro São José.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Gustavo Henrique de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_07.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_07.2023.pdf</t>
   </si>
   <si>
     <t>(REJEITADO) Que seja providenciada a devolução do duodécimo para a complementação de recursos para aquisição de uma motoniveladora.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Karla Francisca Vieira Araújo</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_no_08.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_no_08.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a fiscalização da Lei Municipal nº 2.843 de 27 de março de 2019, que regulamenta o serviço de transporte escolar privado/particular no Município.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Adilson Mário Alves</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/indicacao_no_09.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/indicacao_no_09.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado a este parlamento, projeto de lei  que torne obrigatório a intalação de câmeras de monitoramento e detectores de metais nas escolas públicas do Município.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/indicacao_no_10.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/indicacao_no_10.2023.pdf</t>
   </si>
   <si>
     <t>Indicado ao poder executivo que faça estudo/análise sobre a criação de Guarda Municipal para a disponibilização de um GM em cada Escoal Municipal (em tempo integral), durante o período de funcionamento da mesma, ou a analise a possibilidade de contratação de segurança privada terceirizada para atender e suprir tal finalidade.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_no_11.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_no_11.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que se encaminhe a este parlamento projeto de lei alterando a Lei 3070/2022 e seus anexos quanto ao quadro das emendas impositivas.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Adilson Pereira Lino, Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_no_12.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_no_12.2023.pdf</t>
   </si>
   <si>
     <t>Indicado arrumar o buraco na rua Santa Catarina, localizado acima da residência de número 255, bairro Rosário.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_no_13.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_no_13.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a pintura do redutor de velocidade e a instalação de placa de parada obrigatória, na rua Quartel Geral, em frente ao nº 51, no bairro Aeroporto.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Leonardo Diógenes Coelho</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_no_14.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_no_14.2023.pdf</t>
   </si>
   <si>
     <t>Indicado o estudo do reajuste dos salários dos conselheiros tutelares.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_15.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_15.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado com urgência, a melhoria da iluminação da praça da Escola Estadual Francisco Campos, bem como a poda das árvores no local.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_16.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_16.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado com urgência a reparação de um burado na Rua Osvaldo Rodrigues de Alcântara no Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/indicacao_17.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/indicacao_17.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado com urgência análise relativa à contratação de mais médicos para atenderem ao plantão do pronto atendimento da Santa Casa de Misericórdia Doutor Zacarias.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1392/indicacao_18.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1392/indicacao_18.2023.pdf</t>
   </si>
   <si>
     <t>Indicado alteração para mão única de direção na Rua Distrito Federal, entre as ruas Doutor João Chagas de Faria( Dr. Di) e Rua Henrique Giordane, no bairro Oswaldo de Araújo.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Adilson Pereira Lino, Leonardo Diógenes Coelho, Silvio Silva, Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1393/indicacao_19.2023_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1393/indicacao_19.2023_2.pdf</t>
   </si>
   <si>
     <t>Indicado que seja analisado a viabilidade do Poder Público Municipal proceder a doação ou concessão de direto real de uso de um imóvel de pelo menos  200 m² ao Sr. José Alivaldo da Costa.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/indicacao_20.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/indicacao_20.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção do calçamento em frente a propriedade do saudoso Sr. Pedro Vaz, nas proximidades da distribuidora de energia da CEMIG.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_21.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_21.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de placas de proibido jogar lixo, na rua Marajós, bairro São José, em frente ao número 20.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1434/indicacao_22.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1434/indicacao_22.2023.pdf</t>
   </si>
   <si>
     <t>Indicada a instalação de placas de trãnsito de proibido estacionar nos dois sentidos de direção da Rua São Paulo, em frente aos números 746 a 762.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1483/indicacao_23.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1483/indicacao_23.2023.pdf</t>
   </si>
   <si>
     <t>Requerido a análise da possibilidade do adiantamento de parte do duodécimo acumulado nos últimos oito meses para o Poder Executivo, sugerindo a destinação de parte deste recursos para Santa Casa de Misericórdia Dr. Zacarias e outra para executivo complementar e antecipar o pagamento do décimo terceiro dos servidores municipais para o mês de outubro de 2023.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_24.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_24.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que providencie a aquisição de um aparelho de Raio-X para o setor de odontologia do município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1485/indicacao_25.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1485/indicacao_25.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de faixa de pedestre elevada, conhecida como "lombofaixa", na rua Paraíba ao lado da escola Particular Dorense.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>José Ailton de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_26.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_26.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a revitalização, reforma e revitalização da Praça Tenente Zacarias Zica - Praça Abaeté.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_27.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_27.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudado pelo setor competente a doação de um terreno de até 1.000 m² (mil metros quadrados), localizados no antigo campo de aviação para a ONG Esperança Animal.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_29.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_29.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja providenciado, com urgência, a sinalização da rotatória no bairro Osvaldo de Araújo costa, próxim ao Parque de Exposições entre as ruas João M. da Costa e Rua Benevenudo Alvarenga.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_31.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_31.2023.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente elaboração de estudos a fim de promover a delimitação de uso como estacionamento em apenas uma das laterais da via públia, Rua Luz, no bairro Aerooporto e elaboração de estudos para promover a contenção das águas pluviais que descem do antigo campo de aviação.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_32.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_32.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a manutençã na estrada rural do Cocais.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_33.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_33.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção da torrede transmissão do sinal da televisão.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1241/requerimento_no_09.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1241/requerimento_no_09.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja deferida para Reunião do dia 07 de fevereiro de 2023, acesso de forma remota/virtual a Reunião Ordinária, em virtude do convocação para curso de formação e capacitação de instrutores de defesa pessoal policial a ser ministrado pela Polícia Civil de Minas Gerais, no Campus da ACADEPOL em Belo Horizonte/MG.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1240/requerimento_no_10.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1240/requerimento_no_10.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado o nome da empresa responsável pela máquina que se encontra estacionada em frente a igreja Matriz há cerca de dois meses.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1239/requerimento_no_11.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1239/requerimento_no_11.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado através de relatório de julho de 2022 até a presente data, os gastos/R$ e consumo com combustível de cada secretaria, bem como a placa de cada veículo utilizado nas pastas.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1238/requerimento_no_12.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1238/requerimento_no_12.2023.pdf</t>
   </si>
   <si>
     <t>Requerido as seguintes informações: quais são as entidades solicitaram o credenciamento para receber em 2023 recursos advindos de emenda impositiva do Poder Legislativo; quais as entidades estão aptas a receber as respectivas emendas impositivas; encaminhar cópia do plano de trabalho de cada entidade credenciada; informar qual(is) entidades solicitarem o credenciamento, porém não se encontra apta para recebimento de recursos.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1249/requerimento_14.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1249/requerimento_14.2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado a alteração e atualização da Resolução nº 02, de 24 de junho de 2014 - Regimento Interno da Câmara de Dores do Indaiá, a fim de inserir na referida norma previsão e regulamentação para participação em Reunião semipresencial, com a possibilidade de participação remota de vereadores por meio de sisitema de videoconferência.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Adilson Pereira Lino, Leonardo Diógenes Coelho, Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/requerimento_15.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/requerimento_15.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhados cópia integral do Processo Administrativo 28/2022 - Adesão número 07/2022 e também cópias de todos os comprovantes de empenho e liquidação de pagamentos efetivos, cópias dos restos a pagar processos e não processados.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/requerimento_16.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/requerimento_16.2023.pdf</t>
   </si>
   <si>
     <t>Requerido convocação do Secretário Municipal de Obras e Transportes, o Sr. Mayckon Aparecido Leite.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/requerimento_17.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/requerimento_17.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado qual o planejamento para a colocação das manilhas que estão localizadas nas Ruas Amazonas e Dr. José Argemiro de Moura.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/requerimento_18.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/requerimento_18.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado qual o planejamento para cobertura ou canalização do córrego que passa paralelamente à rua Francisco José dos Santos.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/requerimento_19.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/requerimento_19.2023.pdf</t>
   </si>
   <si>
     <t>Requerido cópia do Processo Licitatório 129- Pregão - Registro de Preço nº 57/2022 e cópias da Adesão e Ata do Registro de Preço nº 74/2020 - Município de Maria  de Itabira/MG, Processo Administrativo  nº 13/2021  - Adesão Municipal nº 03/2021, devendo este último ser acompanhado do Processo Licitatório  nº 046/2022, processo nº 002/2022 - Reconhcimento de dívida.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/requerimento_20.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/requerimento_20.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado cópias das autuações efetuadas pela Administração Municipal à Copasa, no período compreendido entre 17 de setembro de 2021 até a presenta data.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/requerimento_21.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/requerimento_21.2023.pdf</t>
   </si>
   <si>
     <t>Requerido cópia o projeto com ART do responsável da obra, orçamento, cronograma, memorial descritivo e memória de cálculo referentes as Obras da Rua Tapajós.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/requerimento_22.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/requerimento_22.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a esta Casa Legislativa  cópia das notas fiscais, empenhos inscritos nos restos a pagar processados e não processados, planilhas de mediação e ART do Profissional resposável pela execução das obras, tickets de pesagens da massa aplicada da empresa Terra Engenharia Ltda.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1317/requerimento_no_23.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1317/requerimento_no_23.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhados a este Poder Legislativo movimento numerário analítico separado por fonte de recursos financeiros de todas as contas bancárias em nome da Prefeitura emitidos pelo Sistema Sonner.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>CVOP - Comissão de Viação e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Requerido explicações sobre a máquina Pá Carregadora XCMG - LW300KV - recebida por doação através da CODEVASF.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/requerimento_no_25.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/requerimento_no_25.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam encaminhadaos a este Poder Legislativo cópias a prestação de contas das diárias  de viagens dos agentes políticos contendo comprovantes fiscais, autorização do superior  hierárquico, autorização para saída de veículo, conforme prescrições contidas no artigo 15 e 16 da Lei Municipal nº 2.50/2013.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/requerimento_26.2023_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/requerimento_26.2023_2.pdf</t>
   </si>
   <si>
     <t>Requerido que determine ao setor competente que nos envie a relação de frota motorizada por secretaria pertencente ao Município, discriminada da seguinte forma:_x000D_
 - Placa, Marca/Modelo_x000D_
 - Ano de fabricação_x000D_
 - Estado de uso e consevação_x000D_
 - Máquinas e implementos número do patrimônio.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/requerimenot_27.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/requerimenot_27.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam encaminhadas a este Poder Legislativo notas fiscais de aquisição de material didático (livros) referente a janeiro de 2021 até a presente data.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/requerimenot_28.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/requerimenot_28.2023.pdf</t>
   </si>
   <si>
     <t>Requerido convocação em regime de urgência o Ilmo. Sr. Deiverson Marcos Fiuza, Secretário Municipal de Administração, Planejamento e Finanças e o Ilmo. Henrique da Costa Marques. controlador Interno Municipal.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/requerimento_29.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/requerimento_29.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam encaminhadas a este Poder Legislativo cópias integral do Processo Licitatório 21/2023 e cópia do contrato firmado entre a Prefeitura e a empresa citada.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1342/requerimento_30.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1342/requerimento_30.2023.pdf</t>
   </si>
   <si>
     <t>Requerido cópias de todas as portarias de abertura de proceso de sindicância e processos administrativos instaurados de 01 de janeiro de 2021 até a presente data.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/requerimento_31.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/requerimento_31.2023.pdf</t>
   </si>
   <si>
     <t>Requerido folha de pagamento detalhada dos servidores comissionados, contratados e efetivos da Secretraria Municipal de Educação referente ao mês de abril de 2023.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1390/requerimento_33.2023_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1390/requerimento_33.2023_2.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a este Poder Legislativo cópias das notas fiscais de fornecedor(es) de combustível e derivados acompanhados dos cupons comprovantes de consumo de combustível e derivados no período de janeiro de 2022 a dezembro de 2022.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/requerimento_34.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/requerimento_34.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam encaminhados a este Poder Legislativo movimentos numerário analítico separado por fonte de recurso financeiro de todas as contas bancárias em nome da Prefeitura emitidos pelo sistema Sonner referente ao mês julho de 2023.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1435/requerimento_35.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1435/requerimento_35.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja convocado o Ilmo. Sr. Secretário Municipal de Desenvolvimento Econômico, Agronegócio e Meio Ambiente, Marcelo Coêlho Ferreira Filho a comparecer à Reunião Ordinária no dia 22 de agosto de 2023, às 19:00 horas.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1482/requerimento_36.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1482/requerimento_36.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam encaminhadas no prazo estipulado no Art. 78, XIV, da Lei Orgânica do Município, a este Poder Legislativo cópias do termo de colaboração e do plano de trabalho no exercício de 2022 a 2023 entre o município de Dores do Indaiá e a Santa Casa de Misericórdia Dr. Zacarias.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Adilson Pereira Lino, Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/requerimento_37.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/requerimento_37.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja convocado o Ilmo. Sr. Derli Adriano Ferreira, Secretário Municipal de Obras e Transportes para comparecer a este parlamento em reunião ordinário no prazo de 15 dias podendo ser prorrogado pelo mesmo período com justificativa fundamentada.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/requerimento_38.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/requerimento_38.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado a previsão do término da obra da Rua 13 de maio.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/requerimento_39.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/requerimento_39.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que o Poder Executivo informe a previsão da obra da rua Irmã Inês.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/requerimento_40.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/requerimento_40.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado a previsão do término da pista de skate.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_41.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_41.2023.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado a previsão do início das obras da nova escola no bairro Residencial Indaiá.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/requerimento_42.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/requerimento_42.2023.pdf</t>
   </si>
   <si>
     <t>Requerido cópias integrais dos contratos, empenhos e comprovantes de pagamentos relativos a contratações de artistas e/ou promotores que prestaram serviços para realização de festas e eventos realizados por esta municipalidade nos anos de 2021, 2022, até outubro de 2023, incluindo a contratação de palco, som, equipamentos diversos, segurança, hospedagem, alimentação e outros.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo Municipal - PEM</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1336/projeto_de_lei_01.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1336/projeto_de_lei_01.2023.pdf</t>
   </si>
   <si>
     <t>(REJEITADO) Dispõe sobre a nomeação de próprio mnicipal e dá outras providências.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1225/projeto_de_lei_02.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1225/projeto_de_lei_02.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Dores do Indaiá - Minas Gerais a doar ao estado de Minas Gerais, através da Secretaria de Estado de Justiça e Segurança Pública - SEJUSP bem móvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1335/projeto_de_lei_004.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1335/projeto_de_lei_004.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$8.895.643,94 (oito milhões oitocentos e noventa e cinco mil seiscentos e quarenta e três reais e noventa e quatro centavos), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1229/projeto_de_lei_05.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1229/projeto_de_lei_05.2023.pdf</t>
   </si>
   <si>
     <t>(REJEITADO) Autoriza a recomposição da perda inflacionária dos subsídios do prefeito, vice-prefeito e secretários municipais de Dores do Indaiá, estado do Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1228/projeto_de_lei_06.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1228/projeto_de_lei_06.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir suplementar no valor de R$386.230,92 (trezentos e oitenta e seis mil duzentos e trinta reais e noventa e dois centavos), por superávit financeiro, na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Adilson Pereira Lino, Leonardo Diógenes Coelho, Zé Roia</t>
   </si>
   <si>
     <t>(REJEITADO) Autoriza a recomposição da perda inflacionáriao dos subsídios dos Vereadores do Município de Dores do Indaiá/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_de_lei_08.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_de_lei_08.2023.pdf</t>
   </si>
   <si>
     <t>Altera redação do Anexo I da Lei Municipal nº 2.520/2013, de 31 outubro de 2013, que dispõe sobre a viagem a serviço e concessão de diária a servidor dos órgãos da administração pública direta e dá outras providências.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1224/projeto_de_lei_09.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1224/projeto_de_lei_09.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a instruir camapnha de incentivo à transferência de veículos automores no município de Dores do Indaiá - Minas Gerais.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_10.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_10.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar e fonte de despesa no valor de R$300.000,00 (trezentos mil reais) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1231/projeto_de_lei_11.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1231/projeto_de_lei_11.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional suplementar por superávit financeiro no valor de 105.413,09 (cento e cinco mil quatrocentos e treze reais e nove centavos) na forma qu esepcifíca e dá outras providências.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1232/projeto_de_lei_12.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1232/projeto_de_lei_12.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional suplementar por superávit financeiro no valor  de 162.318,42 (cento e sessenta e dois  centavos) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1233/projeto_de_lei_13.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1233/projeto_de_lei_13.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir suplementar por superávit financeiro no valor de R$54.106,14 (cinquenta e quatro mil cento e seis reais e quatorze centavos), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1259/projeto_de_lei_14.2023_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1259/projeto_de_lei_14.2023_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir suplementar por superávit financeiro no valor de R$54.106,14 (cinquenta e quatro mil cento e seis centavos), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1260/projeto_de_lei_15.2023_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1260/projeto_de_lei_15.2023_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional suplementar por superávit financeiro no valor de R$162.318,42 (cento e sessenta e dois mil trezentos e dezoito reais e quarenta e dois centavos) na forma que especifíca e dá outras providências.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1261/projeto_de_lei_16.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1261/projeto_de_lei_16.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o pdoer executivo municipal a abrir crédito adcional suplementar por superávit  financeiro no valor de R$105.413,09 (cento e cino mil quatrocentos e treze reais e nove centavos), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1262/projeto_de_lei__17.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1262/projeto_de_lei__17.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a abrir crédito adicional suplementar por superávit financeiro no valor de R$210.501,79 (duzentos e dez mi, quinhentos e um reais e setenta e nove centavos), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1263/projeto_de_lei_18.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1263/projeto_de_lei_18.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a abrir crédito adicioanal suplementar por superávit financeiro no valro de R$338.718,43 (trezentos e trinta e oito mil setecentos e dezoito reais e quarenta e três centavos), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_lei_19.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_lei_19.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar por superávit financeiro no valor de R$15.000,00(quinze mil reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_20.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_20.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a abrir crédito adicional suplementar por superávit financeiro no valor de R$804.608,25 (oitocentos e quatro mil seiscentos e oito reais e vinte e cinco centavos), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/projeto_de_lei_021.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/projeto_de_lei_021.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar por superávit financeiro no valor de R$300.000,00( trezentos mil reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/projeto_de_lei_022.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/projeto_de_lei_022.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor R$1.080.000,00 (um milhão e oitenta mil reais) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_no_23.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_no_23.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apresentação de relatório semestral sobras as obras em andamento ou com prazo de execução suspenso no município.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_de_lei_no_24.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_de_lei_no_24.2023.pdf</t>
   </si>
   <si>
     <t>Institui os "Prêmios Policial Destaque" ou "Prêmio Força de Segurança" no âmbito do município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/projeto_de_lei_025.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/projeto_de_lei_025.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar por superávit por 316.889,53 (trezentos e dezesseis mil oitocentos e oitenta e nove reais e cinquenta e três centavos), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/projeto_de_lei_026.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/projeto_de_lei_026.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$286.500,00 (duzentos e oitenta e seis mil e quinhentas reais) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_de_lei_no_027.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_de_lei_no_027.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito suplementar no valor de R$721.852,90 (setencentos e vinte e um mil oitocentos e cinquenta e dois reais e noventa centavos) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_lei_no_028.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_lei_no_028.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$500.000,00( quinhentos mil reais) na forma que especifíca e dá outras providências.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_lei_no_029.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_lei_no_029.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional no valor de R$59.287,25 (cinquenta e nove mil duzentos e oitenta e sete reais e vinte e cinco centavos) por superávit financeiro na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_030.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_030.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional suplementar por superávit financeiro no valor de R$26.046,10(vinte e seis mil quarenta e seis reais e dez centavos), naforma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/proejto_de_lei_031.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/proejto_de_lei_031.2023.pdf</t>
   </si>
   <si>
     <t>Denomina "Praça de Futebol &amp; Lazer Flávio Caboclo".</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1741/projeto_de_lei_no_32.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1741/projeto_de_lei_no_32.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_de_lei_033.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_de_lei_033.2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do artigo 1º e acrescenta o inciso X  ao artigo 3º da Lei Municipal nº 3.068, de 14 de dezembro de 2.022 que concede benefício através de doação de fração ideal de área de propriedade do município de Dores do Indaiá - Minas Gerais à empresa que descreve, para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/projeto_de_lei_no_34.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/projeto_de_lei_no_34.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o recebimento de doações de bens móveis, materiais de consumo e serviços pela administração pública direta, autárquica e fundacional o município de Dores do Indaiá  - Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1334/projeto_de_lei_035.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1334/projeto_de_lei_035.2023.pdf</t>
   </si>
   <si>
     <t>Revoga e altera redação de dispositivos do Anexo XIX da Lei Municipal nº 3.067/2022, de 14 de dezembro de 2022, que estima a receita e fixa a despesa do município de Dores do Indaiá - Minas Gerais, para o exercício financeiro de 2.023 e dá outras providências.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/projeto_de_lei_no_37.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/projeto_de_lei_no_37.2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação o artigo 1º, da Lei Municipal nº 3.047, de 14 de setembro de 2.022, que concede incentivo para pagamento de aluguel a empresa que descreve, e dá outras providências.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/projeto_de_lei_no_38.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/projeto_de_lei_no_38.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da brigada municipal de Dores do Indaiá/Mg e dá outras providências.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/projeto_de_lei_40.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/projeto_de_lei_40.2023.pdf</t>
   </si>
   <si>
     <t>Altera o inciso V do art. 5º a Lei 2935/2021, de 17 de maio de 2.021 e dá outras providências.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/proejto_de_lei_no_41.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/proejto_de_lei_no_41.2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o executivo municipal a indenizar o cidadão Odilon Pinto da Cunha por danos materiais sofridos  em veículo de sua propriedade, em razão da responsabilidade civil objetiva do município e dá outras providências."</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/projeto_de_lei_no_42.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/projeto_de_lei_no_42.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar por superávit financeiro no valor de R$2.233.355,50(dois milhões , duzentos e trinta e três mil, trezentos e cinquenta e cinco reais e cinquenta centavos), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/projeto_de_lei_43.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/projeto_de_lei_43.2023.pdf</t>
   </si>
   <si>
     <t>Ratifica o terceiro termo aditivo ao contrato do Consórcio Intermunicipal Multifinalitário do Centro Oeste Mineiro - CIAS Centro Oeste.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/projeto_de_lei_44.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/projeto_de_lei_44.2023.pdf</t>
   </si>
   <si>
     <t>Revoga o inciso I do art. 4º da Lei Municipal nº 3.075/2023 que: autoriza o Poder Executivo a instituir campanha de incentivo a transferência de veículos automotores no município de Dores do Indaiá-MG.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/projeto_de_lei_45.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/projeto_de_lei_45.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abri crédito adicional suplementar no valor de R$110.000,00 (cento e dez mil reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_de_lei_46.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_de_lei_46.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar por superávit financeiro no valor de R$266.225,40 (duzentos e sessenta e seis mil, duzentos e vinte e cinco reais e quarenta centavos) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/projeto_de_lei_47.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/projeto_de_lei_47.2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Fundo Municipal de Habitação de Interesse Social - FHIS, o Conselho Gestor do FHIS e revoga a lei nº 2328, de 08 de julho de 2009.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_no_48.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_no_48.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para a instalação de infraestrutura de suporte para Estação Transmissora de Radiocomunicação - ETR autorizada pela Agência Nacional de Telecomunicações - ANATEL, nos termos da legislação federal vigente e dá outras providências.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_no_49.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_no_49.2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º e inciso V do art. 3º da Lei Municipal nº 2890/2019 que reestrutura o Conselho de Alimentação Escolar - CAE no município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1439/projeto_de_lei_no_50.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1439/projeto_de_lei_no_50.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal (CAIXA), a oferecer garantias e dá outras providências.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_no_51.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_no_51.2023.pdf</t>
   </si>
   <si>
     <t>Revoga, altera redação e repristina dispositivos do art. 6º e do Anexo XIX da Lei Municipal nº 3.067/2022, de 14 de dezembro de 2022, que estima a receita e fixa a despesa do município de Dores do Indaiá - Minas Gerais, para o exercício financeiro de 2.023 e dá outras providências.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1441/projeto_de_lei_no_52.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1441/projeto_de_lei_no_52.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$130.000,00 (cento e trinta mil reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/projeto_de_lei_no_53.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/projeto_de_lei_no_53.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial no valor de R$100.000,00 (cem mil reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/projeto_de_lei_no_54.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/projeto_de_lei_no_54.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial no valor de R$25.000,00 (vinte e cinco mil reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1490/projeto_de_lei_55.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1490/projeto_de_lei_55.2023.pdf</t>
   </si>
   <si>
     <t>Proíbe a inauguração de obra pública não iniciada ou não concluída, institui o "Habite-se Especial" e dá outras providências.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1491/projeto_de_lei_no_56.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1491/projeto_de_lei_no_56.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os critérios de denominação de ruas praças, monumentos, obras e edificações públicas no município de Dores de Indaiá/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1492/projeto_de_lei_57.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1492/projeto_de_lei_57.2023.pdf</t>
   </si>
   <si>
     <t>Institui o Estatuto Municipal da pessoa com deficiência e com necessidades especiais.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/projeto_de_lei_59.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/projeto_de_lei_59.2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de benefícios eventuais no âmbito da Política Municipal de Assistência Social do Município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/proejto_de_lei_60.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/proejto_de_lei_60.2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Minha Casa Melhor e autoriza a doação de materiais de construção do Município de Dores do Indaiá do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/projeto_de_lei_61.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/projeto_de_lei_61.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação dos dados dos Conselhos Municipais na página oficial da Prefeitura e Câmara Municipal na internet, e da outras providências.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1488/projeto_de_lei_62.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1488/projeto_de_lei_62.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores do Indaiá - Estado de Minas Gerais à empresa que descreve, para instalação que empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Leonardo Diógenes Coelho, Silvio Silva, Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/projeto_de_lei_64.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/projeto_de_lei_64.2023.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do prefeito, do vice-prefeito e secretários municipais de Dores do Indaiá, Estado de Minas Gerais, a vigorar na legislatura de 2025/2028.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/projeto_de_lei_65.2023_2_files_merged.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/projeto_de_lei_65.2023_2_files_merged.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos vereadores do município de Dores do Indaiá, estado de Minas Gerais, para vigorar na Legislatura 2025/2028</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1493/projeto_de_lei_66.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1493/projeto_de_lei_66.2023.pdf</t>
   </si>
   <si>
     <t>Institui no município o direito de o contribuinte ter acesso a meios e formas de pagamento digital para quitação de débitos de natureza tributária, taxas e contribuições.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1494/projeto_de_lei_67.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1494/projeto_de_lei_67.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de próprio municipal e da outras providências.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/projeto_de_lei_68.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/projeto_de_lei_68.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar para R$65.849,68, ( sessenta e cinco mil, oitocentos e quarenta e nove reais e sessenta e oito centavos) por excesso de arrecadação na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/projeto_de_lei_70.2023_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/projeto_de_lei_70.2023_2.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.2860/2019 que regulamenta o Cemitério Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/projeto_de_lei_72.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/projeto_de_lei_72.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de material reciclável proveniente da coleta seletiva do município de Dores do Indaiá à Comunidade Terapeutica Francisco de Assis e dá outras providências.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/projeto_de_lei_73.2023_3.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/projeto_de_lei_73.2023_3.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.124/2023 que concede benefício através de doação de área de propriedade do município Dores do Indaiá - Estado de Minas Gerais à empresa que descreve, para instalação de empreedimento e dá outras providências.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/projeto_de_lei_74.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/projeto_de_lei_74.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores do Indaiá - Estado de Minas Gerais à empresa que descreve, para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/projeto_de_lei_75.2023_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/projeto_de_lei_75.2023_2.pdf</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/projeto_de_lei_76.2023_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/projeto_de_lei_76.2023_2.pdf</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/projeto_de_lei_77.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/projeto_de_lei_77.2023.pdf</t>
   </si>
   <si>
     <t>Estabelece os feriados municipais em Dores do Indaiá - Minas Gerais, para o ano de 2.024 e da outras providências.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_lei_79.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_lei_79.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.561, de 06 de maio de 2014, que "Dispõe sobre a obrigatoriedade de divulgação de listagens de pacientes que aguardam por consultas com listagens de pacientes que aguardam por consultas com especialistas, exames e cirurgias na rede pública.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/projeto_de_lei_80.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/projeto_de_lei_80.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terrreno urbano do município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/projeto_de_lei_82.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/projeto_de_lei_82.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno urbano do município e dá outras providências.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/projeto_de_lei_83.2023_4_arquivos_mesclados.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/projeto_de_lei_83.2023_4_arquivos_mesclados.pdf</t>
   </si>
   <si>
     <t>Ratifica a 1ª alteração contratual consolidada do Consórcio Intermunicipal do Serviço de Inspeção do Centro Oeste Mineiro - CISICOM e dá outras providências.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/projeto_de_lei_84.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/projeto_de_lei_84.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional por superávit financeiro no valor de R$260.340,00 (duzentos e sessenta mil e trezentos e quarenta reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/projeto_de_lei_88.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/projeto_de_lei_88.2023.pdf</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/projeto_de_lei_89.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/projeto_de_lei_89.2023.pdf</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/projeto_de_lei_90.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/projeto_de_lei_90.2023.pdf</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/projeto_de_lei_91.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/projeto_de_lei_91.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores do Indaiá - Estado de Minas Gerais à empresa que descreve, para instalação de empreendimentos e dá outras providências.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/projeto_de_lei_92.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/projeto_de_lei_92.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores do Indaiá - Estado de Minas Gerais à empresa que descreve, para instalação de empreendimento e dlá outras providências.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/projeto_de_lei_93.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/projeto_de_lei_93.2023.pdf</t>
   </si>
   <si>
     <t>Concede beneflício através de doação de área de propriedade do município de Dores do Indaiá - Estado de Minas Gerais à empresa que descreve, para instalação de empreendimento e dá outrasp providências.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/projeto_de_lei_94.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/projeto_de_lei_94.2023.pdf</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2019/projeto_de_lei_95.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2019/projeto_de_lei_95.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores do Indaiá - Estado de Minas Gerais á empresa que descreve, para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2020/projeto_de_lei_96.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2020/projeto_de_lei_96.2023.pdf</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2021/projeto_de_lei_97.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2021/projeto_de_lei_97.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores do Indaiá  - estado de Minas Gerais à empresa que descreve, para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2022/projeto_de_lei_98.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2022/projeto_de_lei_98.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores de Indaiá  - Estado de Minas Gerais à empresa que descreve, para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2023/projeto_de_lei_99.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2023/projeto_de_lei_99.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores do Indaiá - Estado de Minas Gerais que descreve, para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2024/projeto_de_lei_100.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2024/projeto_de_lei_100.2023.pdf</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2025/projeto_de_lei_101.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2025/projeto_de_lei_101.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores do Indaiá à empresa que descreve, para instalação de empreedimento e dá outras providências.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2026/projeto_de_lei_102.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2026/projeto_de_lei_102.2023.pdf</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2027/projeto_de_lei_103.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2027/projeto_de_lei_103.2023.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de área de propriedade do município de Dores do Indaiá  - Estado de Minas Gerais à empresa que descreve, para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/projeto_de_lei_104.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/projeto_de_lei_104.2023.pdf</t>
   </si>
   <si>
     <t>Concede benef´cio através de doação de área de propriedade do município de Dores do Indaiá - Estado de Minas Gerais à empresa que descreve, para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1223/projeto_de_lei_complementar_01.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1223/projeto_de_lei_complementar_01.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição da peda inflacionária dos vencimentos dos servidores públicos da administração direta e indireta do município de Dores do Indaiá - Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>Autoriza a recomposição da perda inflacionária dos vencimentos dos servidores do Poder Legislativa de Dores do Indaiá - Minas Gerais.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_complementar_003.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_complementar_003.2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta e fixa o piso salarial dos agentes comunitários de saúde (ACS) e dos agentes de combate a endemias (ACE) do município de Dores do Indaiá - Minas Gerais, para o exercício de 2023, nos termos da Emenda Constitucional nº120/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1337/projeto_de_lei_complementar_no_04.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1337/projeto_de_lei_complementar_no_04.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento de complemento salarial aos servidores que recebem remuneração inferior ao salário mínimo nacional.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_complementar_no_05.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_complementar_no_05.2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta e fixa o piso salarial dos agentes comunitários de saúde (ACS) e dos agentes de combate a endemias (ACE) do município de Dores do Indaiá - Minas Gerais, para o exercício de 2023, nos termos da Emenda Constitucional nº 120/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/projeto_de_lei_complementar_06.2023_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/projeto_de_lei_complementar_06.2023_2.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso XI do art. 179 da Lei Complementar nº 78 de 22 de março de 2019</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/projeto_de_lei_complementar_08.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/projeto_de_lei_complementar_08.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a parcipar do Programa Minha Casa, Minha Vida - PMCMV - Autoriza a doação de lotes vinculados ao respectivo programa para pessoas físicas de baixa renda que se enquadrem na forma e nas condições estabelecidas pela Lei nº 11.977/2009 - concede isenção dos tributos municipais que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/projeto_de_lei_complementar_09.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/projeto_de_lei_complementar_09.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 79 de 22 de março e dá outras providências.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/projeto_de_lei_complementar_10.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/projeto_de_lei_complementar_10.2023.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao artigo 179 da Lei Complementar nº 17, de 06 de junho de 2012 - Código trbutário do município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/projeto_de_lei_complementar_11.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/projeto_de_lei_complementar_11.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder as parcelas complementares repassadas ao Município pela União Federal, por  intermédio do Ministério da Saúde, aos Aprovado servidores públicos municipais ativos, Tos6 Marinho Zica ocupantes dos cargos de Enfermeiro, Presidente Técnico de Enfermagem e auxiliar de Enfermagem, relativas à complementação dos vencimentos dos servidores destinadas a equiparar a remuneração desses servidores ao piso nacional  da categoria em atendimento ao disposto na Lei Federal n.º 14.434, de 4 de agosto de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/projeto_de_lei_complementar_13.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/projeto_de_lei_complementar_13.2023.pdf</t>
   </si>
   <si>
     <t>Cria a função gratificada de agente de contratação e dá outras providências.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/projeto_de_lei__complementar_14.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/projeto_de_lei__complementar_14.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 81, de 22 de março de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/projeto_de_lei__complementar_15.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/projeto_de_lei__complementar_15.2023.pdf</t>
   </si>
   <si>
     <t>Acrescetna o inciso XVI ao art. 211 da Lei Complementar nº 17, de 06 de junho de 2012, que institui o Código Tributário Municipal de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/projeto_de_lei_complementar_18.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/projeto_de_lei_complementar_18.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a participar do Programa Minha Casa Minha Vida - PMCMV e autoriza a doação de lotes vinculados ao respectivo programa os beneficiários que se enquadrem na forma e nas condições estabelecidas em lei.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/projeto_de_lei_complementar_19.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/projeto_de_lei_complementar_19.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a particiapar do Programa Minha Casa Minha - PMCMV e autoriza a doação de lotes vinculados ao respectivos que se enquadrem na forma e nas condições estabelecidas em Lei.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/20.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/20.2023.pdf</t>
   </si>
   <si>
     <t>( REPROVADO) AUTORIZA O PODER EXECUTIVO MUNICIPAL A PARTICIPAR DO PROGRAMA MINHA CASA, MINHA VIDA — PMCMV E AUTORIZA A DOAÇÃO DE LOTES VINCULADOS AO RESPECTIVO PROGRAMA PARA OS BENEFICIÁRIOS QUE SE ENQUADRAREM NA FORMA E NAS CONDIÇÕES ESTABELECIDAS EM LEI”</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>Of</t>
   </si>
   <si>
     <t>Requerimentos e Indicações Verbais</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1247/oficio_15.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1247/oficio_15.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja tomada providências na Ponte dos Patos, localizada na região do Estácio, pois a ponte está cedendo devido ao grande fluxo de caminhões.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1246/oficio_16.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1246/oficio_16.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que o Executivo encaminhe para este parlamento um Projeto de Lei que denominação Flávio Caboclo ao Poliesportivo da Sapolândia, na praça com quadra sintética ou ao Poliesportivo que está em construção na praça João da Vila localizada no bairro São José.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1245/oficio_21.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1245/oficio_21.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção na estrada do Galeno, pois um atoleiro nesta estrada está impedindo o caminhão de leite de transitar no local.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1244/oficio_22.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1244/oficio_22.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a limpeza e capina no "Campinho" e na rua Olavo Bilac, bairro São Sebastião e limpeza na saída para Quartel Geral.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1243/oficio_23.2023_-_indicacao_23.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1243/oficio_23.2023_-_indicacao_23.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que realizada a manutenção na estrada Campo Alegre, sentido ao Quartel São João e na estrada do Polidório.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1242/oficio_24.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1242/oficio_24.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado à secretaria competente que seja realizado asfaltamento na Rua Darci Dias Moura, que liga o "Campinho" ao Residencial Indaiá e Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1250/oficio_31.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1250/oficio_31.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a colocação de tela na frente da casa da cidadã Maria José, localizada na rua Tapajós.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1251/oficio_32.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1251/oficio_32.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a operação tapa buracos na entrada do Residencial Santa Cruz e a construção da rede pluvial na mesma localidade.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1252/oficio_33.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1252/oficio_33.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado indicação que solicita a colocação da travessa Darci Dias Moura, no Campinho, rua que dá acesso ao Residencial Santa Cruz e Residencial Indaiá, como medida paliativa até a efetivação da pavimentação asfáltica.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>Indicado ao setor competente qeu conscientize os motoristas da empresa sobre a proibição de trafegar com veículos pesados na Rua Rui Barbosa, nas proximidades da Santa Casa e do Sindicato dos Produtores Rurais.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1254/oficio_37.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1254/oficio_37.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a retirada da terra e do entulho onde será construída a Praça e que seja colocado placa de sinalização "pare", inclusive com a pintura no chão, próximo a rotatória localizada na Rua José Brasileiro dos Santos com a Rua Avenida Prefeito José Isidorao Pinto.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1255/oficio_38.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1255/oficio_38.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado ofício para central dos Correios em Divinópolis informando sobre a existência de todas as ruas e logradouros com os respectivos números.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1256/oficio_40.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1256/oficio_40.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a capina e limpeza geral da cidade, em especial a limpeza do lote da Rua Pará, nª 857, bairro São Sebastião. Requerido, ainda, informar a essa Casa se a patrola que está parada no pátio tem conserto e caso afirmativo, quais providências estão sendo ou já foram tomadas para a reparação da máquina.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1257/oficio_41.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1257/oficio_41.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que o setor competente tome as devidas providências com os cachorro abandonados nas ruas.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1258/oficio_42.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1258/oficio_42.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado postes com iluminação na Rua Magalhães Pinto, ao lado dos números ímpares e que seja realizado o asfaltamento das ruas Machado de Assis e Tenente Coronel Edson Araújo Carneiro.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/oficio_49.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/oficio_49.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que o agendamento do retorno ao médico ortopedista seja mais imediato.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/oficio_50.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/oficio_50.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção da estrada das Gerais.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/oficio_58.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/oficio_58.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre qual planejamento para atendimento do médico ginecologista à população do bairro São José e São Geraldo no PSF São José.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/oficio_59.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/oficio_59.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que encaminhe Projeto de Lei tratando sobre isenção de pagamento de taxas para aração e todos os serviços que são oferecidos pelo município para os produtores rurais.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/oficio_60.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/oficio_60.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a retirada das árvores cortadas pela CEMIG no final da rua Magalhães Pinto.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1289/oficio_61.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1289/oficio_61.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a disponibilização de Alvará de Utilização/Carta de Habitação para população.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1291/oficio_62.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1291/oficio_62.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido convocação o Sr. Aenes Oliveira Junior - Gestor de Transportes, para comparecer na sede da Câmara Municipal, em reunião ordinária, no dia 04 de abril de 2023.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1292/oficio_64.2023_-indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1292/oficio_64.2023_-indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de corrimão na escadaria da entrada da Escola Municipal Dr. Zacarias.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/oficio_65.2023_-indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/oficio_65.2023_-indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor providencie reparação de um buraco na Rua Tupis, em frente ao nº 571, bairro São José.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1294/oficio_66.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1294/oficio_66.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que a secretaria competente informe qual a previsão para a obra de extensão do Cemitério Parque Cristo Rei.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/oficio_67.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/oficio_67.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a secretaria competente que realizada a retirada do lixo e manutenção da Estrada da Tapuia.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1296/oficio_69.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1296/oficio_69.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente providencie redutor de velocidade na Avenida Irmã Inês, próximo ao número 1.112.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1297/oficio_70.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1297/oficio_70.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que providencie o calçamento na saída do Campo Alegre.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/oficio_71.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/oficio_71.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que informe qual a previsão para enviar a esta Casa Legislativa, proposição de lei tratando sobre o piso salarial dos professores.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/oficio_72.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/oficio_72.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que envie a relação dos veículos da secretaria de saúde que estão aptos para transitar e aqueles que estão inativos, espeficando o motivo.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/oficio_73.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/oficio_73.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que informe a esse Parlamento se o Poder Executivo foi comunicado sobre o fechamento do Presídio no município de Dores do Indaiá - MG e, ainda, se houve alguma manifestação do Executivo sobre esse assunto.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/oficio_74.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/oficio_74.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que quando concretizada a obra do restaurante popular, seja dada denominação Flávio Mendes da Silva, "in memoriam" ao vereador deste Poder Legislativo.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/oficio_75.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/oficio_75.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que em cumprimento à Lei Orgânica do Município, art. 60 - A, dê transparência aos documentos especificados no artigo mencionado, por meio da divulgação em página eletrônica na internet, dentro no prazo previsto em lei.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1303/oficio_76.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1303/oficio_76.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a secretaria competente que proceda a limpeza e manutenção no final da Magalhães Pinto, sentido à TORMEP.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/oficio_77.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/oficio_77.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado solicitação que solicita ao setor competente o recapeamento asfáltico  do trecho do antigo Presídio estendendo até a saída para a cidade de Quartel Geral - MG.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/oficio_78.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/oficio_78.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize a manutenção do trecho do Corguinho da Máquina, sentido a estrada das Condutas.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/oficio_88.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/oficio_88.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente que encaminhe a esta Casa Legislativa&gt;_x000D_
 - Cópia do Decreto nº 224/2021 referente ao Reurbe_x000D_
 - Cópia das empresas habilitadas ao Certame nº 89/2021; 140/2021 e 05/2023 e cópia do resultado do certame desses três processos licitatórios._x000D_
 - Relação individual dos beneficiários que receberam as matrículas referente ao Reurbe no dia de abril de 2023.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/oficio_89.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/oficio_89.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que proceda a manutenção do trecho que dá acesso à reciclagem;</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/oficio_90.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/oficio_90.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a manutenção do mata-burro localizado na estrada principal que vai para o Morro Grande sentido a localidade do Clodomirro.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/oficio_94.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/oficio_94.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que notifique os proprietários dos terrenos localizados no início da Rua Dr. Zacarias e na Rua Pará nº 875, para realizem a limpeza dos lotes. Indicado também a poda das árvores no início da Rua Dr. Zacariaa.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/oficio_95.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/oficio_95.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a spressão de coqueiros de macaúba em um lote localizado na esquina da Rua Tupis e Rua Xavante no bairro São José.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/oficio_96.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/oficio_96.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize o nivelamento e o calçamento na Rua Tocatins.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/oficio_97.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/oficio_97.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que providencie com urgência a construção de um quebra-molas ou lombo faixa na Rua José Alves Salgado (em frente à Casa do Geraldinho pintor)</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/oficio_98.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/oficio_98.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requeridoo que seja encaminhado explicação sobre porquê do não pagamento do Piso Salarial dos Servidores da Educação.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/oficio_99.2023__-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/oficio_99.2023__-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração do Requerimento n° 11/2023 do dia 06 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/oficio_100.203_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/oficio_100.203_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterada indicação que solicita ao setor competente sobre manutenção da estrada rural sentido comunidade da Tapuia.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/oficio_101.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/oficio_101.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a troca da lâmpadas dos postes na praça que fica entre as ruas Caetés e Tupinanbás, sentido Morro da Capelinha.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/oficio_106.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/oficio_106.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado o reparo a manutenção na Rua Dr. Edgar Pinto Fiúza onde se encontra um buraco que vem causando transtornos e prejuízos à população que ali transita.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/oficio_107.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/oficio_107.2023.pdf</t>
   </si>
   <si>
     <t>Indicado o reparo e manutenção na Rua Mestre Tonico próximo ao número 557, onde a mesma esta cheia de buracos.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/oficio_108.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/oficio_108.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção na estrada sentido Reciclagem.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/oficio_109.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/oficio_109.2023.pdf</t>
   </si>
   <si>
     <t>Indicado o recapeamento asfáltico do trecho do antigo Presídio estendendo até a saída para a cidade de Quartel Geral-MG.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1351/oficio_110.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1351/oficio_110.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a revitalizaçãoda Rua Paulino de Sousa no trecho debloquetes, tendo em vista a ocorrência de acidentes devido bloquetes soltos.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1353/oficio_111.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1353/oficio_111.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada a manutenção da Estrada Campo Alegre sentido Quartel São João.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1352/oficio_112.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1352/oficio_112.2023.pdf</t>
   </si>
   <si>
     <t>Indicado estudo de viabilidade para a supressão da árvores localizada no canterio central à Av. Magalhães Pinto de frente aos números 900 e 1255.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1354/oficio_112.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1354/oficio_112.2023.pdf</t>
   </si>
   <si>
     <t>Reiteração do requerimento, no qual solicita transparência aso documentos especificados por meio divulgação em página eletrônica na internet , dentro do prazo previsto em lei.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1355/oficio_114.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1355/oficio_114.2023.pdf</t>
   </si>
   <si>
     <t>Reitação do Requerimento 24/2023.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/oficio_115.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/oficio_115.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de um bebedouro dentro da quadra Society na Praça de Esportes.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/oficio_117.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/oficio_117.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado a pintura de faixas de pedestres próximos a feirinha, na praça Getúlio Vargas  do dois lados.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/oficio_118.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/oficio_118.2023.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado o término das ciasxas na Rua Tapajós, tampando as mesmas pois se encontram abertas, com trincas por dentro e causando transtornos e perigo à população.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/oficio_119.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/oficio_119.2023.pdf</t>
   </si>
   <si>
     <t>Indicado colacação de dois quebras-molas na Rua São Paulo próximo a Fábrica de Móveis 3M e próximo ao nº 746.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/oficio_120.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/oficio_120.2023.pdf</t>
   </si>
   <si>
     <t>Indicado um segurança (vigia) para cada PSF - Posto de Sáude do Município.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/oficio_126.2023_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/oficio_126.2023_.pdf</t>
   </si>
   <si>
     <t>Requerido documentação conforme Requerimento 29/2023.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/oficio_128.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/oficio_128.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de câmeras de monitoramento no cemitério local devido aos furtos que vem acontecendo.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/oficio_129.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/oficio_129.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a construção de quebra-molas de frente a MDL, na avenida Dr. Di.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/oficio_130.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/oficio_130.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção e reparação na Rua Darci Dias Moura, sentido Residencial Santa Cruz que se encontra com vários buracos causando transtornos aos que transitam por ela.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/oficio_131.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/oficio_131.2023.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a limpeza na saída para o Quartel Geral visto que a localidade está tomada por lixo.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/oficio_132.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/oficio_132.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção a estrada saída para o Campo Alegre que se encontra com muita poeira causando transtorno para os moradores próximos.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/oficio_133.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/oficio_133.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a secretaria competente que façam a manutenção das estradas rurais e joguem água nas estradas.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/oficio_134.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/oficio_134.2023.pdf</t>
   </si>
   <si>
     <t>Indicado estudo de viabilidade para a seja colocado somente um lado de estacionamento na Rua Aristótels Correia Brandão e a Rua São Paulo na curva próximo a Art. Móveis 3M.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/oficio_135.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/oficio_135.2023.pdf</t>
   </si>
   <si>
     <t>Indicado a poda das árvores na Avenida Jonas Pires na mesma forma que foi feito na Avenida Magalhães Pint.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/oficio_136.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/oficio_136.2023.pdf</t>
   </si>
   <si>
     <t>Requerido cópia da ata em que o Conselho Municipal dos Direitos da Criança e do Adoslecente e a Comissão Especial decidiram pela prorrogação do prazo até 31 de maio de 2023 para inscrição de candidatos ao cargo de Conselheiros Tutelar.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/oficio_143.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/oficio_143.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado o término das caixas na Rua Tapajós, que se encontram trincadas; e finalizar a obra da rua.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/oficio_144.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/oficio_144.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a construção das casas na Rua Tapajós.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/oficio_145.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/oficio_145.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção da estrada rural que vai para as Condutas (Lourival Zica Aranha)</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Karla Francisca Vieira Araújo, Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/oficio_146.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/oficio_146.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente estudo de viabilidade para que o transporte público transite no final do bairro Aeroporto e que também seja analisado a possibilidade de instalação de um ponto próximo a Delegacia Civil para atender a população do Campinho.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/oficio_152.2023_-_indicacao_vercal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/oficio_152.2023_-_indicacao_vercal.pdf</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/oficio_153.2023_-_indicacao_verbak.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/oficio_153.2023_-_indicacao_verbak.pdf</t>
   </si>
   <si>
     <t>Indicado que realizada a coleta do lixo periodicamete na estrada rural próximo ao córrego Nossa Senhora, pois está ficando vários dias ali causando transtorno aos que ali transitam.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/oficio_167.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/oficio_167.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a manutenção e reparação no final da Rua José Alves Salgado que se encontra com buracos que estão causando transtornos aos moradores da região e a todos que transitam por ela.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/oficio_168.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/oficio_168.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize o asfaltamento da Rua Machado de Assis pois o calçamento está em péssimas condições causando transtornos aos moradores e principalmente aos cadeirantes.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/oficio_169.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/oficio_169.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que disponibilize engenheiros para marcar o local de instalação de lombo faixas na Av. Dr. Di, próximo a MDL, pois o empresário da MDL irá disponibilizar todo material para instalação desses.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1385/oficio_170.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1385/oficio_170.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize a reparação do quebra-molas localizados na estrada da Gerais (próximo as casinhas), pois por estarem muito altos estão causando transtornos aos que transitam por ali.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/oficio_173.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/oficio_173.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que providencie a melhoria da iluminação pública nas ruas próximas a Igreja do Rosário e também na Rua José Chagas, pois elas se encontram muito escuras.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/oficio_174.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/oficio_174.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize estudo de viabilidade para disponibilizar um veículo com a finalidade de levar ao menos um vez por mês os familiares dos detentos que estão reclusos no Presídio de Luz.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1388/oficio_179.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1388/oficio_179.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a colocação de placas indicativas com nome das ruas da extensão do Bairro Osvaldo Soares denominando "Campinho".</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1389/oficio_180.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1389/oficio_180.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que realize manutenção das estradas rurais com mais agilidade, antes do período chuvoso, e solicita também que joque água nas vias urbanas para amenizar a poeira.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/oficio_183.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/oficio_183.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado estudo da viabilidade para que o transporte público (lotação tarifa zero) transite aos domingos em que houver eleições na cidade, principalmente do Conselho Tutelar.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/oficio_184.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/oficio_184.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a sinalização de transito próximo ao Parque de Exposições na rotatória das ruas João Martins da Costa, rua Raimundo Soares e rua Benevenudo Alvarenga pois os motoristas que ali transitam na maioria das vezes passam a rotatória direto colocando em risco os pedestres e moradores da região.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/oficio_185.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/oficio_185.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de placas indicando a localização de quebra-molas e lombo faixas nas ruas da cidade.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/oficio_186.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/oficio_186.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de faixa de pedestre na Rua Padre Luiz em frente ao Supermecado Skinão.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/oficio_187.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/oficio_187.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a construção de lombo faixa na Avenida da Saudade próximo a Capela Velório Municipal.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1400/oficio_188.2023_-_indicacao_verbal_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1400/oficio_188.2023_-_indicacao_verbal_.pdf</t>
   </si>
   <si>
     <t>Reiterado requerimento no qual solicita ao Poder Executivo um estudo de viabilidade para que o transporte público transite no final do bairro Aeroporto para atender a população local.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1401/oficio_189.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1401/oficio_189.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção dos banheiros públicos da Rodoviária da cidade, pois estão bastantes estragados e sem condições de uso.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/oficio_190.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/oficio_190.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido a Secretaria de Desenvolvimento Econômico, Agronegócio, Agricultura e Meio Ambiente que informe quem autorizou a lincença ambiental para o funcionamento da Carvoaria localizada no bairro Aeroporto.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/oficio_191.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/oficio_191.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado um estudo de viabilidade para a conteção das águas das chuvas na Rua João Martins da Costa.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/oficio_198.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/oficio_198.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a manutenção e troca das lâmpadas próximo ao CRAS, pois estão queimadas.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1411/oficio_199.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1411/oficio_199.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a manutenção da Estrada Rural das Condutas (que passa na fazenda do Sr. José Silva/Roberta do Jó e sai da estrada Capim de Cheiro)</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1412/oficio_200.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1412/oficio_200.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a realização de faixas de pedestres próximo a feirinha (na praça Getúlio Vargas.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1413/oficio_200.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1413/oficio_200.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a manutenção, reparação e também que jogue água pelo menos uma vez por semana na Rua Travessa Darci Moura, sentido Residencial Santa Cruz, que se encontra com muita poeira causando transtorno aos que transitam por ela.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1414/oficio_202.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1414/oficio_202.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente estudo de viabilidade para disponibilizar ao Clube Atlético Vilanovense a doação definitiva da área em que o clube possui sua possui sua posse a mais de 50 de anos.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1415/oficio_204.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1415/oficio_204.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido convocação da Senhora Rosemary Ferreira da Silva para comparecer em reunião ordinária a ser realizada no dia 08 de agosto de 2023 às 19:00 h.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/oficio_205.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/oficio_205.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração de indicação que solicita que seja jogado na água nas estradas rurais chegando nas entradas das vias urbanas para amenizar a poeira.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/oficio_206.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/oficio_206.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a revitalização da Rua Paulino de Sousa e da Avenida Minas Gerais nos trechos de bloquetes, tendo em vista a ocorrência de acidentes devido bloquetes soltos.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/oficio_207.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/oficio_207.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a revitalização da Rua Olavo Bilac, pois a mesma se encontra instransitável causando transtornos aos moradores e a todos que ali transitam, necessitando urgente de uma manutenção.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/oficio_208.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/oficio_208.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera convocação da Senhora Rosemary Ferreira da Silva para reunião ordinária que será realizada no dia 15 de agosto de 2023 às 19 horas.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/oficio_212.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/oficio_212.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido novamente a convocação da Senhora Rosemary Ferreira da Silva para reunião ordinária que será realizada no dia 22 de agosto de 2022 às 19 horas.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/oficio_213.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/oficio_213.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que seja feito um estudo de viabilidade para colocação de um quebra-molas na Rua Aimorés esquina com Rua Guaicurus na altura do nº 248.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/oficio_214.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/oficio_214.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera indicação na qual foi solicitado providências para sanar o problema das águas pluviais que invadem o Dispensário dos Pobres Godofredo de Araújo - Pavilhão.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/oficio_215.2023_-_indcacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/oficio_215.2023_-_indcacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a troca de local do mata-burro localizado na região da água quente (próximo a fazenda do Sr. João Guilherme e onde vai par Fazenda do Diniz) passando pelo trevo de Estrela do Indaiá.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/oficio_216.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/oficio_216.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a costrução de uma calçaa na Rua Benevendo Alvarenga, rua que passa atrás do Parque de Exposições, pois o local está sendo usado como depósito de lixo e entulhos causando aos moradores da região.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/oficio_217.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/oficio_217.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de placas de sinalização para estacionamento de ônibus escolar nas rua Geraldo Felipe de Souza (subindo) e na Avenida Jonas Pires próximo a padaria do Barroso.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/oficio_218.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/oficio_218.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente estudo de viabilidade para a revitalização (calçamento, asfalto ou até mesmo bloquetes) do calçadão da Rua Godofredo Santos Araújo.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1427/oficio_219.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1427/oficio_219.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a revitalização da Rua Paulino de Sousa nos trechos de bloquetes, tendo em vista a ocorrência devido bloquetes soltos.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/oficio_220.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/oficio_220.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a retirada do muro antigo que confronta moradores com o pátio das máquinas do município e com a policlínica, e que seja realizada a construção de um novo.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1429/oficio_221.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1429/oficio_221.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que jogue água dia sim, dia não na Rua Marechal Deodoro.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/oficio_222.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/oficio_222.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido informações detalhadas sobre o planejamento para revitalização das ruas Paulino de Sousa e da Avenida Minas Gerais de acordo com a resposta enviada a esta Casa Legislativa pelo ofício nº 316/2023.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/oficio_226.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/oficio_226.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a manutenção e reparão da Estrada das Gerais e na oportunidade as demais estradas rurais do município.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1432/oficio_227.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1432/oficio_227.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada a coleta do lixo periodicamente na estrada rural próximo a saída para Gerais.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/oficio_228.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/oficio_228.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado do Executivo que nos informe sobre o pagamento do piso salarial dos profissionais da área da saúde do município em cumprimento a Portaria nº 1.135 de 16 de agosto de 2023.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>José Ailton de Sousa, Karla Francisca Vieira Araújo</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/oficio_229.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/oficio_229.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao executivo um estudo de viabilidade para a possibilidade da aquisição de um veículo funerário para oferecer translado municipal, estadual e até internacional (países vizinhos) para atender a população do município. Complementando a vereadora Karla Francisca Vieira de Araújo indicando a localização da Capela Velório Municipal.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/oficio_230.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/oficio_230.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a pintura das lombo-faixas localizadas na Avenida Francisco Campos e nas demais ruas do município.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/oficio_235.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/oficio_235.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterada a indicação que solicita ao setor competente a limpeza da Avenida da Saudade, local onde a população utiliza para fazer caminhada.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1458/oficio_236.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1458/oficio_236.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a colocação de placas de denominação das ruas do bairro Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1459/oficio_237.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1459/oficio_237.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que providencie a colocação de mais uma lixeira próximo do PSF do bairro São Geraldo, pois a lixeira que se encontra no local não está comportando a quantidade de lixo depositada.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1460/oficio_238.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1460/oficio_238.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a colocação de placa Proibido Jogar Lixo no final da Rua Irmã Inês, pois o local esta sendo usado para descarte de lixo.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1461/oficio_239.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1461/oficio_239.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente estudo de viabilidade para que possa ser feita a troca(inversão) de sinalização da Rua Paraíba, passando as placas de PARE para as ruas que a cortam.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1462/oficio_240.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1462/oficio_240.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação que solicita que seja analisado a possibilidade da manutenção dos banheiros na praça localizada no Morro da Capelinha entre as ruas Tupinanbás Caetés e Carijós.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1463/oficio_241.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1463/oficio_241.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja analisado a possibilidade do asfaltamento da Rua Acre próximo ao nº 203 pois a mesma se encontra sem nem uma pavimentação.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1464/oficio_242.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1464/oficio_242.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação que solicita ao setor competente que seja realizado asfaltamento na Rua Darci Dias Moura, que liga o "Campinho" ao Residencial Indaiá e Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1465/oficio_243.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1465/oficio_243.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providêncie a instalação de um banco próximo ao ponto de Taxi (Igreja Matriz), no canteiro perto das palmeiras.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1466/oficio_244.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1466/oficio_244.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Poder Executivo realize o asfaltamento da Rua Marechal Deodoro próximo ao PSF São Sebastião, pois o atual calçamento está dificultando o acesso de pessoas com deficiência de mobilidade.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1467/oficio_247.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1467/oficio_247.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providêncie com urgência a construção de um quebra-molas na rua Irmã Inês esquina com rua Tapajós.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Adão Amaral da Silva, Flávio Mendes da Silva, Gustavo Henrique de Oliveira, José Ailton de Sousa, Karla Francisca Vieira Araújo, Leonardo Diógenes Coelho, Silvio Silva, Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1468/oficio_251.2023_-_encaminhamento_de_abaixo_assinado.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1468/oficio_251.2023_-_encaminhamento_de_abaixo_assinado.pdf</t>
   </si>
   <si>
     <t>Encaminhado ao Exmo. Senhor Prefeito o abaixo-assinado dos alunos do 1º ano do EJA, protocolado na secretaria da Câmara no qual solicita a revitalização da praça Professor Waldemar de Almeida Barbosa.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1469/oficio_253.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1469/oficio_253.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado o requerimento que solicita a coleta de lixo periodicamente nas saídas da cidade.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1470/oficio_254.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1470/oficio_254.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado o requerimento que solicita ao setor competente que encaminhe para esta Casa Legislativa a relação de produtores rurais atendidos e beneficiados pelo município.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1471/oficio_255.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1471/oficio_255.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao executivo que realize a contrução de uma rampa de acesso a calçada à Rua Goiás esquina com Rua Dr. Zacarias de frente ao açougue Guarani.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1472/oficio_256.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1472/oficio_256.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que providencie a instalação de um poste de ilminação pública na Rua São Paulo próximo a rua Raimundo Azevedo.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1473/oficio_257.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1473/oficio_257.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que analise a possibilidade da poda das árvores próximo ao Cemitério Municipal.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1474/oficio_258.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1474/oficio_258.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a limpeza e que seja colocado a tampa em um bueiro que se encontra aberto na rua Jorge Cordeiro de Souza próximo ao nº 22no bairro Residencial Indaiá.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1475/oficio_259.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1475/oficio_259.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que analise a possibilidade da limpeza do mato(capina) nas ruas do bairro Residencial Indaiá.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1476/oficio_267.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1476/oficio_267.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado a secretaria responsável que analise a possibilidade de fornecer ajuda na reforma da casa do Sr. Antônio localizada no final da rua 13 de maio, que foi danificada devido ao burado no final da rua.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1477/oficio_268.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1477/oficio_268.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que envie a cópia da Constituição do Conselho Gestor do Fundo Municipal de Habitação e Interesse Social.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1478/oficio_269.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1478/oficio_269.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado a construção de um quebra-molas na rua Tupinambás próximo ao nº 240.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1479/oficio_270._2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1479/oficio_270._2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que analise a possibilidade de contratação de um bioquímico para atender o município.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1480/oficio_271.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1480/oficio_271.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que seja providencie a melhoria na iluminação do cemitério municipal, tanto do lado de dentro quanto do lado de fora.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1481/oficio_272.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1481/oficio_272.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente que realize estudo de viabilidade para colocação de um quebra-molas na rua Amazonas próximo ao Sindicato dos Trabalhadores Rurais de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1495/oficio_276.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1495/oficio_276.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicação que seja realizado estudo de viabilidade para remoção de uma árvore que está danificando o passeio estreito com as raízes, localizada na rua Hugo de Souza Araújo nº 92, bairro Osvaldo Soares.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1496/oficio_277.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1496/oficio_277.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterada indicação que solicita a pintura da lombo-faixa localizada na Rua Pará próximo a Praça Abaeté.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1497/oficio_279.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1497/oficio_279.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado um dentista para realizar atendimentos no PSF do São Sebastião.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1498/oficio_280.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1498/oficio_280.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado o requerimento que solicita ao setor competente que seja encaminhado para esta Casa Legislativa a relação de produtores atendidos e beneficiados pelo município.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1499/oficio_281.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1499/oficio_281.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado indicação que solicita a manutenção das estradas rurais  com mais agilidade, principalmente a Estrada do Campo Alegre.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1500/oficio_282.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1500/oficio_282.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção da estrada rural denomindada Quati (sentido fazenda do Sr. Marinho Brasileiro).</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1501/oficio_283.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1501/oficio_283.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja analisado a possibilidade da limpeza dos bueiros da cidade, principalmente no final da rua Juca Lima no encontro do final da obra da rua Tapajós.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1502/oficio_285.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1502/oficio_285.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido o envio de convite a Sra. Luciana Teixeira de Sousa para comparecer a reunião ordinária da Câmara Municipal do dia 10 de outubro de 2023.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1503/oficio_287.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1503/oficio_287.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a pintura todos os quebra-molas e lombos faixas da cidade, pois não estão visíveis podendo provocar acidentes.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1504/oficio_288.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1504/oficio_288.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado requerimento que solicita que se encaminhe a esta Casa Legislativa a relação com os nomes dos produtores rurais e os benefícios ofertados pela Secretaria de Agricultura, Pecuária, Comércio e Indústria no ano de 2023.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1505/oficio_289.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1505/oficio_289.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao Poder Executivo que sancione as Proposições de Leis nº 3.127 e 3.128.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1506/oficio_290.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1506/oficio_290.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido convite para a Sra. Erineia Duarte Matos - representante da Associação Oasis Assistência Social e a Sra. Elaine Ferreira - Diretora, para prestar esclarecimentos e informações sobre o cumprimento ddo termo de colaboração.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1507/oficio_295.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1507/oficio_295.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente o reparo do mata burro localizado na estrada sentido Campo Alegre a Quartel São João, próximo a fazenda do Sr. Nilton Salatiel.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1508/oficio_296.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1508/oficio_296.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que o Secretário de Obras informe a situação da obra Policlínica.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1509/oficio_297.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1509/oficio_297.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido a Secretária Municipal de Educação informe a situação e a previsão da Pro-Infância.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1510/oficio_298.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1510/oficio_298.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerio que a Secretária Municipla de Saúde informe a situação e quando será a inauguração da UBS Triângulo.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1511/oficio_299.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1511/oficio_299.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação que solicita que seja colocado proteção nas aberturas das caixas pluviais da rede pluvial da Rua Tapajós.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/oficio_300.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/oficio_300.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera indicação que solicita ao setor competente a reparação na Rua Acre em frente ao Ferro Velho do Grilo, onde tem um buraco bem fundo causando transtorno e prejuízos aos que passam por ali.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/oficio_301.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/oficio_301.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente o conserto de um mata burro na região das contendas próximos a fazenda do Nem Carneiro.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/305.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/305.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que providencie o reparo na Av. Dr. Di próximo ao batalhão da Polícia Militar e ao Posto Brasil, onde há dois buracos que vem causando transtornos aos motoristas que ali transitam.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/306.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/306.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração a indicação que solicita ao setor competente a colocação de placa de "proibido jogar lixo" no final da rua Irmã Inês.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/307.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/307.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido providências a respeito do buraco localizado na Praça Getúlio vargas próximo ao Posto Popular até o Cartório Eleitoral do Município.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/308.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/308.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado o calçamento da rua Irmã Inês (uma parte pequena da rua de mais ou menos uns 10 metros).</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/309.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/309.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente o conserto ou a troca de dois mata burros na região do cocais, nas divisas da propriedade do Sr. Manoel Costa com a propriedade do Sr. Manoel com propriedade do Gica.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/310.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/310.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente o conserto de um bueiro localizado na Av. Magalhães Pinto com Av. Irmã Inês, próximo a residência nº 673 na av. Magalhães Pinto.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/311.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/311.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido a Secretaria de Saúde informações sobre a UBS Triângulo, como qual PSF será transferido para o local, se vai dividir usuários  de outros PSF para lá, todas as informações possíveis para esclarecimento à população.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/316.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/316.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente devidas providências para sanar o problema das águas pluviais que invadem o Dispensário dos Pobres Godofredo de Araújo - Pavilhão.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/317.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/317.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que sejam tomadas devidas providências para realizar manutenção nas salas do PSF São Sebstião, pois as salas estão danificafas principalmente a sala de pequenas cirurgias.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1540/318.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1540/318.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado a empreiteira responsável pela obra da Rua Irmã Inês e a obra da Rua Tapajós que empreguem mais mão das obras para dar celeridade à execução e finalização das obras, devidos às chuvas e os transtornos que estão causandos aos moradores próximos aos locais.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1541/319.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1541/319.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente reiteração de convite para comparecimento a esta Casa Legislativa em reunião ordinária a ser realizada no dia 14 de novembro de 2023 às 19 horas, às senhoras Irineia Duarte Matos - representante da Associação OÁSIS Assistência Social e Elaine Ferreira - diretora, para prestarem esclarecimentos e informações sobre o termo de colaboração firmado entre a Prefeitura Municipal e a Associação OÁSIS Assistência Social e o funcionamento de Creche Menino Jesus (CEMEI).</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/323.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/323.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da solicitação ao setor competente que providencie com URGÊNCIA a limpeza da grota do parque de Exposições (de fundo com as ruas Geraldo Felipe de Sousa e rua Jaime de Paula Aguiar).</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1543/324.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1543/324.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que realize a "operação tapa buracos" na Av. Jonas Pires, pois a mesma se encontra com alguns buracos podendo causar acidentes aos que ali transitam.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1544/325.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1544/325.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da solicitação ao setor competente para que seja feito a calçada em frente ao imóvel de propriedade localizado à rua Benevenudo Alvarenga, pois o local está se tornando um depósito de lixo e entulhos, e os entulhos, e os vizinhos estão prejudicados com essa situação.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/326.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/326.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a reparação do asfalto e para que seja analisado a possibilidade de fazer uma caneleta próximo ao meio fio na rua Professor Pinheiro próximos aos números 80 e 82(quase na curva), pois devido as chuvas o asfalto foi arrancado em alguns pontos fazendo com que a emposse água e adentrando em uma residência.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1546/327.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1546/327.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitao ao setor competente que seja feita duas canaletas para desvio da água na Av. Dr. Di, uma esquina com rua Rio Grande do Sul e outra na esquina com rua Santa Catarina, devido as chuvas a água está adentrando em e algumas residências dessas localidades.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/328.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/328.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja analisado a possibilidade de fazer um levantamento no meio fio da rua Tiburtino José da Silva (próximo à praça de esportes) para conter as águas das chuvas.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1548/329.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1548/329.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado com URGÊNCIA ao setor competente que seja analisado a possibilidade de contratação de um (a) com bioquímico (a) e um (a) Técnica de Enfermagem para trabalhar no laboratório municipal.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/330.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/330.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que feito um estudo de viabilidade para a poda das árvores no município, pois com período de chuvas e ventos algumas venha a quebrar e cair podendo causar acidente, danos e prejuízos aos cidadãos.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/331.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/331.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente ao setor competente para que seja analisado a possibilidade de fazer uma conscientização ambiental aos produtores rurais, durante um ou dois dias, a ser realizadas nas saídas das estradas rurais do município.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1551/336.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1551/336.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito um estudo para realização do pagamento do auxílio insalubridade e periculosidade no seu teto máximo para os servidores o setor de limpeza urbana e da reciclagem.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/337.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/337.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito um estudo para analisar a possibilidade do aumento no valor as diárias dos motoristas que trabalham aos fins de semana, pois o valor que estão recebendo não está sendo compensatório e com isso está havendo uma dificuldade de encontrar motorista para fazer este serviço.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/346.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/346.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito a manutenção na estrada sentido Campo Alegre e na estrada que vira para o Sancho, pois devido as chuvas a estrada sem encontra cheia de buracos.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1554/347.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1554/347.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente que seja feito a manutenção e reparação na ponte da estrada do Caxambu, pois se encontra-se em péssimas condições com risco de cair, podendo assim causar transtoros e prejuízos aos que ali transitam.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/348.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/348.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação verbal que solicita que seja feito a calçada em frente ao imóvel de propriedade do município localizado à rua Benevenudo Alvarenga.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/oficio_351.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/oficio_351.2023.pdf</t>
   </si>
   <si>
     <t>Requerido a convocação em carater de urgência da secretária de desenvolvimento social, a sra. Amanda Carla Gonçalves, para comparecer em reunião ordinária para esclarecimentos sobre os Projetos de Leis Complementares  nº 18/2023 e 19/2023.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1556/352.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1556/352.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente a manutenção e reparação nos quebra-moles localizados na estrada da Gerais (próximos as casinhas) ou a remoção dos referidos quebra-molas e fazer uma lombada de terra.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/353.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/353.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a reparação no bueiro localizado nna Av. Irmã Inês próximo ao número 1.094, pois o mesmo encontra aberto podendo assim causar acidente aos que ali transitam.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1558/354.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1558/354.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente que providencie o conserto do ar condicionado da van renault, placa SHW7E98 de propriedade do executivo.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/355.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/355.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente a manutenção na Clínica de Fisioterapia Municipal, pois o local não possui janelas e necessita de ventilação para melhor comodidade aos usuários.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1560/356.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1560/356.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que seja providenciado a reforma necessária no prédio onde funciona o CASI (antigo Ceprom) localizado na Sapolândia, para que seus usuários possam voltar o local onde já tem o costume de ficar.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1561/357.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1561/357.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que seja feito o recapeamento (calçamento ou asfalto) nas proximidades da UBS Triângulo, pois o mesmo será inaugurado em breve e nas proximidades tem muita poeira e na época de chuva muito barro.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/358.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/358.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente o calçamento da saída para o Campo Alegre.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Solicitado ao setor competente a reparação na rua Dr. Zacarias, no quarteirão entre as ruas Rio de Janeiro e São Paulo.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/360.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/360.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado ao setor competente sobre a sinalização do município como a denominação das ruas e placas de sinalização.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/361.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/361.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicita ao setor competente a reparação da ponte seca próximo a propriedade do "Zé Mariquinha" que está quebrada.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/oficio_362.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/oficio_362.2023.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja providenciado um estudo de engenharia para solucionar com urgência os transtornos ocasionados pels chuvas aos moradores do quarteirão da rua Sergipe na confluência da Avenida Dr. Di e Rua Edgar Pinto Fiúza.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/371.2023_-_requerimento_verbla.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/371.2023_-_requerimento_verbla.pdf</t>
   </si>
   <si>
     <t>Requerido providências a respeito da instabilidade do sinal de telefonia da operadora VIVO no município de Dores do Indaiá-MG.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/372.2023_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/372.2023_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido providências a respeito da instabilidade das constantes quedas de energia, além de interrupções sem avisos programados no município de Dores do Indaiá-MG.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/373.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/373.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente estudo da viabilidade para a revitalização (calçamento, asfalto ou até mesmo bloquetes) do calçadão na Rua Godofredo Santos Araújo (rua do morro da capelinha seguindo sentido a capela do lado direito).</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/374.2023_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/374.2023_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Solicitado aos setor competente que seja feito a manutenção na estrda sentido Campo Alegre - Quartel São João.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/oficio_377.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/oficio_377.2023.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que solicita que seja analisado a possibilidade de construir guaritas em todos os pontos de espera destinados aos usuários do transporte público (tarifa zero).</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/oficio_379.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/oficio_379.2023.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja analisado a possibilidade de colocar um banco no ponto de ônibus em frente a Santa Casa (do outro lado da praça - rua Coronel Alexandre) para atender aos usuários do transporte público - Tarifa Zero.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/oficio_22.2024_-_requerimento.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/oficio_22.2024_-_requerimento.pdf</t>
   </si>
   <si>
     <t>Convoca em regime de urgência, a Sra. Lisa Amanda de Oliveira - Secretária Municipal de Educação para comparecer na sede da Câmara Municipal de Dores do Indaiá em reunião ordinária que será realizada no ia 20 de fevereiro de 2024 para prestar esclarecimentos sobre a Educação no Município.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_resolucao_no_03.2023_3_files_merged.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_resolucao_no_03.2023_3_files_merged.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito da Câmara Muncipal de Dores do Indaiá/MG, a Lei nº 14.133, de 1º de abril de 2021, que "Estabelece normas gerais de licitação e contratação paraa as Administrações Públicas diretas, autárquicas e fundacionais da União, dos Estados, do Distrito Federale dos Municípios e dá outras providências.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>PJ</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/parecer_juridico.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/parecer_juridico.pdf</t>
   </si>
   <si>
     <t>Parecer Jurídico ao Requerimento S/N, de 23 de agosto de 2023</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>RCPI</t>
   </si>
   <si>
     <t>Requerimento de Abertura de CPI</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Adilson Pereira Lino, Adão Amaral da Silva, Gustavo Henrique de Oliveira, José Ailton de Sousa, Karla Francisca Vieira Araújo, Leonardo Diógenes Coelho, Silvio Silva, Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1489/requerimento_03.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1489/requerimento_03.2023.pdf</t>
   </si>
   <si>
     <t>Requerido a criação de Comissão Parlamentar de Inquérito - CPI, que funcionará na sede da Câmara Municipal, através de portaria da Presidência, editada no prazo de quarenta e oito horas contadas da leitura deste em Plenário, para apuração de suposta perseguição a servidores da educação e utilização de livros didáticos adquiridos onerosamente pelo Município e que foram entregues fora do prazo, bem como a possível contratação de servidores públicos fora do processo  seletivo, dentre outras denúncias de irregularidades praticadas.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/mocao_de_congratulacao_01.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/mocao_de_congratulacao_01.2023.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor a cidadã Doralice Fiúza de Faria - Dona Dora pelos relevantes serviços prestados à sociedade dorense no exercício de suas atividades.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>Moção de Louvor ao Ilmo. Sr. Uerlei Costa de Almeida pelo destaque no exercício de suas atividades, social e humanitária como Pastor Evangélico dorense.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/mocao_de_congratulacao_no_03.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/mocao_de_congratulacao_no_03.2023.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor a senhora Janaína Geralda Silveir, pelos relevantes serviços prestados a nossa cidade por meio do método terapeutico da equoterapia.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/mocao_de_congratulacao_e_louvor_no_04.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/mocao_de_congratulacao_e_louvor_no_04.2023.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor a equipe do SAMU (Serviço de Atendimento Móvel de urgência) que prestam serviço no município de Dores do Indaiá/MG.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/mocao_de_congratulacao_05.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/mocao_de_congratulacao_05.2023.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor à augusta e respeitável Loja Maçônica Luz, Amor e Vida, uma associação privada com sede nesta cidade, filiada à grande Loja Maçônica de Minas Gerais.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/mocao_de_congratulacao_06.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/mocao_de_congratulacao_06.2023.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor a todos trabalhadores responsáveis pela limpeza urbana e coleta de lixo do município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/mocao_de_congratulacao_07.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/mocao_de_congratulacao_07.2023.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação e Louvor ao Capitão Thales Gustavo de Oliveira Costa pelos relevantes serviços prestados à sociedade dorense no exercício de suas atividades.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1634/mocao_honrosa_de_congratulacao_08.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1634/mocao_honrosa_de_congratulacao_08.2023.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Senhor Vinicius Carvalho Rodrigues.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/mocao_honrosa_de_congratulacao_09.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/mocao_honrosa_de_congratulacao_09.2023.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa de Congratulação ao Senhor Arnaldo Anselmo de Matos.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/mocao_honrosa_de_congratulacao_10.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/mocao_honrosa_de_congratulacao_10.2023.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa de Congratulação ao Senhor Neyton Rodrigues.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/mocao_honrosa_de_congratulacao_11.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/mocao_honrosa_de_congratulacao_11.2023.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa de Congratulação ao Senhor Rousimar Christian Palhares</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/mocao_honrosa_de_congratulacao_12.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/mocao_honrosa_de_congratulacao_12.2023.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação a Senhora Raquel Pires Vasconcelos.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>Moção de profundo pesa  enviada a família Costa em honra ao falecimento da Ex-Vereadora Maria Luíza Costa.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/mocao_de_pesar_no_03.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/mocao_de_pesar_no_03.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar encaminhada à família Faria pelo falecimento do Dr. José Irineu de Faria, ocorrido no dia 09 de setembro de 2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4810,67 +4810,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_no_01.2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_no_02.2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_no_03.2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1237/indicacao_no_04.2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1248/indicacao_no_05.2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_06.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_no_08.2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/indicacao_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/indicacao_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_no_13.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_15.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_16.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/indicacao_17.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1392/indicacao_18.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1393/indicacao_19.2023_2.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/indicacao_20.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_21.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1434/indicacao_22.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1483/indicacao_23.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_24.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1485/indicacao_25.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_26.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_27.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_29.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_31.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_32.2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_33.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1241/requerimento_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1240/requerimento_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1239/requerimento_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1238/requerimento_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1249/requerimento_14.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/requerimento_15.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/requerimento_16.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/requerimento_17.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/requerimento_18.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/requerimento_19.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/requerimento_20.2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/requerimento_21.2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/requerimento_22.2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1317/requerimento_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/requerimento_no_25.2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/requerimento_26.2023_2.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/requerimenot_27.2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/requerimenot_28.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/requerimento_29.2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1342/requerimento_30.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/requerimento_31.2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1390/requerimento_33.2023_2.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/requerimento_34.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1435/requerimento_35.2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1482/requerimento_36.2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/requerimento_37.2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/requerimento_38.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/requerimento_39.2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/requerimento_40.2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_41.2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/requerimento_42.2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1336/projeto_de_lei_01.2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1225/projeto_de_lei_02.2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1335/projeto_de_lei_004.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1229/projeto_de_lei_05.2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1228/projeto_de_lei_06.2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_de_lei_08.2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1224/projeto_de_lei_09.2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_10.2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1231/projeto_de_lei_11.2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1232/projeto_de_lei_12.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1233/projeto_de_lei_13.2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1259/projeto_de_lei_14.2023_2.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1260/projeto_de_lei_15.2023_2.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1261/projeto_de_lei_16.2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1262/projeto_de_lei__17.2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1263/projeto_de_lei_18.2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_lei_19.2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_20.2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/projeto_de_lei_021.2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/projeto_de_lei_022.2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_de_lei_no_24.2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/projeto_de_lei_025.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/projeto_de_lei_026.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_de_lei_no_027.2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_lei_no_028.2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_lei_no_029.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_030.2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/proejto_de_lei_031.2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1741/projeto_de_lei_no_32.2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_de_lei_033.2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/projeto_de_lei_no_34.2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1334/projeto_de_lei_035.2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/projeto_de_lei_no_37.2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/projeto_de_lei_no_38.2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/projeto_de_lei_40.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/proejto_de_lei_no_41.2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/projeto_de_lei_no_42.2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/projeto_de_lei_43.2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/projeto_de_lei_44.2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/projeto_de_lei_45.2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_de_lei_46.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/projeto_de_lei_47.2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_no_48.2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_no_49.2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1439/projeto_de_lei_no_50.2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_no_51.2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1441/projeto_de_lei_no_52.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/projeto_de_lei_no_53.2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/projeto_de_lei_no_54.2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1490/projeto_de_lei_55.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1491/projeto_de_lei_no_56.2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1492/projeto_de_lei_57.2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/projeto_de_lei_59.2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/proejto_de_lei_60.2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/projeto_de_lei_61.2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1488/projeto_de_lei_62.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/projeto_de_lei_64.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/projeto_de_lei_65.2023_2_files_merged.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1493/projeto_de_lei_66.2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1494/projeto_de_lei_67.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/projeto_de_lei_68.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/projeto_de_lei_70.2023_2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/projeto_de_lei_72.2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/projeto_de_lei_73.2023_3.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/projeto_de_lei_74.2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/projeto_de_lei_75.2023_2.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/projeto_de_lei_76.2023_2.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/projeto_de_lei_77.2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_lei_79.2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/projeto_de_lei_80.2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/projeto_de_lei_82.2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/projeto_de_lei_83.2023_4_arquivos_mesclados.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/projeto_de_lei_84.2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/projeto_de_lei_88.2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/projeto_de_lei_89.2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/projeto_de_lei_90.2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/projeto_de_lei_91.2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/projeto_de_lei_92.2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/projeto_de_lei_93.2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/projeto_de_lei_94.2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2019/projeto_de_lei_95.2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2020/projeto_de_lei_96.2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2021/projeto_de_lei_97.2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2022/projeto_de_lei_98.2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2023/projeto_de_lei_99.2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2024/projeto_de_lei_100.2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2025/projeto_de_lei_101.2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2026/projeto_de_lei_102.2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2027/projeto_de_lei_103.2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/projeto_de_lei_104.2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1223/projeto_de_lei_complementar_01.2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_complementar_003.2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1337/projeto_de_lei_complementar_no_04.2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_complementar_no_05.2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/projeto_de_lei_complementar_06.2023_2.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/projeto_de_lei_complementar_08.2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/projeto_de_lei_complementar_09.2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/projeto_de_lei_complementar_10.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/projeto_de_lei_complementar_11.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/projeto_de_lei_complementar_13.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/projeto_de_lei__complementar_14.2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/projeto_de_lei__complementar_15.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/projeto_de_lei_complementar_18.2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/projeto_de_lei_complementar_19.2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/20.2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1247/oficio_15.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1246/oficio_16.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1245/oficio_21.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1244/oficio_22.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1243/oficio_23.2023_-_indicacao_23.2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1242/oficio_24.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1250/oficio_31.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1251/oficio_32.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1252/oficio_33.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1254/oficio_37.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1255/oficio_38.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1256/oficio_40.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1257/oficio_41.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1258/oficio_42.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/oficio_49.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/oficio_50.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/oficio_58.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/oficio_59.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/oficio_60.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1289/oficio_61.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1291/oficio_62.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1292/oficio_64.2023_-indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/oficio_65.2023_-indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1294/oficio_66.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/oficio_67.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1296/oficio_69.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1297/oficio_70.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/oficio_71.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/oficio_72.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/oficio_73.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/oficio_74.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/oficio_75.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1303/oficio_76.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/oficio_77.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/oficio_78.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/oficio_88.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/oficio_89.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/oficio_90.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/oficio_94.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/oficio_95.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/oficio_96.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/oficio_97.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/oficio_98.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/oficio_99.2023__-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/oficio_100.203_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/oficio_101.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/oficio_106.2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/oficio_107.2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/oficio_108.2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/oficio_109.2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1351/oficio_110.2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1353/oficio_111.2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1352/oficio_112.2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1354/oficio_112.2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1355/oficio_114.2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/oficio_115.2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/oficio_117.2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/oficio_118.2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/oficio_119.2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/oficio_120.2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/oficio_126.2023_.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/oficio_128.2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/oficio_129.2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/oficio_130.2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/oficio_131.2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/oficio_132.2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/oficio_133.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/oficio_134.2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/oficio_135.2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/oficio_136.2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/oficio_143.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/oficio_144.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/oficio_145.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/oficio_146.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/oficio_152.2023_-_indicacao_vercal.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/oficio_153.2023_-_indicacao_verbak.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/oficio_167.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/oficio_168.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/oficio_169.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1385/oficio_170.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/oficio_173.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/oficio_174.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1388/oficio_179.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1389/oficio_180.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/oficio_183.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/oficio_184.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/oficio_185.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/oficio_186.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/oficio_187.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1400/oficio_188.2023_-_indicacao_verbal_.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1401/oficio_189.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/oficio_190.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/oficio_191.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/oficio_198.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1411/oficio_199.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1412/oficio_200.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1413/oficio_200.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1414/oficio_202.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1415/oficio_204.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/oficio_205.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/oficio_206.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/oficio_207.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/oficio_208.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/oficio_212.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/oficio_213.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/oficio_214.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/oficio_215.2023_-_indcacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/oficio_216.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/oficio_217.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/oficio_218.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1427/oficio_219.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/oficio_220.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1429/oficio_221.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/oficio_222.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/oficio_226.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1432/oficio_227.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/oficio_228.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/oficio_229.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/oficio_230.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/oficio_235.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1458/oficio_236.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1459/oficio_237.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1460/oficio_238.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1461/oficio_239.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1462/oficio_240.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1463/oficio_241.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1464/oficio_242.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1465/oficio_243.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1466/oficio_244.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1467/oficio_247.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1468/oficio_251.2023_-_encaminhamento_de_abaixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1469/oficio_253.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1470/oficio_254.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1471/oficio_255.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1472/oficio_256.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1473/oficio_257.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1474/oficio_258.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1475/oficio_259.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1476/oficio_267.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1477/oficio_268.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1478/oficio_269.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1479/oficio_270._2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1480/oficio_271.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1481/oficio_272.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1495/oficio_276.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1496/oficio_277.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1497/oficio_279.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1498/oficio_280.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1499/oficio_281.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1500/oficio_282.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1501/oficio_283.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1502/oficio_285.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1503/oficio_287.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1504/oficio_288.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1505/oficio_289.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1506/oficio_290.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1507/oficio_295.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1508/oficio_296.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1509/oficio_297.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1510/oficio_298.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1511/oficio_299.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/oficio_300.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/oficio_301.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/305.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/306.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/307.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/308.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/309.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/310.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/311.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/316.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/317.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1540/318.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1541/319.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/323.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1543/324.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1544/325.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/326.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1546/327.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/328.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1548/329.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/330.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/331.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1551/336.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/337.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/346.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1554/347.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/348.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/oficio_351.2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1556/352.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/353.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1558/354.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/355.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1560/356.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1561/357.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/358.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/360.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/361.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/oficio_362.2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/371.2023_-_requerimento_verbla.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/372.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/373.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/374.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/oficio_377.2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/oficio_379.2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/oficio_22.2024_-_requerimento.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_resolucao_no_03.2023_3_files_merged.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1489/requerimento_03.2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/mocao_de_congratulacao_01.2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/mocao_de_congratulacao_no_03.2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/mocao_de_congratulacao_e_louvor_no_04.2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/mocao_de_congratulacao_05.2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/mocao_de_congratulacao_06.2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/mocao_de_congratulacao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1634/mocao_honrosa_de_congratulacao_08.2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/mocao_honrosa_de_congratulacao_09.2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/mocao_honrosa_de_congratulacao_10.2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/mocao_honrosa_de_congratulacao_11.2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/mocao_honrosa_de_congratulacao_12.2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/mocao_de_pesar_no_03.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1234/indicacao_no_01.2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1235/indicacao_no_02.2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_no_03.2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1237/indicacao_no_04.2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1248/indicacao_no_05.2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_06.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1275/indicacao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_no_08.2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1322/indicacao_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1323/indicacao_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_no_13.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_15.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1345/indicacao_16.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1346/indicacao_17.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1392/indicacao_18.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1393/indicacao_19.2023_2.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1394/indicacao_20.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_21.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1434/indicacao_22.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1483/indicacao_23.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_24.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1485/indicacao_25.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_26.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_27.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_29.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_31.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_32.2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_33.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1241/requerimento_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1240/requerimento_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1239/requerimento_no_11.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1238/requerimento_no_12.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1249/requerimento_14.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1276/requerimento_15.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1277/requerimento_16.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1278/requerimento_17.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1279/requerimento_18.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1280/requerimento_19.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1281/requerimento_20.2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1282/requerimento_21.2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1283/requerimento_22.2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1317/requerimento_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1319/requerimento_no_25.2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1320/requerimento_26.2023_2.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1339/requerimenot_27.2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1340/requerimenot_28.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1341/requerimento_29.2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1342/requerimento_30.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1343/requerimento_31.2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1390/requerimento_33.2023_2.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1391/requerimento_34.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1435/requerimento_35.2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1482/requerimento_36.2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/requerimento_37.2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/requerimento_38.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/requerimento_39.2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/requerimento_40.2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/requerimento_41.2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/requerimento_42.2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1336/projeto_de_lei_01.2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1225/projeto_de_lei_02.2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1335/projeto_de_lei_004.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1229/projeto_de_lei_05.2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1228/projeto_de_lei_06.2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_de_lei_08.2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1224/projeto_de_lei_09.2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1222/projeto_de_lei_10.2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1231/projeto_de_lei_11.2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1232/projeto_de_lei_12.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1233/projeto_de_lei_13.2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1259/projeto_de_lei_14.2023_2.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1260/projeto_de_lei_15.2023_2.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1261/projeto_de_lei_16.2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1262/projeto_de_lei__17.2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1263/projeto_de_lei_18.2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_lei_19.2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_20.2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1328/projeto_de_lei_021.2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1329/projeto_de_lei_022.2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_de_lei_no_24.2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1330/projeto_de_lei_025.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1331/projeto_de_lei_026.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_de_lei_no_027.2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1270/projeto_de_lei_no_028.2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1271/projeto_de_lei_no_029.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_030.2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1332/proejto_de_lei_031.2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1741/projeto_de_lei_no_32.2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_de_lei_033.2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1374/projeto_de_lei_no_34.2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1334/projeto_de_lei_035.2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1371/projeto_de_lei_no_37.2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1372/projeto_de_lei_no_38.2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/projeto_de_lei_40.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1373/proejto_de_lei_no_41.2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1375/projeto_de_lei_no_42.2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/projeto_de_lei_43.2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/projeto_de_lei_44.2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/projeto_de_lei_45.2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_de_lei_46.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/projeto_de_lei_47.2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_no_48.2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_no_49.2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1439/projeto_de_lei_no_50.2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_no_51.2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1441/projeto_de_lei_no_52.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/projeto_de_lei_no_53.2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/projeto_de_lei_no_54.2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1490/projeto_de_lei_55.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1491/projeto_de_lei_no_56.2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1492/projeto_de_lei_57.2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/projeto_de_lei_59.2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/proejto_de_lei_60.2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/projeto_de_lei_61.2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1488/projeto_de_lei_62.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/projeto_de_lei_64.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/projeto_de_lei_65.2023_2_files_merged.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1493/projeto_de_lei_66.2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1494/projeto_de_lei_67.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/projeto_de_lei_68.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/projeto_de_lei_70.2023_2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/projeto_de_lei_72.2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/projeto_de_lei_73.2023_3.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/projeto_de_lei_74.2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/projeto_de_lei_75.2023_2.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/projeto_de_lei_76.2023_2.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/projeto_de_lei_77.2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_lei_79.2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/projeto_de_lei_80.2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/projeto_de_lei_82.2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/projeto_de_lei_83.2023_4_arquivos_mesclados.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/projeto_de_lei_84.2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/projeto_de_lei_88.2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/projeto_de_lei_89.2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/projeto_de_lei_90.2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/projeto_de_lei_91.2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/projeto_de_lei_92.2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/projeto_de_lei_93.2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1597/projeto_de_lei_94.2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2019/projeto_de_lei_95.2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2020/projeto_de_lei_96.2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2021/projeto_de_lei_97.2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2022/projeto_de_lei_98.2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2023/projeto_de_lei_99.2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2024/projeto_de_lei_100.2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2025/projeto_de_lei_101.2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2026/projeto_de_lei_102.2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2027/projeto_de_lei_103.2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/projeto_de_lei_104.2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1223/projeto_de_lei_complementar_01.2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_complementar_003.2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1337/projeto_de_lei_complementar_no_04.2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_complementar_no_05.2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/projeto_de_lei_complementar_06.2023_2.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/projeto_de_lei_complementar_08.2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/projeto_de_lei_complementar_09.2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/projeto_de_lei_complementar_10.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/projeto_de_lei_complementar_11.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1598/projeto_de_lei_complementar_13.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1599/projeto_de_lei__complementar_14.2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1600/projeto_de_lei__complementar_15.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1601/projeto_de_lei_complementar_18.2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1602/projeto_de_lei_complementar_19.2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/20.2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1247/oficio_15.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1246/oficio_16.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1245/oficio_21.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1244/oficio_22.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1243/oficio_23.2023_-_indicacao_23.2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1242/oficio_24.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1250/oficio_31.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1251/oficio_32.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1252/oficio_33.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1254/oficio_37.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1255/oficio_38.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1256/oficio_40.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1257/oficio_41.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1258/oficio_42.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1284/oficio_49.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1285/oficio_50.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1286/oficio_58.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/oficio_59.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1288/oficio_60.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1289/oficio_61.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1291/oficio_62.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1292/oficio_64.2023_-indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1293/oficio_65.2023_-indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1294/oficio_66.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1295/oficio_67.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1296/oficio_69.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1297/oficio_70.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1298/oficio_71.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1299/oficio_72.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/oficio_73.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1301/oficio_74.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1302/oficio_75.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1303/oficio_76.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1304/oficio_77.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1305/oficio_78.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1306/oficio_88.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1307/oficio_89.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1308/oficio_90.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/oficio_94.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1310/oficio_95.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1311/oficio_96.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1312/oficio_97.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1313/oficio_98.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1314/oficio_99.2023__-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1315/oficio_100.203_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1316/oficio_101.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1347/oficio_106.2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1348/oficio_107.2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1349/oficio_108.2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1350/oficio_109.2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1351/oficio_110.2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1353/oficio_111.2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1352/oficio_112.2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1354/oficio_112.2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1355/oficio_114.2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/oficio_115.2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1356/oficio_117.2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1357/oficio_118.2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1358/oficio_119.2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1359/oficio_120.2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1360/oficio_126.2023_.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1361/oficio_128.2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1362/oficio_129.2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/oficio_130.2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1364/oficio_131.2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1365/oficio_132.2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1366/oficio_133.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1367/oficio_134.2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1368/oficio_135.2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/oficio_136.2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1376/oficio_143.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1377/oficio_144.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1378/oficio_145.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1379/oficio_146.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1380/oficio_152.2023_-_indicacao_vercal.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1381/oficio_153.2023_-_indicacao_verbak.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1382/oficio_167.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1383/oficio_168.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1384/oficio_169.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1385/oficio_170.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1386/oficio_173.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1387/oficio_174.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1388/oficio_179.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1389/oficio_180.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1395/oficio_183.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1396/oficio_184.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1397/oficio_185.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1398/oficio_186.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1399/oficio_187.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1400/oficio_188.2023_-_indicacao_verbal_.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1401/oficio_189.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/oficio_190.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/oficio_191.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/oficio_198.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1411/oficio_199.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1412/oficio_200.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1413/oficio_200.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1414/oficio_202.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1415/oficio_204.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/oficio_205.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/oficio_206.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/oficio_207.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/oficio_208.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/oficio_212.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/oficio_213.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/oficio_214.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/oficio_215.2023_-_indcacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/oficio_216.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/oficio_217.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/oficio_218.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1427/oficio_219.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/oficio_220.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1429/oficio_221.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/oficio_222.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/oficio_226.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1432/oficio_227.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/oficio_228.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/oficio_229.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/oficio_230.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/oficio_235.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1458/oficio_236.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1459/oficio_237.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1460/oficio_238.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1461/oficio_239.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1462/oficio_240.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1463/oficio_241.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1464/oficio_242.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1465/oficio_243.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1466/oficio_244.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1467/oficio_247.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1468/oficio_251.2023_-_encaminhamento_de_abaixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1469/oficio_253.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1470/oficio_254.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1471/oficio_255.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1472/oficio_256.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1473/oficio_257.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1474/oficio_258.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1475/oficio_259.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1476/oficio_267.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1477/oficio_268.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1478/oficio_269.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1479/oficio_270._2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1480/oficio_271.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1481/oficio_272.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1495/oficio_276.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1496/oficio_277.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1497/oficio_279.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1498/oficio_280.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1499/oficio_281.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1500/oficio_282.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1501/oficio_283.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1502/oficio_285.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1503/oficio_287.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1504/oficio_288.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1505/oficio_289.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1506/oficio_290.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1507/oficio_295.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1508/oficio_296.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1509/oficio_297.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1510/oficio_298.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1511/oficio_299.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/oficio_300.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/oficio_301.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/305.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/306.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/307.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/308.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/309.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/310.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/311.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1538/316.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1539/317.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1540/318.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1541/319.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/323.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1543/324.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1544/325.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/326.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1546/327.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/328.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1548/329.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/330.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/331.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1551/336.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/337.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/346.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1554/347.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/348.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/oficio_351.2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1556/352.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/353.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1558/354.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/355.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1560/356.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1561/357.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/358.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/360.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/361.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/oficio_362.2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/371.2023_-_requerimento_verbla.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/372.2023_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/373.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/374.2023_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/oficio_377.2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/oficio_379.2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1614/oficio_22.2024_-_requerimento.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_resolucao_no_03.2023_3_files_merged.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1489/requerimento_03.2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/mocao_de_congratulacao_01.2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/mocao_de_congratulacao_no_03.2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/mocao_de_congratulacao_e_louvor_no_04.2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/mocao_de_congratulacao_05.2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/mocao_de_congratulacao_06.2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/mocao_de_congratulacao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1634/mocao_honrosa_de_congratulacao_08.2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1635/mocao_honrosa_de_congratulacao_09.2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1636/mocao_honrosa_de_congratulacao_10.2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1637/mocao_honrosa_de_congratulacao_11.2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1638/mocao_honrosa_de_congratulacao_12.2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/mocao_de_pesar_no_03.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H397"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="173.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>