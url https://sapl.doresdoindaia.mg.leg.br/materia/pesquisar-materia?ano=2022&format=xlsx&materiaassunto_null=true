--- v0 (2025-12-22)
+++ v1 (2026-03-25)
@@ -54,4456 +54,4456 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Karla Francisca Vieira Araújo</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_001.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_001.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de mais postes de iluminação pública na praça da Rodoviária.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_002.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_002.2022.pdf</t>
   </si>
   <si>
     <t>Indicado para que seja feito dois turnos para as varredeiras, um começando às 5 horas da manhã e outro às 7 horas.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_003.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_003.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feita a limpeza e capina do terreno no entorno da obra do Pró-Infância.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Adão Amaral da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/839/indicacao_004.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/839/indicacao_004.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que determine ao setor competente da Prefeitura realizar estudo técnico de engenharia de tráfego e providências no sentido de implantar redutores velocidade na Rua Distrito Federal no trecho compreendido entre a Avenida Dr. até a Avenida Jonas Pires.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>José Ailton de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_05.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_05.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a análise pelo setor competente da prefeitura e resposta aos municípes dos danos causados e possíveis ressarcimentos pela obra da Policlínica realizada em meados de 2020, nas residências localizadaas na Rua Distrito Federal nºs 100 e 118, bairro Juiz de fora</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Gustavo Henrique de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_06.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_06.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a contrução de sistema de drenagem superficial de escoamento de água, na grota aos fundos das casas das ruas Jaime de Paulo de Aguiar, bairro Osvaldo Soares Costa é na rua Mário de Oliveira, bairro das Indústrias.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/868/indicacao_007.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/868/indicacao_007.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a contratação de um médico otorrinolaringologista para atendimento especializado</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_008.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_008.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja contratado mais um médico especialista em pediatria para nosso município.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Leonardo Diógenes Coelho</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/870/indicacao_009.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/870/indicacao_009.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja analisado pelo setor competente a possibilidade da construção de uma Praça de Lazer no bairro Aeroporto.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_010.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_010.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado um Termo de Colaboração entre o município e as entidades Clube Atlético Vilanovense, Dorense Futebol Clube e Zacarias Futebol Clube, ofertando funcionários para manutenção das entidades em parceria com o município.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_11.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_11.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja repassado recibo ou protocolo de entrega de documento, podendo ser a cópia do documento com o carimbo da secretaria quando derem entrada nas secretarias do executivo principalmente na secretaria de saúde.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_12.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_12.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja repassado aos universitários e estudantes dos cursos técnicos bolsas que se deslocam para outros municípios para estudarem um valor pecuniário para auxiliar no custeio que se fizer necessário.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_13.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_13.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja trocados ou reparados os ventiladores nos PSFs, principalmente do PSF São Sebastião.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_14.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_14.2022.pdf</t>
   </si>
   <si>
     <t>Indicado à mesa diretora que apresente Projeto de Resolução criando e estruturando a Ouvidoria Parlamentar da Câmara Municipal de Dores do Indaiá.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indicado que seja analisado pelo setor competente, a possibilidade da criação do CARTÃO VALE ALIMENTAÇÃO, para o servidor público municipal que recebem até dois salários mínimos.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Indicado ao Prefeito Municipal a realização e estudo de viabilidade visando que seja enviado à apreciação deste Legislativo, projeto de Lei que contemple o anteprojeto de lei que cria o Programa Municipal de Assistência ao Estudante  - PMAE e dá outras providências.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/936/indicacao_17.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/936/indicacao_17.2022.pdf</t>
   </si>
   <si>
     <t>Indicado ao Prefeito a realização e estudo de viabilidade visando que seja enviado à apreciação deste Legislativo, projeto de lei que coptemple o anterprojeto de lei anexo que: Institui o "Programa Talento da Casa", que estabelece a obrigatóriedade de desiponibilização de oportunidade para a aprsesentação de grupos, bandas, cantores ou instrumentistas locais na abertura de eventos musicais que contem com financiamento público municpal.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_18.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_18.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a criação do CREAS - Centro de Referencia Especializada de Assistência Social em nosso município.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Adilson Pereira Lino</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_19.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_19.2022.pdf</t>
   </si>
   <si>
     <t>Indicado à mesa diretora do Poder Legislativo Municipal que elabore o Decreto Legislativo com a finalidade de antecipar o repasse do duodécimo da Câmara Municipal ao Poder Executivo Municipal em parcelas mensais, até dezembro de 2.022.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/951/indicacao_20.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/951/indicacao_20.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja viabilizada a construção de lombofaixa na praça Getúlio Vargas em frente à Auto Escola Marília ou ao correio e em frente ao Noivinho e na Rua Padre Luis de fretne à Loja Destak e próximo à loja do Bri.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Indicado, que se possível, a ADEMG seja relocada para um local com mais espaço para a toda a equipe, seja providenciado uniforme com crachás para os Agentes de Endemia. Providencie focinheiras para os dias de vacinação antirrábica e direcione uma caminhonete para a utilização nos trabalhos. E a criação do laboratório Vigiagua.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_22.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_22.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que baixe a portaria referendando o uso obrigatório de máscara no recinto do Poder Legislativo.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_23.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_23.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a limpeza e roçagem nas mediações do final Rua Dr. Zacarias, bairro Triângulo.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_24.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_24.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalada cobertura para o pronto de táxi na rodoviária.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Adilson Mário Alves</t>
   </si>
   <si>
     <t>Indicado a colocação das divisórias proteção sanitária nos balcões de atendimento dos PSFs e outras repartições de atendimento ao pública que ainda não possuem.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_26.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_26.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a Secretaria Municipal de Obras que realize estudo e tome as devidas providências para sanar o problema das águas pluviaisque invadem o Dispensário dos Pobres Godofredo de Araújo - Pavilhão.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_27.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_27.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a realização de estudo de viabilidade para criação de projeto de lei que dispõe sobre a autorização da criação da lei "Lucas Begalli Zamora" estipulando que escolas, creches e berçários, públicos e particulares, proporcionem a capacitação em atendimento de primeiros socorros no município.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_28.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_28.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de redutor de velocidade no final da Rua Biquinhas antes da mesma confrontar com a Rua Paineiras.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_29.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_29.2022.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação ofício número 214/2021, para a colocação de postes de iluminação da Rua Benvenuto Alvarenga, continuação da rua Geraldo Felipe de Souza.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_30.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_30.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a construção de uma rede pluvial na rua Guajajaras com Tapuias, bairro São José.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Adilson Pereira Lino, Gustavo Henrique de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_31.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_31.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado ao DER/MG a colocação de um redutor de velocidade, acompanhada da devida sinalização ou radar na altura do trecho compreendido entre os KMs 36 a 40 da rodovia MG 176 - Dores do Indaiá - Quartel Geral.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_33.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_33.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado urgentemente a recuperação da cabeceira da ponte do Ribeirão do Jorge, na Rodovia Dona Maria da Dores Carneiro -MG 176, no sentido Luz - Dores do Indaiá.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1146/indicacao_34.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1146/indicacao_34.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado que elabore Decreto Legislativo com a finalidade de antecipar o repasse do duodécimo da Câmara Municipal ao Poder Executivo Municipal dando-lhe ciência que a devida antecipação é necessária para auxiliar a Santa Casa de Misericórdia Dr. Zacarias para reparação ou aquisição do Tubo do aparelho de tomografia Philips MX6000 que se encontra desativado atualmente.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_35.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_35.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado que seja cedido um veículo para ser utilizado na Creche Cemei Menino Jesus.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_36.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_36.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja analisado pelo setor competente, a possibilidade da criação do CARTÃO VALE ALIMENTAÇÃO para o servidor público municipal que recebem até 3.000,00 (três mil reais).</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_37.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_37.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que determine ao setor competente da Prefeitura realize estudo técnico de engenharia de tráfego e providências no sentido de implantar redutor velocidade na Avenida Jonas Pires, nº 301.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_38.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_38.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação, manutenção e trocas das lâmpadas por lâmpadas "Led" dos postes de iluminação do bairro Belvedere.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_39.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_39.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado ao Prefeito Municipal a realização e estudo de viabilidade visando que seja enviado a apreciação deste Legislativo, projeto de Lei que contemple o anteprojeto de lei que "Institui o Conselho Municipal dos Direitos da Pessoa com Deficiência; institui o Fundo Municipal dos Direitos da Pessoa com Deficiência e estabelece a Política Municipal com deficiência."</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1145/indicacao_40.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1145/indicacao_40.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicação de anteprojeto que seja encaminhado a Mesa Diretora da Câmara Municpal para Projeto de Resolução acrescentando paragrafo único no art. 157 na Resolução nº 02 de 24 de junho de 2014.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1168/ata_da_37a_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1168/ata_da_37a_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de travessias elevadas (faixa-lombado), na Avenida Francisco Campos em frente a COMADI.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1173/indicacao_42.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1173/indicacao_42.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a manutenção/ troca das lâmpadas em cinco postes na Rua Tupinambás, bairro São José.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1193/indicacao_43.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1193/indicacao_43.2022.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que seja feita a manutenção com urgência da Estrada Municipal, denomindada como a Estrada do Márcio da Clarinda.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_44.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_44.2022.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação para a colocação de postes de iluminação e redutor de velocidae na rua Benvenuto Alvarenga, continuação da rua Geraldo Felipe de Souza.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1195/indicacao_45.2022_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1195/indicacao_45.2022_1.pdf</t>
   </si>
   <si>
     <t>Indicado a Secretaria de Obras que proceda com urgência a construção de uma redutor de velocidade na Avenida Jonas Pires, onde termina a pavimentação asfáltica e se inicia calçamento poliédrico.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_46.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_46.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de travessias elevadas (faixa-lomba), na Rua Marcos Antônio de Faria, próximo ao número 39, no bairro Osvaldo Soares.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1202/indicacao_47.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1202/indicacao_47.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de Poste de Energia Elétrica e Luminárias, na travessa JK, próximo da rua Tupinambás nº 212 com guaicurus nº113.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1203/indicacao_48.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1203/indicacao_48.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a instalação de piso antiderrapante na escda da Escola Estadual Dr. Zacarias.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1204/indicacao_49.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1204/indicacao_49.2022.pdf</t>
   </si>
   <si>
     <t>Indicado o recapeamento na rua Edgar Pinto Fiuza, no bairro Triângulo, principalmente no entroncamento com Osória Augusta.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1205/indicacao_50.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1205/indicacao_50.2022.pdf</t>
   </si>
   <si>
     <t>Indicado arrumar o buraco Miguel de Paula Zica no Campinho além de realizar a capina de todas as ruas ali.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1206/indicacao_51.202.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1206/indicacao_51.202.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito o recapeamento e colocação de um redutor de velocidade na rua Luz.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1207/indicacao_52.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1207/indicacao_52.2022_2.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada a reforma a conservação do prédio da Antiga Escola Comercial São Luiz, ao lado da sede da prefeitura Municipal.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/840/requerimento_01.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/840/requerimento_01.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que encaminhe para esta Casa Legislativa se a Prefeitura Municipal de Dores do Indaiá tem responsabilidade sobre a caixa de passagem de esgoto situada na Avenida Santa Cruz, bairro São Sebastião, na altura do número 727.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/841/requerimento_02.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/841/requerimento_02.2022.pdf</t>
   </si>
   <si>
     <t>Requerido informação sobre a demora na manutenção da iluminação pública quando a empresa responsável é solicitada através do Call Center Engenharia.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/842/requerimento_03.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/842/requerimento_03.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam encaminhados a este Poder Legislativo, cópia integral do processo licitatório nº 006/2021, e termo aditivo, se houver.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/848/requerimento_04.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/848/requerimento_04.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam convocados os Ilmos. Sr. Dominaldo Luiz Bernado, Secretário Municial de Obras e Transportes e o Sr. Nélio Cristóvão Silva para comparecer a esse parlamento em Reunião Ordinária no prazo 30 (trinta) dias podendo ser prorrogado pelo mesmo período a pedido dos convocados com justificativa fundamentada.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/911/requerimento_05.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/911/requerimento_05.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam encaminhado a este Poder Legislativo, cópia integral do Processo Licititatório 150/2020.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/912/requerimento_06.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/912/requerimento_06.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado cópia do extrato bancário que se encontra depositado os valores do repasses e conciliação da conta no sistema Sonner no período de Agosto de 2021 até a presente data.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/913/requerimento_08.20222.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/913/requerimento_08.20222.pdf</t>
   </si>
   <si>
     <t>Requerido a formação de Comissão Especial com a finalidade de apurar os fatos trazidos a esta Casa Legislativa através da denúncia verbal ocorrida em 10 de março de 2.022 em Audiência Pública realizada neste Parlamento.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/914/requerimento_09.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/914/requerimento_09.2022.pdf</t>
   </si>
   <si>
     <t>Requerida que seja encaminhado ofício à gerência do Banco Bradesco ou outra instituição financeira utilizada para pagamento dos funcionários públicos municipais, solicitando o aumento da hora de funcionamento do banco Bradesco na semana de recebimento do pagamento destes, mantendo pelo menos o caixa eletrônico acessível até às 19:00.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>Requerido que seja convocado o Ilmo. Deiverson Marcos Fiuza, Secretário Municipal de Administração, Planejamento e Finanças para comparecer a este parlamento em Reunião Ordinária no prazo de 30 dias, podendo ser prorrogado pelo mesmo período com justificativa  fundamentada.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/937/requerimento_11.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/937/requerimento_11.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado para esta Casa Legislativa a seguinte documentação:_x000D_
 - Planilha com os valores repassados pela CEMIG ao município referente a taxa de ilumunição pública no período de janeiro de 2021 a março de 2022_x000D_
 - Valor gasto pela prefeitura como o pagamento de energia elétrica,exposto em planilha como o número de cada medidor e localização._x000D_
 - Relatório Analítico, notas fiscais, empenhos relativos ao pagamento efetuado pelo muncípio à empresa Quark Engenharia Ltda-EPP.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/948/requerimento_12.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/948/requerimento_12.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que se envie a essa Casa Legislativa a relação dos servidores públicos municipais cedidos a outros órgão ou entidades dos poderes da União, do estado e do município, com as respectivas cópias de cessão, no período de janeiro de 2021 até a presente data.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1000/requerimento_13.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1000/requerimento_13.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que seja enviado convite ao Ilmo. Senhor Ronaldo Antônio Zica da Costa, ex-prefeito do município de Dores do Indaiá, no período de 2013 a 2020, para comparecer a este Parlamento para fazer uso da tribuna em reunião ordinária a ser agendada.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1001/requerimento_14.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1001/requerimento_14.2022.pdf</t>
   </si>
   <si>
     <t>Requerido cópia do último contrato e termos aditivos, se houver, realizado entre a Prefeitura com a empresa Sonner Sistemas Integrados de Gestão Pública.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1002/requerimento_15.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1002/requerimento_15.2022_2.pdf</t>
   </si>
   <si>
     <t>Requerido que na reunião do dia 10/05/2022 minha presença seja feita de forma virtual em virtude de convocação para o curso ministrado pela Policia Cívil na Academia de Polícia de Minas Gerais em Belo Horizonte.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1003/requerimento_16.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1003/requerimento_16.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que seja convocado a Secretaria Municipal de Saúde do Município de Dores do Indaiá/MG, Sra. Núbia Fernanda da Silva, para prestar informções sobre assuntos inerentes às suas atrbuições e sobre a saúde do município, em reunião ordinária.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1004/requerimento_17.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1004/requerimento_17.2022.pdf</t>
   </si>
   <si>
     <t>Requerido informações sobre se há projeto de estudo técnico de engenharia sobre o trânsito em nosso município. E ainda se há previsão para o início desse estudo e implantação das melhorias e regulamentações de placas e sinalizações de trânsito local bem com campanhas de educação e conscientização no trânsito.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1005/requerimento_18.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1005/requerimento_18.2022.pdf</t>
   </si>
   <si>
     <t>Requerimento apresentando quesitos a convocada para comparecer a este parlamento em Reunião Ordinária.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1006/requerimento_19.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1006/requerimento_19.2022.pdf</t>
   </si>
   <si>
     <t>Requerido o envio a este parlamento de cópias de todas as portarias que determinou a abertura de sindicâncias e processos administrativos no amplo da administração pública municipal no período de janeiro de 2021 até a presente data.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1007/requerimento_20.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1007/requerimento_20.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado pelo executivo municipal, como se deu a ocupação do imóvel de propriedade do município no últimos anos situado na Praça Getúlio Vargas nº 01, centro, com toda documentação pertinente que autorizou o uso do bem por particulares ou órgãos públicos.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1008/requerimento_21.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1008/requerimento_21.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado cópias integrais dos Processos licitatórios 13/2022 e 14/2022 na modalidade pregão, 03/2022 e 04/2022.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1065/requerimento_22.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1065/requerimento_22.2022.pdf</t>
   </si>
   <si>
     <t>Requerido cópia de minuta do contrato, apresentada no certame pela prefeitura, de concessão do município com a empresa que participara do processo licitatório para exploração de serviço público de transporte coletivo de passageiros, conforme estabelecido no Projeto de Lei 074/2022</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1066/requerimento_23.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1066/requerimento_23.2022.pdf</t>
   </si>
   <si>
     <t>Requerido cópias das notas fiscais e notas de empenhos de todas as aquisições feitas para a Secretaria Municipal de Educação, de 1º de janeiro de 2021 até presenta data e cópias do mata de rotas, o controle  da quilometragem de todas as linhas, contendo a indicação do número de alunos transportados bem como a capacidade de cada veículo empregado no transporte escolar.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/requerimento_24.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/requerimento_24.2022.pdf</t>
   </si>
   <si>
     <t>Requerido cópias dos contratos, notas fiscais e empenhos referentes aos processos licitatórios de número 140/2021, 154/2021 que tem com objeto a contratação de prestação de serviços para promover regularização fundiária de interesse social - REURB-S</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1068/requerimento_25.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1068/requerimento_25.2022.pdf</t>
   </si>
   <si>
     <t>Requerido a retirada a da Emenda Substitiva ao Projeto de Lei nº 74/2022.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/requerimento_26.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/requerimento_26.2022.pdf</t>
   </si>
   <si>
     <t>Requerido a saída e consequente substituição da Comissão de Legislação, Justiça e Redação Final.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/requerimento_27.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/requerimento_27.2022.pdf</t>
   </si>
   <si>
     <t>Requerido cópias, portarias/decretos das exonerações e nomeações de Cargos em Comissão, ocorridas no período de 09 de junho de 2022 até a presente data.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/requerimento_28.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/requerimento_28.2022_2.pdf</t>
   </si>
   <si>
     <t>Requerido cópias dos requerimentos administrativos endereçados ao Ilmo. Sr. Secretário Municipal de Obras e Transportes, os quais contenham solicitação de Caminhão de terra/locação e locação de maquinário público, bem como as respectivas guias de recolhimento de preço público.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/requerimento_29.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/requerimento_29.2022_2.pdf</t>
   </si>
   <si>
     <t>Requerido cópia das Licenças Ambientais das áreas do município de Dores de Indaiá onde se encontram as jazidas fe terra utilizadas para a comercialização do município aos munícipes.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/requerimento_30.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/requerimento_30.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que informe a este Poder Legislativo quais normas que serão implantadas na antiga área do Aeroporto.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1117/requerimento_31.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1117/requerimento_31.2022_2.pdf</t>
   </si>
   <si>
     <t>Requerido convocação do Ilmo. Sr. Vicente de Paulo Zica, Secretário Municipal de Administrativo, Planejamento e Finanças para comparecer a este Parlamento em Reunião Ordinária para prestar informações concernentes a sua Secretaria.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1167/requerimento_32.2022_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1167/requerimento_32.2022_1.pdf</t>
   </si>
   <si>
     <t>Requerido cópias do procedimento licitatório ou outro equivalente de adesão a outro processo gerido por outro órgão público que tem por finalidade o gerenciamento de compras contratado com a VALECARD e contrato e atas de adesão se for o caso.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/requerimento_33.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/requerimento_33.2022.pdf</t>
   </si>
   <si>
     <t>Requerido a convocação da secretária municipal de saúde e a presidente do Conselho Municipal do FUNDEB para comparecerem em reunião ordinária da Câmara Municipal.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1189/requerimento_35.2022_4.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1189/requerimento_35.2022_4.pdf</t>
   </si>
   <si>
     <t>Requerido a abertura de Comissão Especial para apuração e instauração de processo por crime de responsabilidade.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1190/requerimento_36.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1190/requerimento_36.2022_2.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhados a este Poder Legislativo, cópias integrais dos processos licitatórios e dispensa de licitação referente a contração de empresa(s) de serviços de locação de ônibus para transporte coletivo urbano.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1191/requerimento_37.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1191/requerimento_37.2022.pdf</t>
   </si>
   <si>
     <t>Requerido informações sobre o fato ocorrido no dia 22 de novembro de 2022 com o veículo lotado na Secretaria Municipal de Saúde transportando pacientes para a cidade de Belo Horizonte.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1192/requerimento_38.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1192/requerimento_38.2022.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado convite ao Ilmo. Sr. Ronaldo Costa Fiúza - Chefe da Copasa - Agência Dores do Indaiá para que compareça a este parlamento.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/875/projeto_de_lei_01.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/875/projeto_de_lei_01.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição da perda inflacionária dos subsídios do prefeito , vice-prefeito  e secretários municipais de Dores do Indaiá, estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/876/projeto_de_lei_02.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/876/projeto_de_lei_02.2022.pdf</t>
   </si>
   <si>
     <t>Altera redação do parágrafo único do art. 4º e do Anexo I da Lei Municipal nº 2.520/2013, de 31 de outubro de 2013, que dispõe sobre a viagem a serviço e concessão de diária a servidor dos órgãos da administração pública direta e dá outras providências.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/877/projeto_de_lei_03.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/877/projeto_de_lei_03.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 328.003,00 (trezentos e vinte e oito mil e três reais) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/878/projeto_de_lei_04.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/878/projeto_de_lei_04.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial para a criação de elemento e natureza de despesa, tendo por fonte a anulação de dotação, na forma que espeficica, e dá outras providências.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/879/projeto_de_lei_05.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/879/projeto_de_lei_05.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$1.586.400,00 (um milhão quinhentos e oitenta e seis mil e quatrocentos reais), na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/880/projeto_de_lei_06.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/880/projeto_de_lei_06.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$50.000,00 (cinquenta mil reais) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/881/projeto_de_lei_07.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/881/projeto_de_lei_07.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 285.654,00 (duzentos e oitenta e cinco mil e seiscentos e cinquenta  e quatro reais) na forma que espefica e dá outras providências.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/882/projeto_de_lei_08.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/882/projeto_de_lei_08.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$50.000,00 (cinquenta mil reais), na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/883/projeto_de_lei_09.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/883/projeto_de_lei_09.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 150.000,00 (cento e cinquenta mil reais), na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/884/projeto_de_lei_10.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/884/projeto_de_lei_10.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$150.000,00 (cento e cinquenta mil reais), na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/885/projeto_de_lei_12.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/885/projeto_de_lei_12.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 1.103,682,88 (um milhão cento e três mil seiscentos e oitenta e dois reais e oitenta e oito centavos), na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/886/projeto_de_lei_13.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/886/projeto_de_lei_13.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 721.852,90 (setecentos e vinte e um mil oitocentos e cinquenta e dois reais e noventa centavos) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/887/projeto_de_lei_14.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/887/projeto_de_lei_14.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial no valor de R$ 564.033,58 (quinhentos e sessenta e quatro mil trinta e três reais e cinquenta e oito centavos), na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/888/projeto_de_lei_15.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/888/projeto_de_lei_15.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 317.900,00 (trezentos e dezessete mil e novecentos reais) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/889/projeto_de_lei_16.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/889/projeto_de_lei_16.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a o Poder Executivo Municipal a abrir crédito especial no valor de R$384.605,00 (trezentos e oitenta e quatro mil seiscentos e cinco reais) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/890/projeto_de_lei_17.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/890/projeto_de_lei_17.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 478.864,00 (quatrocentos e setenta e oito mil oitocentos e sessenta e quatro reais) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/891/projeto_de_lei_18.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/891/projeto_de_lei_18.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$288.579,91 (duzentos e oitenta e oito mil quinhentos e setenta e nove reias e noventa e um centavos) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/892/projeto_de_lei_19.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/892/projeto_de_lei_19.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial no valor de R$ 150.000,00 (cento e cinquenta mil reais) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 285.000,00 (duzentos e oitenta e cinco mil reais) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/894/projeto_de_lei_21.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/894/projeto_de_lei_21.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de 248.954,00 (duzentos e quarenta e oito mil novecentos e cinquenta e quatro reais) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$328.003,00 (trezentos e vinte e oito mil e três reais) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/896/projeto_de_lei_23.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/896/projeto_de_lei_23.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição da perda inflacionária dos subsídios dos vereadores do município de Dores do Indaiá/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/897/projeto_de_lei_24.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/897/projeto_de_lei_24.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Dores do Indaiá - Minas Gerais a fornecer transporte escolar para alunos do ensino superior e do ensino técnico-profissionalizante, público ou particular, fora da sede do município e dá outras providências.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/898/projeto_de_lei_25.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/898/projeto_de_lei_25.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 7.749.043,77 (sete milhões setecentos e quarenta e nove mil quarenta e três reais e setenta e sete centavos), na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a indenizar o cidadão José Maria Bispo por danos materiais causados em veículo de sua propriedade, em razão da responsabilidade civil objetiva do município e dá outras providências.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/900/projeto_de_lei_27.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/900/projeto_de_lei_27.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Dores do Indaiá a receber em doação, material de consumo que especifica, adquirido pela Indalabor Indaiá Laboratório Farmacêutico Ltda. E dá outras providências.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/901/projeto_de_lei_30.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/901/projeto_de_lei_30.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no valor de R$ 400.000,00 (quatrocentos mil reais) por superávit financeiro, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/902/projeto_de_lei_31.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/902/projeto_de_lei_31.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a abrir crédito suplementar no valor de R$300.000,00 (trezentos mil reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/903/projeto_de_lei_32.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/903/projeto_de_lei_32.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 300.000,00 (trezentos mil reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/904/projeto_de_lei_33.2022_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/904/projeto_de_lei_33.2022_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$ 388.432,64 (trezentos e oitenta e oito mil, quatrocentos e trinta e dois reais e sessenta e quatro centavos) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>Altera a redação da Ementa e artigo 1º da Lei Municipal nº 1979/2000 e dá outras providências.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/963/projeto_de_lei_35.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/963/projeto_de_lei_35.2022.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado pelo município de Dores do Indaiá - Minas Gerais, com outros municípios com a finalidade de constituir consórcio público, nos termos da Lei Federal nº 11.107, de 6 de abril de 2005.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei36.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei36.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município Dores do Indaiá a firmar contrato de Programa com o Consórcio Intermunicipal do Serviço de Inspeção do Centro Oeste Mineiro - CISICOM com o objetivo de execução do serviço de inspeção municipal de formar associada e dá outras providências.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_lei_no_37.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_lei_no_37.2022.pdf</t>
   </si>
   <si>
     <t>Institui no município de Dores do Indaiá/Programa Municipal de Assistência Técnica em habitação de interesse social.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>Poder Executivo Municipal - PEM</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1290/projeto_de_lei_no_038.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1290/projeto_de_lei_no_038.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir campanha de incentivo à transferência de veículos automotores no município de Dores do Indaiá - Minas Gerais.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/966/projeto_de_lei_40.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/966/projeto_de_lei_40.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com a OSEL - Obras Sociais e Educacionais de Luz, nos termos que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/967/projeto_de_lei_41.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/967/projeto_de_lei_41.2022.pdf</t>
   </si>
   <si>
     <t>Desafeta área de 2.678,86 m² para fins de desmembramento plara construção de quadra poliesportiva e dá outras providências.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/968/projeto_de_lei_42.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/968/projeto_de_lei_42.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da semana municipal de agricultura, pecuária e sustentabilidade no município de Dores do Indaiá/MG e dá outras providências.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/969/projeto_de_lei_43.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/969/projeto_de_lei_43.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito junto à CEF - Caixa Econômica Federal, no âmbito do Programa Finisa - Financiamento à Infraestrutura e ao sanamento e dá outras providências.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/970/projeto_de_lei_45.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/970/projeto_de_lei_45.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>"Autoriza abertura de crédito adicional suplementar no valor de r$ 160.000,00_x000D_
 (cento sessenta mil reais) por superavit_x000D_
 financeiro, na forma que especifica, da outras providências."</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/971/projtoe_de_lei_46.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/971/projtoe_de_lei_46.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar n ovalor R$400.000,00(quatrocentos mil reais), na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/972/projeto_de_lei_47.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/972/projeto_de_lei_47.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicioanal suplementar no valor de R$400.000,00 (quatrocentos mil reais) pro superávit financeiro, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/973/projeto_de_lei_48.2022_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/973/projeto_de_lei_48.2022_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar e criação de fonte de despesa, tendo por origem o excesso de arrecadação por fonte de recursos, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valro de R$25.617,70 (vinte e cinco mil, seiscentos e dezessete reais e setenta centavos) por superávit financeiro  na forma que especifica e dá outras providências e dá outras providências.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_lei_no_051.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_lei_no_051.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo municipal a abrir crédito adicional suplementar no valro de R$36.527,12 (trinta e seis mil, quinhentos  e vinte e sete reais e doze centavos), por superávit financeiro na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/977/projeto_de_lei_no_52.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/977/projeto_de_lei_no_52.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$23.595,26 (vinte e três mil, quinhentos e noventa e cinco reias e vinte e seis centavos), por superávit financeiro na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/978/projeto_de_lei_no_53.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/978/projeto_de_lei_no_53.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar e criação defonte de despesa, tendo por origem o superávit financeiro por fonte de recursos apurado no balanço patrimonial de 2021, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/979/projeto_de_lei_no_55.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/979/projeto_de_lei_no_55.2022.pdf</t>
   </si>
   <si>
     <t>Crédito adicional suplementar no valor de R$9.536,78 (nove mil, quinhentos e trinta e seis reais e setenta e oito centavos), por superávit financeiro na forma que espefica e dá outras providências.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/981/projeto_de_lei_056.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/981/projeto_de_lei_056.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$52.000,00 (cinquenta e doi mil reais) por superávit financeiro na foma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/982/projeto_de_lei_058.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/982/projeto_de_lei_058.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito junto à CEF - Caixa Econômica Federal, no âmbito do Programa Finisa - Financiamento à Infraestrutura  e ao Saneamento, com garantia da União Federal e revoga "in totum" a lei Municipal 3.002/2022, de 28 de abril de 2.022 e dá outras providências.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/983/projeto_de_lei_059.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/983/projeto_de_lei_059.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$ 1.800.000,00 (um milhão e oitocentos mil reias)" por tendência de excesso de arrecadação na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/984/projeto_de_lei_060.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/984/projeto_de_lei_060.2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar e fonte de despesa no valor de R$300.000,00 (trezentos mil reais) na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1054/projeto_de_lei_61.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1054/projeto_de_lei_61.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a indenizar o cidadão Wanderli Messias por danos materiais sofridos em veículo de sua propriedade, em razão da responsabilidade, em razão da responsabilidade  civil objetiva do município e dá outras providências.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a indenizar a Cooperativa dos Produtores Rurais de Abaeté e Região Ltda. por danos materiais sofrido em veículo de sua propriedade, em razão da responsabilidade civil objetiva do município e dá outras providências.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a outorgar permissão de uso de imóvel público que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1057/projeto_de_lei_64.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1057/projeto_de_lei_64.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional de natureza suplementar no valor de R$2.324.928,10 (dois milhões, trezentos e vinte e quatro mil, novecentos e vinte e oito reais e dez centavos) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1058/projeto_de_lei_67.2022_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1058/projeto_de_lei_67.2022_compressed.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito de natureza suplementar no valor de R$3.083.162,82 (três milhões, oitenta e três mil, cento e sessenta e dois reais e oitenta e dois centavos) na forma qeu específica e dá outras providências.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/projeto_de_lei_68.2022_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/projeto_de_lei_68.2022_compressed.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional de natureza suplementar no valor de R$1.168.760,00 (um milhão, cento e sessenta  e oito mil e setecentos e sessenta reais) por superávit financeiro na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/projeto_de_lei_69.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/projeto_de_lei_69.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$72.800,00 (setenta e dois mil  e oitocentos reais) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1064/projeto_de_lei_70.2022_2_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1064/projeto_de_lei_70.2022_2_compressed.pdf</t>
   </si>
   <si>
     <t>Cria a Medalha "Flor do Rosário" no âmbito do Município de Dores do Indaiá e regulamenta sua concessão.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/projeto_de_lei_71.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/projeto_de_lei_71.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$170.000,00 (cento e setenta mil reais) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1063/projeto_de_lei_72.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1063/projeto_de_lei_72.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar  no valor de R$200.000,00 (duzentos mil reais) naforam que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1062/projeto_de_lei_73.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1062/projeto_de_lei_73.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção no valor de R$200.000,00 (duzentos mil reais) ao Sindicato dos Produtores Rurais de Dores do Indaiá na form a que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1044/projeto_de_lei_74.2023.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1044/projeto_de_lei_74.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a executivo a delegar, mediante licitação, concessão para exploração de serviço público de transporte coletivo de passageiros no município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1045/projeto_de_lei_076.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1045/projeto_de_lei_076.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$273.570,00 (duzentos e setenta e três mil, quinhentos e setenta e setenta reais), na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1046/projeto_de_lei_077.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1046/projeto_de_lei_077.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Ratifica a terceira alteração do protocolo de intenções, consubstanciado em contrato de consórcio público do Consórcio Intermunicipal de Saúde da Região Ampliada Oeste para gerenciamento dos Serviços de Urgência e Emergência - CIS-URG Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1047/projeto_de_lei_078.2022_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1047/projeto_de_lei_078.2022_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Muncipal a abrir crédito suplementar por superávit financeiro no valor de R$70.000,00 (setenta mil reais), por superávit financeiro na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar por superávit financeiro no valor de R$70.000,00( setenta mil reais), por superávit financeiro na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1049/projeto_de_lei_080.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1049/projeto_de_lei_080.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$800.000,00 (oitocentos mil reais)" por tendência de excesso de arrecadação na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1050/projeto_de_lei_081.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1050/projeto_de_lei_081.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$2.496.750,00 (dois milhões quatrocentos e noventa e seis mil, setecentos e cinquenta reais)" por tendência de excesso der arrecadação na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1051/projeto_de_lei_082.2022_2_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1051/projeto_de_lei_082.2022_2_compressed_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$235.119,61 (duzentos e trinta e cinco mil cento e dezenove  reais e sessenta e um centavos) por superávit financeiro, na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1052/projeto_de_lei_083.2022_2_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1052/projeto_de_lei_083.2022_2_compressed_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$1.000.000,00 (um milhão de reais) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1121/projeto_de_lei_085.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1121/projeto_de_lei_085.2022.pdf</t>
   </si>
   <si>
     <t>Concede incentivo para pagamento de aluguel a empresa que descreve, e dá outras providências.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1123/projeto_de_lei__086.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1123/projeto_de_lei__086.2022.pdf</t>
   </si>
   <si>
     <t>Altera redação do art. 6º, caput, da Lei Municipal nº. 2.964/2021, de 10 de dezembro de 2.021, que estima a receita e fixa a despesa do município de Dores do Indaiá - Minas Gerais, para o exercício financeiro de 2.022.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1124/projeto_de_lei_087.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1124/projeto_de_lei_087.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$160.000,00 (cento e sessenta mil reais) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1125/projeto_de_lei_088.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1125/projeto_de_lei_088.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Dores do Indaiá - Minas Gerais a doar ao estado de Minas Gerais, através da Secretaria do Estado de Justiça e Segurança Pública - SEJUSP bem móvel que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1126/projeto_de_lei_089.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1126/projeto_de_lei_089.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no valor de R$54.645,00 (cinquenta e quatro mil, seiscentos e quarenta e cinco reais) por excesso de arrecadação que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1127/projeto_de_lei_090.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1127/projeto_de_lei_090.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$25.355,00 (vinte e cinco mil trezentos e cinquenta e cinco reais) por excesso de arrecadação da forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1128/proejto_de_lei_091.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1128/proejto_de_lei_091.2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2º, art. 5º e seu parágrafo único da Lei nº 3.040/2022 que: cria a medalha  Flor do Congado no âmbito do município de Dores do Indaiá  e regulamenta sua concessão.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1129/projeto_de_lei_092.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1129/projeto_de_lei_092.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$ 2.385.856,25 (dois milhões, trezentos e oitenta e cinco mil, quinhentos e oitenta e seis reais e vinte e cinco centavos) por excesso de arrecadação na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1130/projeto_de_lei_093.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1130/projeto_de_lei_093.2022.pdf</t>
   </si>
   <si>
     <t>Autorização o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$ 4.701.802,63 (quatro milhões, setencentos e um mil, oitocentos e dois reais e sessenta e três centavos) por excesso de arrecadação na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1188/projeto_de_lei_094.2022_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1188/projeto_de_lei_094.2022_compressed.pdf</t>
   </si>
   <si>
     <t>(REJEITADO) Dispõe sobre o uso do sistema viário urbanos do município para a prestação de serviços de transporte individual privado remunerado de passageiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Autoriza o município de Dores do Indaiá - Minas Gerais a conceder auxílio financeiro à estudante doutoranda Amanda Laureano Raso como incentivo ao desenvolvimento de pesquisas na área da Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/proejto_de_lei_96.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/proejto_de_lei_96.2022_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Dores do Indaiá a conceder auxílio moradia emergencial aos proprietários e/ou possuidores de imóveis localizados na Rua Tapajós e na rua Sion, atingidos pelas chuvas ocorridas no estado de calamidade pública que se encontram sob risco de desabamento e com a estrutura comprometida e dá outras providências.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1177/projeto_de_lei_097.2022_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1177/projeto_de_lei_097.2022_compressed.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo únicip do art. 2º da Lei Municipal nº. 3.001/2022 de 20 de abril de 2.022, que desafeta área de 2.678,86 m² para fins de desmembramento para construção de quadra poliesportiva e dá outras providências.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1178/proejto_de_lei_098.2022_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1178/proejto_de_lei_098.2022_compressed.pdf</t>
   </si>
   <si>
     <t>Desafeta área de 1.550,00 m² para fins de desmembramento para abertura de vias públicas e dá outras providências</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1179/projeto_de_lei_099.2022_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1179/projeto_de_lei_099.2022_compressed.pdf</t>
   </si>
   <si>
     <t>Concede incentivo financeiro para custeio de despesas com instalação e funcionamento de unidade de atendimento de empresa que descreve, e dá outras providências.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1180/proejto_de_lei_100.2022_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1180/proejto_de_lei_100.2022_compressed.pdf</t>
   </si>
   <si>
     <t>Estabelece os feriados municipais em Dores do Indaiá - Minas Gerais, para o ano de 2.022 e dá outras providências.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1181/projeto_de_lei_101.2022_2_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1181/projeto_de_lei_101.2022_2_compressed.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor R$37.084,30 (trinta e sete mil,  oitenta e quatro reais e trinta centavos) por centavos) por superávit financeiro na foma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1182/proejto_de_lei_102.2022_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1182/proejto_de_lei_102.2022_compressed.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$ 400.000,00 (quatrocentos mil reais) pr excesso de arrecadação, na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1183/projeto_de_lei_103.2022_2_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1183/projeto_de_lei_103.2022_2_compressed.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valro de R$300.000,00(trezentos mil reais) por excesso de arrecadação, na form que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1184/projeto_de_lei_104.2022_2_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1184/projeto_de_lei_104.2022_2_compressed.pdf</t>
   </si>
   <si>
     <t>Autorizaa o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$825.068,00(oitocentos e vinte e cinco mil e sessenta e oito reais) por excesso de arrecadação, na forma que espec´fica e dá outras providências.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1185/projeto_de_lei_105.2022_2_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1185/projeto_de_lei_105.2022_2_compressed.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir suplementar no valor de R$200.000,00 (duzentos mil reais), por excesso de arrecadação, na forma que específica e dá outras provididências.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1186/projeto_de_lei_106.2022_2_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1186/projeto_de_lei_106.2022_2_compressed.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valro de R$146.165,00 (cento e quarenta e seis mil, seiscentos e sessenta e cinco reais) por excesso de arrecadação, na forma, que espec´ficia e dá outras providências.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1187/projeto_de_lei_107.2022_2_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1187/projeto_de_lei_107.2022_2_compressed.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$70.000,00 (setenta mil reais), por excesso de arrecadação, na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1217/projeto_de_lei_no_108.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1217/projeto_de_lei_no_108.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar no valor de R$1.440.000,00 (um milhão quatrocentos e quarenta mil reias) na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1218/projeto_de_lei_no_109.2022_2.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1218/projeto_de_lei_no_109.2022_2.pdf</t>
   </si>
   <si>
     <t>Concede benefício através de doação de fração ideal de área de propriedade do município de Dores do Indaiá - Minas Gerais à empresa que descreve , para instalação de empreendimento e dá outras providências.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1219/projeto_de_lei_no_110.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1219/projeto_de_lei_no_110.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional suplementar no valor de R$ 369.716,03 (trezentos e sessenta e nove mil, setecentos e dezesseis reais e três centavos) por anulação de dotação orçamentária na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1220/projeto_de_lei_no_111.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1220/projeto_de_lei_no_111.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no valor de R$80.865,37 (oitenta mil, oitocentos e sessenta e cinco reais e trinta e sete centavos) tendo com origem o superávit financeiro apurado por fontes na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/872/projeto_de_lei_complementar_01.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/872/projeto_de_lei_complementar_01.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição da perda inflacionária dos vencimentos dos servidores públicos da administração direta e indireta do município de Dores do Indaiá</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/873/projeto_de_lei_complementar_02.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/873/projeto_de_lei_complementar_02.2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 93, caput, da Lei Municipal nº 2.178/2005, de 09 de dezembro de 2005, que dispõe sobre a reestruturação da autarquia municipal  denominada Instituto de Previdência dos Servidores Públicos Municipais de Dores do Indaiá - IPSEMDI e dá outras providências.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/874/projeto_de_lei_complementar_01.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/874/projeto_de_lei_complementar_01.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição da perda inflacionária dos vencimentos dos servidores do Poder Legislativo de Dores do Indaiá.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/974/projeto_de_lei_complementar_05.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/974/projeto_de_lei_complementar_05.2022.pdf</t>
   </si>
   <si>
     <t>Altera redação do 23 caput, e do inciso I do art. 23, da Lei Complementar Municipal nº 81/2019, de 22 de março de 2019, que dispõe sobre o plano de carreira e remuneração dos servidores da Educação do Município de Dores do Indaiá/MG e dá outras providências.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/980/projeto_de_lei_complementar_07.2022_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/980/projeto_de_lei_complementar_07.2022_compressed.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I, II, III, IV e V, da Lei Complementar nº 79/2019, de 22 de março de 2019, os anexos I, II, III, IV e V, da Lei Complementar nº 80/2019, de 12 de março de 2019 e os anexos I, II, III, IV e V, da Lei Complementar nº 81/2019, de 22 de março de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_complementar_008.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_complementar_008.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de taxa de fiscalização para localização e funcionamento de atividade para novas empresas e ramos de atividades a se constituírem no primeiro ano de formalização no município de Dores do Indaiá-MG, e dá outras providências.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1042/projeto_de_lei_complementar_008.2022_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1042/projeto_de_lei_complementar_008.2022_compressed_1.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência complementar no âmbito do município de Dores do Indaiá - Minas Gerais, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que se trata o art. 40 da Constituição Federal, autoriza a adesão a plano de benefícios de previdência complementar e dá outras providências.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1043/projeto_de_lei_complementar_010.2022_2_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1043/projeto_de_lei_complementar_010.2022_2_compressed_1.pdf</t>
   </si>
   <si>
     <t>Regulamenta e fixa o piso salarial dos agentes comunitários de saúde (ACS) e dos agentes de Combate a Endemias (ACE) do município de Dores do Indaiá - Minas Gerais, nos termos da Emenda Constitucional n° 120/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1122/projeto_de_lei_complementar_011.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1122/projeto_de_lei_complementar_011.2022.pdf</t>
   </si>
   <si>
     <t>Institui o pagamento de "Jeton de Presença" aos membros dos órgãos colegiados do lPSEMDI, altera os dispositivos da Lei Municipal nº2.178/2005 que dispõe sovre a reestruturação da autarquia municipal denominada Instituto de Previdência do Servidor Municipal de Dores do Indaiá - IPSEMDI e dá outras providências.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>Of</t>
   </si>
   <si>
     <t>Requerimentos e Indicações Verbais</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/830/oficio_005.2002_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/830/oficio_005.2002_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a revitalização da Rua Paulino de Sousa no trecho de bloquetes, tendo em vista a ocorrência de acidentes devido àqueles bloquetes que se encontram soltos.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/831/oficio_006.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/831/oficio_006.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido o envio a esta Casa de Leis de relação das solicitações de cirurgias eletivas e não eletivas.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/832/oficio_007.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/832/oficio_007.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a relação de associação que se credenciaram até a presente data para recebimento de subvenções sociais, conforme informação do Advogado Geral da Prefeitura - Dr. Emerson Ferreira Corrêa de Lacerda na audiência pública realizada nesta Casa Legislativa no dia 11 de novembro de 2022.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/833/oficio_008.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/833/oficio_008.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o planejamento de revitalização da Praça Abaeté.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/834/oficio_009.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/834/oficio_009.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente regulamentação/ criação do Conselho Municipal de Habitação de Dores do Indaiá/MG, para atuar na elaboração dos planos e programas da política habitacional de interesse social.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/835/oficio_011.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/835/oficio_011.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a informação se já foi cumprida a determinação do Estado que está gravado na escritura pública referente à doação da área do bairro Aeroporto datada de julho de 2013.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/836/oficio_012.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/836/oficio_012.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o envio a esta Casa Legislativa da prestação de contas referente à aplicação da primeira parcela no valor de R$ 400.000,00(quatrocentos mil reiais) recebida do acordo entre o Estado e o municípios, para o repasse dos recursos da Vale, referente à tragédia de Brumadinho/MG.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/837/oficio_013.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/837/oficio_013.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que seja analisado e enviado a esta Casa Legislativa projeto de lei que objetiva estabelecer o piso salarial dos Agentes Comunitários da Saúde e Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/838/oficio_014.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/838/oficio_014.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente relatório circunstanciado sobre o estado das obras e dos serviços municipais, bem como o programa da administração para  o exercício de 2022.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/843/oficio_16.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/843/oficio_16.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja designado ao órgão competente da municipalidade para a solução do problema da grota que margeia os bairros Residencial Santa Cruz e Osvaldo Soares Costa, que além do mato e depósito de entulhos e lixo, os moradores costumeiramente têm encontrado cobras.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/844/oficio_17.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/844/oficio_17.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a colocação de placas indicativas nas ruas da cidade e nos pontos mais importantes.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/845/oficio_18.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/845/oficio_18.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente seja procedida operação tapa-buracos nas vias urbanas do Município, em especial nas ruas Benevenuto Alvarenga, Geraldo Felipe de Sousa e Geraldo Batista Fonseca de Carvalho.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/849/oficio_22.2022_-_requerimento_verbal_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/849/oficio_22.2022_-_requerimento_verbal_compressed.pdf</t>
   </si>
   <si>
     <t>Requerido que seja adotadas medidas preventivas urgentes, devido à ineficiência no fornecimento de energia elétrica aos usuários do serviço do município de Dores do Indaiá/MG, que sofrem com as constantes e intermináveis oscilações e interrupções de energia elétrica provocadas pela inadequada e deficiente prestação de serviço públicos que CEMIG vem proporcionando.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/850/oficio_027.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/850/oficio_027.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a limpeza e capina do Cemitério.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/851/oficio_28.2022_-_indicacao_verbal_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/851/oficio_28.2022_-_indicacao_verbal_compressed.pdf</t>
   </si>
   <si>
     <t>Indicado a troca urgente do poste localizado no ponto final da Rua Quartel Geral no bairro Aeroporto, haja vista que o mesmo é de madeira e encontra-se coma a base totalmente apodrecida.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/852/oficio_29.2022_-_indicacao_verbal_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/852/oficio_29.2022_-_indicacao_verbal_compressed.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação que requereu da secretaria competente a colocação de redutor de velocidade na Rua Edgar Pinto Fiúza, próximo à Praça do Trabalhador, imediação do número 1.11 a 1.421.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/853/oficio_30.2022_-_indicacao_verbal_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/853/oficio_30.2022_-_indicacao_verbal_compressed.pdf</t>
   </si>
   <si>
     <t>Reitera a indicação que requereu que proceda a operação tapa-buracos nas vias urbanas do município, em especial nas ruas de maior trafegabilidade.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/854/oficio_31.2022_-_indicacao_verbal_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/854/oficio_31.2022_-_indicacao_verbal_compressed.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a manutenção, de forma paliativa, das estradas rurais.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/855/oficio_32.2022_-_requerimento_verbal_compressed.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/855/oficio_32.2022_-_requerimento_verbal_compressed.pdf</t>
   </si>
   <si>
     <t>Requerido o cumprimento da Lei Municipal nº 2.944/2021 que dispõe sobre a obrigatoriedade do conserto de buracos e valas abertos nas vias públicas no âmbito do município de Dores do Indaía, pois grande parte dos buracos nas vias da cidade são de responsabilidade da COPASA.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/856/oficio_34.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/856/oficio_34.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente estudo de trânsito para regulamentar a circulação e estacionamento dos veículos na Praça Alexandre de Lacerda Filho, que sejam consultados os moradores da região.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/857/oficio_35.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/857/oficio_35.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/858/oficio_36.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/858/oficio_36.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a manutenção do trecho da estrada qeu conduz à usina de reciclagem de lixo.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/859/oficio_37.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/859/oficio_37.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que informe a esta Casa de Leis quais providências eficazes estão sendo tomadas para canalização das águas pluviais das Ruas Tapajós.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/860/oficio_42.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/860/oficio_42.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a recondução a esta Casa Legislativa do Projeto de Lei Complementar nº 004/2022.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/861/oficio_43.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/861/oficio_43.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalemte a roçada nos trevos das Gerais e Quartel Geral.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/863/oficio_52.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/863/oficio_52.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteiração das indicações: _x000D_
 - 17.2021: Indicou estudo e elaboração para pavimentação asfáltica ou calçamento de pequena parte da Avenida Santa Cruz._x000D_
 - 20.2021: Indicou estudo e elaboração de projeto para canalização da rede de captação de água pluvial na Rua Marechal Deodoro/Pará_x000D_
 - 43.2021: Indicou estudo de possível licitação para contratação de empresa de locação de máquinas_x000D_
 - 77.2021: Indicou construção de canaleta para escoamento de águas pluviais na esquina das ruas Jair Barbosa Lopes e Geraldo Felipe de Sousa_x000D_
 - 10.2021: Indicou que a Secretaria de Educação ofereça transporte gratuito ou com tarifa reduzida aos estudantes do ensino superior e ainda que sejam utilizados veículos da prefeitura._x000D_
 - 105.2021: Indicou que forneça para os funcionários públicos que trabalham com sepultamento no Cemitério Municipal, equipamentos de proteção contra o sol e a chuva como capas de chuva e uma tenda retrátil de pequeno porte.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/864/oficio_53.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/864/oficio_53.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a cessão micro-ônibus lotado na secretaria de esportes para o transporte de alunos que cursam emfermagem em Abaeté/MG.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/865/oficio_54.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/865/oficio_54.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de lombofaixa próximo ao Ponto de táxi na Praça Prefeito Mário Carneiro.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/866/oficio_55.2022_0_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/866/oficio_55.2022_0_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado o recapeamento asfáltico nas ruas Luz e Quartel Geral do bairro Aeroporto.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/867/oficio_56.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/867/oficio_56.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a remoção dos troncos e raízes das árvores mortas na Praça Tenente Zacarias Zica.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/916/oficio_59.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/916/oficio_59.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicação Verbal reteirando indicação de limpeza da localidade qeu conduz ao Córrego Nossa Senhora, na saída do cemitério, tendo em vista que o referido local está com bastante lixo espalhado.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/917/oficio_60.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/917/oficio_60.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a melhoria e expansão da rede de iluminação pública municipal.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>Requerido verbalmente informações sobre a iluminação pública com a devida documentação.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/919/oficio_62.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/919/oficio_62.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerimento verbal reiterando os requerimentos 04.2022 no qual requereu que os Srs. Dominaldo Luiz Bernado - Secretárioo Municipal de Obras e Transportes  e Nélio Cristóvão Silva - Gestor do Departamento de Limpeza Urbana e Obras façam uso da Tribuna do Povo desta Casa de Leis.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/920/oficio_64.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/920/oficio_64.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerimento verbal reiterando o Requerimento encaminhado através do ofício 014/2022 no qual requereu o relatório circunstanciado sobre o estado das obras e dos serviços municipaia, bem como o Programa da Administração para o exercício de 2022.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/921/oficio_67.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/921/oficio_67.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a capina frente às residências no Bairro Aeroporto, na rua sentido Campo de Aviação.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/922/oficio_68.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/922/oficio_68.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a troca de lâmpadas nas seguintes localidades: Rua Rui Barbosa, nº 87 e Rua Dr. Zacarias,  nº 828,  abaixo da loja Elétrica.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/923/oficio_69.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/923/oficio_69.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que prestada a informação da data prevista para aquisição de massa asfáltica e demais para manutenção de vias públicas no Município, conforme licitação.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/924/oficio_70.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/924/oficio_70.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que sejam iniciadas as obras de canalização das águas pluviais da Rua Tapajós.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/925/oficio_71.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/925/oficio_71.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterando indicação na qual requereu a solução do problema dos bloquetes soltos na Avenida Minas Gerais e revitalização da Rua Paulino de Sousa no trecho de bloquetes.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/926/oficio_72.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/926/oficio_72.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que requereu a roçada no trevo do Quartel Geral.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/927/oficio_73.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/927/oficio_73.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a colocação de lombofaixa na Rua Padre Luís, frente ao churrasquinho da Lúcia, com a finalidade de garantir maior segurança áqueles  que frequentam o referido espaço goutmet e aos transeuntes.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/928/oficio_74.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/928/oficio_74.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o comparecimento do Prefeito para relatar reunião sobre assuntos municipais, em cumprimento do artigo 61, § 4º da Lei Orgânica.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/929/oficio_75.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/929/oficio_75.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a informação de qual é a secretaria responsável pelo veiculo que faz parte da frota municipal que esteve envolvido em acidente no dia 12 de março de 2022.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/930/oficio_80.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/930/oficio_80.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação 06/2022, na qual requereu a construção de sistema de drenagem supercial de escoamento de água na grota aos fundos das casas das rua Jaime de Paulo Aguiar, bairro Osvaldo Soares e na rua Mário de Oliveira, bairro das Indústrias.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/931/oficio_81.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/931/oficio_81.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a reestruturação do Conselho Municipal de Educação.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/932/oficio_83.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/932/oficio_83.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado requerimento no qual solicitou o envio a esta Casa de Leis a relação da solitações de cirurgias eletivas e não eletivas.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/933/oficio_85.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/933/oficio_85.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o estudo da viabilidade de aditamento do horário de funcionamento no decorrer da semana de recebimento no decorrer da semana de recebimento do pagamento dos funcionários públicos, mantendo pelo menos o caixa eletrônico acessível até às 19:00.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/935/oficio_86.2022_-_indicacao_verbal_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/935/oficio_86.2022_-_indicacao_verbal_compressed_1.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a viabilidade da desvinculação da parte que concerne à Secretaria de Educação do projeto de plano de cargos e salários das demais secretarias devido à urgência da contratação de novos professores.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/934/oficio_87.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/934/oficio_87.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a informação que se segue: _x000D_
 - Conforme credenciamento das associações sem fins lucrativos as quais se enquadram para recebimento de subvenções sociais, em qual etapa se encontra o referido credenciamento?_x000D_
 - As associações já apresentaram seus planos?</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/938/oficio_95.2022_-_indiacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/938/oficio_95.2022_-_indiacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado Verbalmente que seja efetuada a limpeza das seguintes localidades:_x000D_
 - Entorno do PSF do bairro São Sebastião;_x000D_
 - Rua Olavo Bilac, bairro São Sebastião;_x000D_
 - Rua Aimorés, bairro São José.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/939/oficio_96.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/939/oficio_96.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente convite ao Sr. Iago Antônio Sales para usar a Tribuna do Povo desta Casa Legislativa em data a ser agendada na Secretaria da Casa com a finalidade de explanar sobre o Atendimento  Educacional Especializado - AEE.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/940/oficio_97.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/940/oficio_97.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente cópia d oextrato bancário que se encontra depositado os valores dos repasses e conciliação da conta no sistema Sonner  no período de Agosto de 2021 até a presente data.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/941/oficio_102.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/941/oficio_102.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja colocado cascalho como medida paliativa até a efetivação da pavimentação asfáltica na rua que dá acesso ao Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>Requerido verbalmente a prestação de contas, bem como balanço do exercício findo, aconpanhadoss de cópias de todos comprovantes  de receita e despesas  e demais documentos que serviram de base para elaboração dos mesmos.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/943/oficio_105.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/943/oficio_105.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja elaborado novo decreto acompanhando os protocolos da situação atual da pandemia e/ou cancelamento do decreto em vigor.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/944/oficio_106.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/944/oficio_106.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja designado ao setor competente a recuperação dos briquedos os quais foram danificados devido á queda de uma árvore na Escola Municipal Irmã Luiza de  Marilac.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/945/oficio_107.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/945/oficio_107.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a colocação de mata-burro na estrada próximo à baixada da fazenda do "Pimenta Mecânico" na Comunidade Clodomiro.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/946/oficio_108.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/946/oficio_108.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que  seja designado a instalação do ar condicionado no laboratório municipal.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/947/oficio_110.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/947/oficio_110.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que seja encaminhado a essa Casa Legislativa os relatórios utilizados durante explanação do Ilmo. Sr. Prefeito Municipal em reunião ordinária no dia 26 de abril de 2022.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/952/oficio_113.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/952/oficio_113.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a manutenção das pontes das seguintes municipalidades:_x000D_
 - Estrada do Campo Alegre_x000D_
 - Veados_x000D_
 - Tapuia_x000D_
 - Córrego Nossa Senhora_x000D_
 - Segredo.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/953/oficio_114.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/953/oficio_114.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a limpeza do bairro São José.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/954/oficio_115.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/954/oficio_115.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente melhorias na Rua Geraldo Felipe de Sousa, a qual dá acesso ao Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/955/oficio119.2022_-_requerimento_verbal_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/955/oficio119.2022_-_requerimento_verbal_.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente informação sobre os lotes da localidade denominada "Loteamento Hélio Carneiro", inclusive sobre os lotes dados em caução.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/961/oficio_124.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/961/oficio_124.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado indicação na qual requereu a manutenção da estrada Stoque Ribeiro, na localidade Gerais.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/956/oficio_125.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/956/oficio_125.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera indicação na qual requereu que seja procedida a conclusão da ponte do Baracuí na região das Gerais.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/957/oficio_126.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/957/oficio_126.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação que requereu a limpeza da localidade que conduz ao Córrego Nossa Senhora, na saída do cemitério, tendo em vista que o referido local etá com bastante lixo espalhado.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/958/oficio_127.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/958/oficio_127.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja verificada a possibilidade de reposição das placas nas vias da cidade.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/959/oficio_128.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/959/oficio_128.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja fornecido curso para motoristas de transporte coletivo de passeiros.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/960/oficio_136.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/960/oficio_136.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a manutenção do trecho da estrada que liga Dores do Indaiá/ Bom Despacho na localidade denominada "Altos das Condutas".</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/985/requerimento_verbal_-_oficio_139.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/985/requerimento_verbal_-_oficio_139.2022.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o envio de MOÇÃO DE PESAR à família do Sr. OVÍDIO HAMILTON RIBEIRO por ocasião de seu falecimento.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_-_oficio_140.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_-_oficio_140.2022.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a recuperação do calçamento poliédrico da Avenida  Magalhães Pinto, destino à localidade "Córrego da Máquina".</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_-_oficio_141.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_-_oficio_141.2022.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja procedida a manutenção da estrada do Campo Alegre, na altura da fazenda "Estoque Ribeiro".</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_-_oficio_142.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_-_oficio_142.2022.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja procedida a colocação de cerca concertina, sistema de segurança ou a contratação de vigia noturno para o abrigo "Lar de Paz Luciene de Oliveira" com a finalidade de garantir maior segurança pra os funcionários que laboram naquela instituição e aos internos do abrigo.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_-_oficio_153.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_-_oficio_153.2022.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que determine ao departamento competente a revitalização da Rua Paulino de Sousa no trecho de bloquetes, tendo em vista a ocorrência de acidentes devido àqueles bloquetes que se encontram soltos.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1010/oficio_155.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1010/oficio_155.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja jogado água nas entradas da cidade com a finalidade de amenizar a poeira.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1011/oficio_156.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1011/oficio_156.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a manutenção da Ponte do Caxambu, na região do Campo Alegre.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Indicado Verbalmente operação tapa-buracos na Avenida Francisco Campos.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1012/oficio_158.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1012/oficio_158.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a troca de lâmpadas nas seguintes localidades:_x000D_
 Rua  Geraldo Gomes,  nº 127, bairro Residencial Santa Cruz_x000D_
 Rua Belmiro Teilles de Carvalho, nº 226, bairro Osvaldo De Araújo_x000D_
 Avenida Magalhães Pinto, em frenre ao nº 1.031_x000D_
 e Rua Osória Augusta Soares próximo  nº 75 em dois postes, sendo esta de minha autoria.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1013/oficio_159.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1013/oficio_159.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente o calçamento poliédrico da Rua Tenetente Coronel Edson Araújo Carneiro no bairro  São Sebastião.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1014/oficio_160.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1014/oficio_160.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a repintura dos quebra-molas da cidade.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1015/oficio_167.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1015/oficio_167.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente informações sobre como se encontra o andamento do processo de estudo de canalização da grota da parque de exposições Sigefredo Costa e prolongamento da empresa Latifúndio Jeans.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1016/oficio_168.2022_-__indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1016/oficio_168.2022_-__indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a limpeza da grota do Parque de Exposições Sigefredo Costa e prolongamento da empresa Latifúndio Jeans, devido ao mato, entulhos e lixo que são depositados naquela localidade.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1017/oficio_169.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1017/oficio_169.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a colocação de redutores de velocidade nas seguintes localizações: _x000D_
 Rua Benevenuto da Costa Alvarenga, na altura da oficina TRAMAQ DIESEL, bairro Osvaldo Soares Costa e em frente ao lote de propriedade do município antes do cruzamento da Rua Dr. Paulo Pinto Gontijo, bairro Soares Costa.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1018/oficio_170.20222_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1018/oficio_170.20222_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente o cercamento de calçada da áres de proteção ambiental da Rua José Lopes Cançado no bairro Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1019/oficio_171.2022__indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1019/oficio_171.2022__indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmentee o cercamento e a sinalização da cratera da área de proteção ambiental na Av.  Irmã Inês, bairro São Sebastião.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1020/oficio_184.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1020/oficio_184.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a manutenção de todas as estradas rurais do município.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1021/oficio_185.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1021/oficio_185.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado verbalmente a indicação do Vereador Gustavo Henrique Feliciano na qual requereu a limpeza da grota do Parque de Exposições Sigefredo Costa e prolongamento  da empresa Latifúndio Jeans.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1022/oficio_186.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1022/oficio_186.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a limpeza ou que seja notificado o proprietário do lote onde encontra-se a antiga cerâmica do Zé Ricardo perto do Parque de Exposições.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1023/oficio_187.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1023/oficio_187.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja buscado junto do imóvel da Rua Dr. Zacarias, conhecido por "fonte do povo", um acordo ou a realização de permuta do referido imóvel, visto se uma área que precisa ser revitalizada e o proprietário não tem condições de proceder.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1024/oficio_197.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1024/oficio_197.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1025/oficio_198.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1025/oficio_198.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado à secretaria competente da municipalidade que seja jogado água na Rua TIburtino José da Silva, bairro  São Sebastião com a finalidade de amenizar a vasta poeira que tem causado diversos inconvenientes para moradores da localidade.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1026/oficio_199.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1026/oficio_199.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a conclusão da ponte do Baracuí na região das Gerais.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1027/oficio_200.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1027/oficio_200.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que designe à secretaria competente da municipalidade a solução do problema de uma água parada, a qual exala cheiro fétido na Rua João Martins da Costa, nº 88 ( frente à Igreja Congregação Cristã), no bairro Osvaldo Soares Costa e que tem causado diversos inconvenientes para os moradores da localidade.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1028/oficio_201.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1028/oficio_201.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja jogado água ao menos duas vezes por dia na saída do Campo Alegre, nas imediações da Capela Santa Efigênia.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1029/oficio_202.2022_-_indicacao_verbal_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1029/oficio_202.2022_-_indicacao_verbal_.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente da municipalidade a reforma do mata-burro na estrada do Campo Alegre, próximo a fazenda do "Peteco".</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1030/oficio_207.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1030/oficio_207.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que designe à secretaria competente da municipalidade que ofereça  condições e oportunidades mais acessíveis para pagamento do IPTU às pessoas de baixa renda.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1040/oficio_208.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1040/oficio_208.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja concluída a manutenção da estrada Campo Alegre.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1031/oficio_209.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1031/oficio_209.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja solucionado o problema com os cachorros abandonados nas ruas, seja com a construção de uma canil ou com subsídio suficiente  à ONG para que tenham condições de cuidar dos cachorros.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1032/oficio_210.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1032/oficio_210.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja dado prosseguimento às obras na Rua Tapajós antes do período de chuvas.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1033/oficio_211.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1033/oficio_211.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que faça um estudo sobre o Itinerário do Transporte Público, ampliando as rotas para que possa atender toda a população, em especial, os moradores do "Campinho".</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1034/oficio_212.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1034/oficio_212.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado elaboração de Projeto de Lei com a finalidade de apoiar inclusive financeiramente os profissionais da cidade que precisem obter mais conhecimentos em congressos e afins ou demonstrar pesquisa de sua autoria me eventos, dentro e fora do estado.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1035/oficio_213.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1035/oficio_213.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a recuperação do trecho da estrada "Fundão" na Comunidade Clodomiro, sentido "Morro Grande".</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1036/oficio_214.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1036/oficio_214.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de postes de iluminação pública na Travessa JK no bairro Aeroporto, entre as Ruas Abaeté e Quartel Geral.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1037/oficio_215.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1037/oficio_215.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente na distribuição de cestas básicas nas famílias de baixa renda e onde residem mulheres, seja colocado um pacote de absorvente higiênicos.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1038/oficio_216.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1038/oficio_216.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido seja informado se o município recebeu algum recurso através de indicação do Deputado Estadual Arnaldo Silva Junior, no exercício de 2021 até a presente data.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1039/oficio_217.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1039/oficio_217.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado estudo sobre o itinerárioa do Transporte Público Municipal de Passageiros, com o intuito atender toda a população e que sejam ampliados os horários.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/oficio_219.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/oficio_219.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado estudo e análise sobre distribuição de cestas básicas, e se possível, as cestas sejam distribuídas levando em consideração a quantidade de pessoas que compõe a família.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1078/oficio_220.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1078/oficio_220.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado nota de elogio aos profissionais Dr. Vitor Bernades de Castro Rocha - delegado do município de Abaeté/MG, policiais civid Geovane Luis Araújo Pinto de Bom Desapacho e Valter Lopes Dias do Muincípio de Luz que auxiliaram o andamento dos trabalhos no Setor de Trânsito de Dores do Indaiá/MG.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1080/oficio_221.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1080/oficio_221.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado nota de elogio à Servidora Pública da Prefeitura Municipal de Dores do Indaiá - cedida à Delegacia de Policía - Sra. Ione Alves de Araújo, que auxiliou, de forma primorosa, o andamento dos trabalhos no Setor de Trânsito de Dores do Indaiá/MG.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/oficio_222.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/oficio_222.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a implantação de lixeiras nas ruas da cidade.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/oficio_225.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/oficio_225.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado se a Rua Padre Antenor Nunes Pimentel, bairro Triângulo está lançada no sitesma da Prefeitura.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/oficio_226.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/oficio_226.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção das seguintes pontes: _x000D_
 - "Ponte Seca" depois da fazenda do Senhor Polidoro na localidade "Veados ";_x000D_
 - "Ponte Seca" localizada na estrada do Campo Alegre.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1084/oficio_227.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1084/oficio_227.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção na "Estrada das Gerais" em toda a sua extensão.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1085/oficio_228.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1085/oficio_228.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido informação sobre qual a data prevista para início das obras de extensão do Cemitério Parquer Cristo Rei.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1087/oficio_229.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1087/oficio_229.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que os aluguéis sociais continuem sendo pagos para os cidadãos cadastrados, até a conclusão das obras da Rua Tapajós e Sion.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1088/oficio_230.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1088/oficio_230.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido a reiteração do requerimento 19/2022, pois os quesitos de aplicação de penalidades e demais atos individuais de efeitos internos não foram informados por este Poder na resposta do mencionado requerimento.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1089/oficio_231.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1089/oficio_231.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que designe a Secretaria Municipal de Obras que, com urgência, tome providências necessárias para solucionar o problema do desnível no asfalto da Rua Carijós, esquina com Rua Tamoios, no bairro São José.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1090/oficio_232.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1090/oficio_232.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido a reiteração da Indicação que solicitou que o departamento competente da municipalidade ofereça condições e oportunidades mais acessíveis para pagamento do IPTU às pessoas de baixa renda, com a finalidade de evitar o protesto do títulos e ainda garantir a permanente arrecadação e faciliar a quitação de débitos por parte dos contribuintes.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1091/oficio_233.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1091/oficio_233.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado providências com relação ao buraco frente a Latifúndio nos Bairros das Indústrias e Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1092/oficio_235.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1092/oficio_235.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a implementação de projeto entre Município e Copasa com a finalidade de recuperação das nascentes no Município.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1093/oficio_239.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1093/oficio_239.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja disponibilizado um segurança para cada poste de saúde do Município tendo em vista o horário especial do trabalhador que será implementado em todas as Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/oficio_240.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/oficio_240.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja notificado o proprietário do lote "antiga cerâmica " perto do Parque de Exposições, entre os bairros Juiz de Fora e Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1095/oficio_241.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1095/oficio_241.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a verificação dos valores das taxas de aração, gradiamento e planta, se estes estão compatíveis com os valores para atendimento aos pequenos pordutores e agricultura familiar.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/oficio_242.2022_-_requerimento.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/oficio_242.2022_-_requerimento.pdf</t>
   </si>
   <si>
     <t>Reiterado convocação procedida através do ofício nº 172/2022.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1097/oficio_245.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1097/oficio_245.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido o convite à um representante para usar a Tribuna do Povo desta Casa Legislativa na reunião ordinária do dia 20 de setembro de 2022 com a finalidade de explanar sobre os serviços prestados pelo conselho no Municipio e o motivo de ultimamente terem procedidas várias eleiçoes para composição do mesmo.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1098/requerimento_verbal_-_oficio_250.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1098/requerimento_verbal_-_oficio_250.2022.pdf</t>
   </si>
   <si>
     <t>Requerido o envio a esta Casa de Leis da documentação a qual o Ministérios de Saúde interditou o PSF do Bairro Triâgulo e a policlínica.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_verbal_-_oficio_253.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_verbal_-_oficio_253.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a recuperação do meio-fio do canteiro central no final da Avenida Magalhães Pinto (próximo ao estabalecimento comercial do Senhor  "Zé do Oscar).</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_verbal_-_oficio_254.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_verbal_-_oficio_254.2022.pdf</t>
   </si>
   <si>
     <t>Indicado estudo para sanar o problema das águas pluviais que invadem o Dispensário dos Pobres Godofredo de Araújo - Pavilhão.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_verbal_-_oficio_255.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_verbal_-_oficio_255.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de bebedouro elétrico na Biblioteca Municipal para atender aos funcionários e usuários daquela localidade.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_verbal_-_oficio_256.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_verbal_-_oficio_256.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a reposição das placas de sinalização nas vias da cidade.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_verbal_-_oficio_257.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_verbal_-_oficio_257.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a construção de meio-fio na Praça localizada entre as Ruas Marajós e Goitacazes (beco Guimarães) frente ao Bar do Graxa.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1104/indicacao_verbal_-_oficio_258.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1104/indicacao_verbal_-_oficio_258.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de 02 (dois) postes de iluminação na saída para Quartel Geral/MG antes da rotatória.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_verbal_-_oficio_258.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_verbal_-_oficio_258.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de barras de ferro na Rua Xavantes , freten ao número 554 com a finalidade de oferecer maior segurança aos condutores de veículos.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1106/requerimento_verbal_-_oficio_261.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1106/requerimento_verbal_-_oficio_261.2022.pdf</t>
   </si>
   <si>
     <t>Requerido informações sobre a criação dos poços artesianos, se está sendo verificado a vazão dos poços e se a Copasa vem a investido para que a população não fique sem água.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_verbal_-_oficio_265.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_verbal_-_oficio_265.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção/restauração das grades do bueiro frente ao "ferro velho do Grilo", no Bairro São Geraldo.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1108/requerimento_verbal_-_oficio_267.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1108/requerimento_verbal_-_oficio_267.2022.pdf</t>
   </si>
   <si>
     <t>Requerido: _x000D_
 - cópias das portarias/decreto das exonerações e nomeações de cargos em comissão, ocorridas no período de 09 de junho de 2022 até a presente data;_x000D_
 - cópias dos requerimentos administrativos endereçados ao Secretário Municipal de Obras e Transportes, os quais contenham solicitação de caminhão de terra/ locação e locação de máquinário público, bem como as respectivas guias de recolhimento de preço público, expedidas no período de 1º de maio de 2022 a 22 de agosto de 2022;_x000D_
 - cópias das lincenças ambientais  das áreas do Município de Dores do Indaiá onde se encontram as jazidas de terra/ saíbros utilizados  para comercialização do município aos munícipes e que caso não licença ambiental, expedir certidão declarando sua inexistência.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_verbal_-_oficio_268.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_verbal_-_oficio_268.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a solução imediata da ponte quebrada e manutenção do mata-burro da localidade no Campo Alegre, divisa dos Municípios Dores/Quartel Geral  (próximo à fazenda do Senhor Rivalton Cruz de Matos)</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1110/indicacao_verbal_-_oficio_269.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1110/indicacao_verbal_-_oficio_269.2022.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção da ponte da localidade "Morro da Vaca" na comunidade Quartel  São João.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1111/indicacao_verbal_-_oficio_270.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1111/indicacao_verbal_-_oficio_270.2022.pdf</t>
   </si>
   <si>
     <t>indicado que seja designado à Secretaria Municipal capacitação continuada dos agentes comunitários de saúde, no sentido de fazerem parte de grupos de controle de doenças crônicas, com, hipertensão, diabetes, entre outras doenças.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1112/requerimento_verval_-_oficio_272.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1112/requerimento_verval_-_oficio_272.2022.pdf</t>
   </si>
   <si>
     <t>Indicado convite ao Sr. Marcos Aurélio Antunes de Queiroz para usar a Tribuna do Povo desta Casa Legislativa na reunião ordinária do dia 18/10/2022 com a finalidade de prestar esclarecimentos sobre o PSF do Bairro Triângulo.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1113/requerimento_verbal__-_oficio_273.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1113/requerimento_verbal__-_oficio_273.2022.pdf</t>
   </si>
   <si>
     <t>Indicado convite ao Sr. Ronaldo Antônio Zica da Costa para usar a Tribuna do Povo desta Casa Legislativa na reunião ordinária do 18 de outubro de 2022 com a finalidade de prestar esclarecimentos sobre o PSF do bairro Triângulo.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1114/requerimento_verbal_-_oficio_274.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1114/requerimento_verbal_-_oficio_274.2022.pdf</t>
   </si>
   <si>
     <t>Indicado convite ao Sr. Cleber Tonaco de Sousa para usar a Tribuna do Povo desta Casa Legislativa na reunião do dia 18/10/2022 com a finalidade de prestar esclarecimentos sobre o PSF do Bairro Triângulo.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>Indicado convite à Sra. Fabiany Faria Soares para usar a Tribuna do Povo desta Casa Legislativa na reunião ordinária do dia 18/10/2022 com a finalidade de prestar esclarecimentos sobre o PSF do bairro Triângulo.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1116/indicacao_verbal_-_oficio_276.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1116/indicacao_verbal_-_oficio_276.2022.pdf</t>
   </si>
   <si>
     <t>Indicado convite ao Dr. Emerson Ferreira Corrêa de Lacerda para usar a Tribuna do Povo desta Casa Legislativa na reunião ordinária do dia 18/10/2022 com a finalidade de prestar esclarecimentos sobre o PSF do bairro Triângulo.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1131/oficio_279.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1131/oficio_279.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido ajuda financeira para o transporte dos universitários que estudam na cidade de Bom Despacho/MG.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1139/oficio_280.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1139/oficio_280.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicação que designe a secretaria competente as providências com relação ao extenso buraco da Rua Sion no Bairro Juiz de Fora.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1132/oficio_283.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1132/oficio_283.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que informe se existe planejamento para reforma da Casa de Cultura (antiga prefeitura); caso afirmativo que seja informado/demonstrado o projeto de restauração da obra.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1133/oficio_285.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1133/oficio_285.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja designado órgão competente da municipalidade a melhoria na iluminação do Cemitério Municipal.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1134/oficio_286.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1134/oficio_286.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja designado à Secretaria de planejamento e obras a proceder estudo para a efetivação de uma obra que poderá ser iniciada no início da Rua Guarani conduzindo pela pista de skate e seguindo até o trevo que vai para o Quartel Geral.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1135/oficio_287.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1135/oficio_287.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja designado à órgão competente a implantação de lixeiras nas saídas para as áreas rurais.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1136/oficio_288.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1136/oficio_288.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja procedida a manutenção da estrada do Campo  Alegre, na altura da fazenda "Estoque Ribeiro ".</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1137/oficio_289.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1137/oficio_289.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja procedida limpeza dos trevos do município.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1144/oficio_290.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1144/oficio_290.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido convite ao Ilmo. Sr. Cláudio Morais da Silva,  contador municipal para usar a Tribuna do Povo na reunião ordinária do dia 11 de outubro.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1138/oficio_291.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1138/oficio_291.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que fundamentando-se no ofício nº 417/2022/GP/PMDI de 08/09/2022 encaminhando a esta Casa de Leis que sejam discriminados onde serão gastos os recursos recebidos de cada deputado.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1143/oficio_293.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1143/oficio_293.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerimento convidando a Ilma. Sra. Karen Caetano Cesário, presidente do Conselho do FUNDEB para usar a Tribuna do Pova na reunião ordinária do dia 11 de outubro.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1140/oficio_296.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1140/oficio_296.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido informações sobre os assuntos concernentes ao antigo "Campo de Aviação".</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1141/oficio_297.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1141/oficio_297.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido o envio a esta Casa de Leis da documentação concernentes às obras do PSF do bairro Triângulo, policlínica e proinfância.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1142/oficio_298.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1142/oficio_298.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que se designe à secretaria competente da municipalidade que seja procedida a repintura do PSF Central tendo em vista que as paredes encontram-se mofadas.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1147/oficio_299.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1147/oficio_299.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que seja seja informado quais projetos existem hoje no Município que cumprem o objetivo de trabalhar a capacitação de todos os profissionais da área da educação em atendimento de primeiros socorros às crianças no Município.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1148/oficio_300.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1148/oficio_300.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja colocado redutor de velocidade na Rua Paraíba.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1149/oficio_301.2022_-_indicacao_verbal_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1149/oficio_301.2022_-_indicacao_verbal_.pdf</t>
   </si>
   <si>
     <t>Indicado a contrusção de guarita no ponto de ônibus público da Rua Geraldo Felipe de Sousa na entrada do Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1150/oficio_302.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1150/oficio_302.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido convite ao Sr. Sebastião Vargas Silva para usar a Tribuna do Povo desta Casa Legislativa em reunião ordinária em data agendada.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1151/oficio_303.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1151/oficio_303.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido convite ao Sr. Thiago Lauriano da Silva para usar a tribuna do povo desta Casa Legislativa em data a ser agendada.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1152/oficio_307.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1152/oficio_307.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a recuperação das estradas rurais da malha viária municipal antes do período das chuvas.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1153/oficio_308.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1153/oficio_308.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção das entradas da cidade.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1154/oficio_309.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1154/oficio_309.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado providências cabíveis urgentes acerca da patrol que se encontro com o pneu furado há duas (02) semanas na localidade do Campo Alegre, fazenda "Estoque Ribeiro".</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1155/oficio_310.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1155/oficio_310.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado qual o valor cobrado por hora na execução dos trabalhos dos tratores para os produtores rurais?</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1156/oficio_311.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1156/oficio_311.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado o recapeamento asfáltico do trecho do Presídio estendendo até a saída para Abaeté.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1157/oficio_312.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1157/oficio_312.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado fiscalização nos locais os quais foram procedidos recentenente asfaltamento tendo em vista que em alguns locais está nascendo e tem danificado o asfalto.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1158/oficio_313.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1158/oficio_313.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a contratação de mais um médico urologista para atender a demanda represada de consultas.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1159/oficio_314.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1159/oficio_314.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado o estudo da viabilidade de asfaltamento na Rua Tiradentes próximo à residência número 633, no centro.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1160/oficio_315.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1160/oficio_315.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a capina e limpeza em geral de ambos os lados da Avenida da Saudade até a saída para o Córrego Nossa Senhora.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1161/oficio_316.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1161/oficio_316.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado estudo da viabilidade de asfaltamento das seguintes ruas:_x000D_
 - Rua Marechal Deodoro confluência com a Rua Piauí prolongado até a Magalhães Pinto, bairro São Sebastião._x000D_
 - Travessa Amapá, no bairro São Geraldo.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1162/oficio_317.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1162/oficio_317.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indica estudo para efetivação de uma obra que poderá ser iniciada no início da Rua Guarani conduzindo pela pista de skate e seguindo até o trevo que vai para o Quartel Geral.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1163/oficio_318.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1163/oficio_318.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a implantação de lixeiras nas saídas para as áreas rurais: Clodomiro, Gerais, Tapuia, Campo Alegre e Jabuticabas.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1164/oficio_319.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1164/oficio_319.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado à Secretaria de Esporte, Cultura e Lazer, Eventos e Turismo o estudo de viabilidade de parceria junto à COPASA  para a colocação de 01(um) bebedouro na Praça 100.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1165/oficio_320.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1165/oficio_320.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado se está interditado o campo de aviação de onde se retirava o cascalho? Em caso afirmativo por quem está interditado? E em qual situação se encontra o referido inquérito?</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1166/oficio_321.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1166/oficio_321.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento 29/2022 pois a documentação/resposta encaminhada a esta Casa de Leis não refere à área citada no requerimento.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1171/oficio_331.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1171/oficio_331.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a secretaria competente a pode das árvores existentes em frente à residência do nº 426, na confluência da Rua São Paulo e Avenida Dr. Di.(próximo à APAE).</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1174/oficio_339.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1174/oficio_339.2022.pdf</t>
   </si>
   <si>
     <t>Indicado o recapeamento asfáltico na Av. Magalhães Pinto, no trecho compreendido entre os cruzamentos da Av. Dr. Di e Rua Eurides Medeiros.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1175/oficio_343.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1175/oficio_343.2022.pdf</t>
   </si>
   <si>
     <t>Indicado providência lâmpadas de um poste localizado na Rua Geraldo Batista Fonseca Carvalho, no Residencial Santa Cruz, próximo ao nº 81, que fica acesa durante o dia inteiro gerando desperdício de energia e dinheiro.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1176/oficio_344.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1176/oficio_344.2022.pdf</t>
   </si>
   <si>
     <t>Indicado que seja solucionado o problema dos cachorros abandonados nas ruas, provocando desagradáveis transtornos, inclusive levando à ocorrência de acidentes e ataques colocando em risco a vida dos cidadãos.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/oficio_345.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/oficio_345.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a manutenção das seguintes estradas rurais do município:_x000D_
 - Estrada Morro Grande;_x000D_
 - Estada Campo Alegre;_x000D_
 - Estrada Polidoro;_x000D_
 - Estrada das Gerais.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1198/oficio_346.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1198/oficio_346.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a capina limpeza geral no final a Rua Paraíba - Bairro Vale do Sol.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1199/oficio_351.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1199/oficio_351.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a poda das árvores da Rua Marechal Deodoro próximo ao PSF.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1200/oficio_351.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1200/oficio_351.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado ofício para a Central dos Correios em Divinópolis informado sobre a existência da Rua Jorge Cordeiro de Sousa no Residencial Santa Cruz, suas residências com seus respectivos números.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1201/oficio_352.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1201/oficio_352.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a revitalização da localidade ao lado da Praça dos Coqueiros, especificamente no trecho de bloquetes os quais encontram-se soltos.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1208/oficio_353.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1208/oficio_353.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado o recapeamento asfáltico nas ruas Quartel Geral e Luz no Bairro Aeroporto.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1209/oficio_354.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1209/oficio_354.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a pavimentação asfáltica, ou outra medida eficaz para a solução do problema da Rua Darci Moura no "Campinho".</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Adilson Mário Alves, Adilson Pereira Lino, Adão Amaral da Silva, Gustavo Henrique de Oliveira, José Ailton de Sousa, Karla Francisca Vieira Araújo, Leonardo Diógenes Coelho, Silvio Silva, Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1210/oficio_355.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1210/oficio_355.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a melhoria na iluminação da Rua José Barbosa Ferlla no Bairro Osvaldo Soares  Costa esquina da "Mercearia do Senhor Valmir" até o quarteirão.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1211/oficio_361.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1211/oficio_361.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a elaboração do projeto para indenizar os dois moradores e todas as informações com relações aso laudos.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1212/oficio_362.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1212/oficio_362.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção das estradas rurais, devido ao inúmeros pontos de atoleiros.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1213/oficio_363.2022_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1213/oficio_363.2022_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado o asfaltamento da Travessa João Batista Alvarenga, bairro São Sebastião.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1214/oficio_364.2022_-_indiciacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1214/oficio_364.2022_-_indiciacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a limpeza na saída para o Quartel Geral, visto que a localidade está tomada por lixo de toda espécie, inclusive por animais mortos , tornando-se alvo de proliferação  de pragas, animais peçonhentos e vetores de endemias colocando em risco a saúde pública.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1215/oficio_365.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1215/oficio_365.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado a data prevista para inauguração da UBS do bairro Triângulo.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1216/oficio_366.2022_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1216/oficio_366.2022_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam realizadas nas redes sociais inerentes ao Município, publicações semanais do Comitê da Covid.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/mocao_de_congratulacao_01.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/mocao_de_congratulacao_01.2022.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar em honra ao falecimento do Sr. João Batista Vieira.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/mocao_de_pesar_05.04.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/mocao_de_pesar_05.04.2022.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar em honra ao falecimento do ex-vereador desta Casa de Leis Senhor Evandro Ferreira Coelho.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/mocao_de_repudio.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/mocao_de_repudio.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio em desfavor do servidor público da Prefeitura Municipal de Dores do Indaiá, Nélio Cristóvão Silva.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/mocao_de_pesar_02.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/mocao_de_pesar_02.2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar 02/2022 - Moção de Profundo Pesar em honra ao falecimento do Sr. Ovídio Hamilton Ribeiro Sousa - Ouvídio do Cartório.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/mocao_de_congratulacao_01.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/mocao_de_congratulacao_01.2022.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação nº 01/2022: Moção de Congratulação à Médica Dra. Raquel Gomes de Carbalho Pinto.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/mocao_de_congratulacao_02.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/mocao_de_congratulacao_02.2022.pdf</t>
   </si>
   <si>
     <t>Moção 02/2022: Moção de Congratulação à todos os profissionais da Saúde do Município e da Santa Casa de Misericordia Dr. Zacarias.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/mocao_de_pesar_03.2022_.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/mocao_de_pesar_03.2022_.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar nº 03/2022: Moção de Profundo Pesar em honra ao falecimento do Sr. Jovelino Bernardo Xavier.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mocao_de_congratulacao_03.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mocao_de_congratulacao_03.2022.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação nº 003/2022: Moção de Congratulação ao Professor Fernandel da Silva.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/mocao_de_congratulacao_04.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/mocao_de_congratulacao_04.2022.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações nº 04/2022: Moção de Congratulação à todos os profissionais da educação do município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/mocao_honrosa_05.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/mocao_honrosa_05.2022.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa de Congratulação nº 05/2024: Moção Honrosa de Congratulação ao Ilmo. Sr. Alexandre de Oliveira Lopes, diretor da Escola Estadual Francisco Campos.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/mocao_honrosa_06.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/mocao_honrosa_06.2022.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa de Congratulação nº 06/2022: Moção Honrosa de Congratulação à Ilma. Sra. Carla Aparecida de Araújo Alves pelos relevantes prestado em defesa dos animais de rua na ONG Orcina Guimarães.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/mocao_honrosa_07.2022.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/mocao_honrosa_07.2022.pdf</t>
   </si>
   <si>
     <t>Moção Honrosa de Congratulação nº 07/2022: Moção honrosa a Ilma. Sra. Viviane da Costa, conhecida como Viviane do Lucca Fotos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4810,67 +4810,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_001.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_002.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_003.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/839/indicacao_004.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_05.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_06.2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/868/indicacao_007.2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_008.2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/870/indicacao_009.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_010.2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_11.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_12.2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_13.2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_14.2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/936/indicacao_17.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_18.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_19.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/951/indicacao_20.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_22.2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_23.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_24.2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_26.2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_27.2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_28.2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_29.2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_30.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_31.2022_2.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_33.2022_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1146/indicacao_34.2022_2.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_35.2022_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_36.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_37.2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_38.2022_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_39.2022_2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1145/indicacao_40.2022_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1168/ata_da_37a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1173/indicacao_42.2022_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1193/indicacao_43.2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_44.2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1195/indicacao_45.2022_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_46.2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1202/indicacao_47.2022_2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1203/indicacao_48.2022_2.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1204/indicacao_49.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1205/indicacao_50.2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1206/indicacao_51.202.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1207/indicacao_52.2022_2.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/840/requerimento_01.2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/841/requerimento_02.2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/842/requerimento_03.2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/848/requerimento_04.2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/911/requerimento_05.2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/912/requerimento_06.2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/913/requerimento_08.20222.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/914/requerimento_09.2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/937/requerimento_11.2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/948/requerimento_12.2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1000/requerimento_13.2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1001/requerimento_14.2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1002/requerimento_15.2022_2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1003/requerimento_16.2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1004/requerimento_17.2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1005/requerimento_18.2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1006/requerimento_19.2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1007/requerimento_20.2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1008/requerimento_21.2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1065/requerimento_22.2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1066/requerimento_23.2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/requerimento_24.2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1068/requerimento_25.2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/requerimento_26.2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/requerimento_27.2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/requerimento_28.2022_2.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/requerimento_29.2022_2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/requerimento_30.2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1117/requerimento_31.2022_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1167/requerimento_32.2022_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/requerimento_33.2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1189/requerimento_35.2022_4.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1190/requerimento_36.2022_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1191/requerimento_37.2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1192/requerimento_38.2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/875/projeto_de_lei_01.2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/876/projeto_de_lei_02.2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/877/projeto_de_lei_03.2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/878/projeto_de_lei_04.2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/879/projeto_de_lei_05.2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/880/projeto_de_lei_06.2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/881/projeto_de_lei_07.2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/882/projeto_de_lei_08.2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/883/projeto_de_lei_09.2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/884/projeto_de_lei_10.2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/885/projeto_de_lei_12.2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/886/projeto_de_lei_13.2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/887/projeto_de_lei_14.2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/888/projeto_de_lei_15.2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/889/projeto_de_lei_16.2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/890/projeto_de_lei_17.2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/891/projeto_de_lei_18.2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/892/projeto_de_lei_19.2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/894/projeto_de_lei_21.2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/896/projeto_de_lei_23.2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/897/projeto_de_lei_24.2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/898/projeto_de_lei_25.2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/900/projeto_de_lei_27.2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/901/projeto_de_lei_30.2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/902/projeto_de_lei_31.2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/903/projeto_de_lei_32.2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/904/projeto_de_lei_33.2022_.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/963/projeto_de_lei_35.2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei36.2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_lei_no_37.2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1290/projeto_de_lei_no_038.2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/966/projeto_de_lei_40.2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/967/projeto_de_lei_41.2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/968/projeto_de_lei_42.2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/969/projeto_de_lei_43.2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/970/projeto_de_lei_45.2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/971/projtoe_de_lei_46.2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/972/projeto_de_lei_47.2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/973/projeto_de_lei_48.2022_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_lei_no_051.2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/977/projeto_de_lei_no_52.2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/978/projeto_de_lei_no_53.2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/979/projeto_de_lei_no_55.2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/981/projeto_de_lei_056.2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/982/projeto_de_lei_058.2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/983/projeto_de_lei_059.2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/984/projeto_de_lei_060.2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1054/projeto_de_lei_61.2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1057/projeto_de_lei_64.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1058/projeto_de_lei_67.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/projeto_de_lei_68.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/projeto_de_lei_69.2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1064/projeto_de_lei_70.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/projeto_de_lei_71.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1063/projeto_de_lei_72.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1062/projeto_de_lei_73.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1044/projeto_de_lei_74.2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1045/projeto_de_lei_076.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1046/projeto_de_lei_077.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1047/projeto_de_lei_078.2022_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1049/projeto_de_lei_080.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1050/projeto_de_lei_081.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1051/projeto_de_lei_082.2022_2_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1052/projeto_de_lei_083.2022_2_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1121/projeto_de_lei_085.2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1123/projeto_de_lei__086.2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1124/projeto_de_lei_087.2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1125/projeto_de_lei_088.2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1126/projeto_de_lei_089.2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1127/projeto_de_lei_090.2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1128/proejto_de_lei_091.2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1129/projeto_de_lei_092.2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1130/projeto_de_lei_093.2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1188/projeto_de_lei_094.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/proejto_de_lei_96.2022_2.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1177/projeto_de_lei_097.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1178/proejto_de_lei_098.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1179/projeto_de_lei_099.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1180/proejto_de_lei_100.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1181/projeto_de_lei_101.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1182/proejto_de_lei_102.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1183/projeto_de_lei_103.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1184/projeto_de_lei_104.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1185/projeto_de_lei_105.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1186/projeto_de_lei_106.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1187/projeto_de_lei_107.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1217/projeto_de_lei_no_108.2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1218/projeto_de_lei_no_109.2022_2.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1219/projeto_de_lei_no_110.2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1220/projeto_de_lei_no_111.2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/872/projeto_de_lei_complementar_01.2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/873/projeto_de_lei_complementar_02.2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/874/projeto_de_lei_complementar_01.2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/974/projeto_de_lei_complementar_05.2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/980/projeto_de_lei_complementar_07.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_complementar_008.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1042/projeto_de_lei_complementar_008.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1043/projeto_de_lei_complementar_010.2022_2_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1122/projeto_de_lei_complementar_011.2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/830/oficio_005.2002_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/831/oficio_006.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/832/oficio_007.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/833/oficio_008.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/834/oficio_009.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/835/oficio_011.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/836/oficio_012.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/837/oficio_013.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/838/oficio_014.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/843/oficio_16.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/844/oficio_17.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/845/oficio_18.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/849/oficio_22.2022_-_requerimento_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/850/oficio_027.2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/851/oficio_28.2022_-_indicacao_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/852/oficio_29.2022_-_indicacao_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/853/oficio_30.2022_-_indicacao_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/854/oficio_31.2022_-_indicacao_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/855/oficio_32.2022_-_requerimento_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/856/oficio_34.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/857/oficio_35.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/858/oficio_36.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/859/oficio_37.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/860/oficio_42.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/861/oficio_43.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/863/oficio_52.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/864/oficio_53.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/865/oficio_54.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/866/oficio_55.2022_0_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/867/oficio_56.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/916/oficio_59.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/917/oficio_60.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/919/oficio_62.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/920/oficio_64.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/921/oficio_67.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/922/oficio_68.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/923/oficio_69.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/924/oficio_70.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/925/oficio_71.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/926/oficio_72.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/927/oficio_73.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/928/oficio_74.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/929/oficio_75.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/930/oficio_80.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/931/oficio_81.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/932/oficio_83.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/933/oficio_85.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/935/oficio_86.2022_-_indicacao_verbal_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/934/oficio_87.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/938/oficio_95.2022_-_indiacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/939/oficio_96.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/940/oficio_97.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/941/oficio_102.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/943/oficio_105.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/944/oficio_106.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/945/oficio_107.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/946/oficio_108.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/947/oficio_110.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/952/oficio_113.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/953/oficio_114.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/954/oficio_115.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/955/oficio119.2022_-_requerimento_verbal_.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/961/oficio_124.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/956/oficio_125.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/957/oficio_126.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/958/oficio_127.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/959/oficio_128.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/960/oficio_136.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/985/requerimento_verbal_-_oficio_139.2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_-_oficio_140.2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_-_oficio_141.2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_-_oficio_142.2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_-_oficio_153.2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1010/oficio_155.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1011/oficio_156.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1012/oficio_158.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1013/oficio_159.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1014/oficio_160.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1015/oficio_167.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1016/oficio_168.2022_-__indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1017/oficio_169.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1018/oficio_170.20222_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1019/oficio_171.2022__indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1020/oficio_184.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1021/oficio_185.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1022/oficio_186.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1023/oficio_187.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1024/oficio_197.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1025/oficio_198.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1026/oficio_199.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1027/oficio_200.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1028/oficio_201.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1029/oficio_202.2022_-_indicacao_verbal_.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1030/oficio_207.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1040/oficio_208.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1031/oficio_209.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1032/oficio_210.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1033/oficio_211.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1034/oficio_212.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1035/oficio_213.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1036/oficio_214.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1037/oficio_215.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1038/oficio_216.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1039/oficio_217.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/oficio_219.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1078/oficio_220.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1080/oficio_221.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/oficio_222.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/oficio_225.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/oficio_226.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1084/oficio_227.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1085/oficio_228.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1087/oficio_229.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1088/oficio_230.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1089/oficio_231.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1090/oficio_232.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1091/oficio_233.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1092/oficio_235.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1093/oficio_239.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/oficio_240.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1095/oficio_241.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/oficio_242.2022_-_requerimento.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1097/oficio_245.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1098/requerimento_verbal_-_oficio_250.2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_verbal_-_oficio_253.2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_verbal_-_oficio_254.2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_verbal_-_oficio_255.2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_verbal_-_oficio_256.2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_verbal_-_oficio_257.2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1104/indicacao_verbal_-_oficio_258.2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_verbal_-_oficio_258.2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1106/requerimento_verbal_-_oficio_261.2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_verbal_-_oficio_265.2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1108/requerimento_verbal_-_oficio_267.2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_verbal_-_oficio_268.2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1110/indicacao_verbal_-_oficio_269.2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1111/indicacao_verbal_-_oficio_270.2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1112/requerimento_verval_-_oficio_272.2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1113/requerimento_verbal__-_oficio_273.2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1114/requerimento_verbal_-_oficio_274.2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1116/indicacao_verbal_-_oficio_276.2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1131/oficio_279.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1139/oficio_280.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1132/oficio_283.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1133/oficio_285.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1134/oficio_286.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1135/oficio_287.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1136/oficio_288.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1137/oficio_289.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1144/oficio_290.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1138/oficio_291.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1143/oficio_293.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1140/oficio_296.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1141/oficio_297.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1142/oficio_298.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1147/oficio_299.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1148/oficio_300.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1149/oficio_301.2022_-_indicacao_verbal_.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1150/oficio_302.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1151/oficio_303.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1152/oficio_307.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1153/oficio_308.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1154/oficio_309.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1155/oficio_310.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1156/oficio_311.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1157/oficio_312.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1158/oficio_313.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1159/oficio_314.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1160/oficio_315.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1161/oficio_316.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1162/oficio_317.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1163/oficio_318.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1164/oficio_319.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1165/oficio_320.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1166/oficio_321.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1171/oficio_331.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1174/oficio_339.2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1175/oficio_343.2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1176/oficio_344.2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/oficio_345.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1198/oficio_346.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1199/oficio_351.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1200/oficio_351.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1201/oficio_352.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1208/oficio_353.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1209/oficio_354.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1210/oficio_355.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1211/oficio_361.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1212/oficio_362.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1213/oficio_363.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1214/oficio_364.2022_-_indiciacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1215/oficio_365.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1216/oficio_366.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/mocao_de_congratulacao_01.2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/mocao_de_pesar_05.04.2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/mocao_de_pesar_02.2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/mocao_de_congratulacao_01.2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/mocao_de_congratulacao_02.2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/mocao_de_pesar_03.2022_.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mocao_de_congratulacao_03.2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/mocao_de_congratulacao_04.2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/mocao_honrosa_05.2022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/mocao_honrosa_06.2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/mocao_honrosa_07.2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/827/indicacao_001.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/828/indicacao_002.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/829/indicacao_003.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/839/indicacao_004.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_05.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_06.2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/868/indicacao_007.2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_008.2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/870/indicacao_009.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_010.2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/905/indicacao_11.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/906/indicacao_12.2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/907/indicacao_13.2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/908/indicacao_14.2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/936/indicacao_17.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_18.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_19.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/951/indicacao_20.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_22.2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_23.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_24.2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/995/indicacao_26.2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/996/indicacao_27.2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/997/indicacao_28.2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/998/indicacao_29.2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/999/indicacao_30.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_31.2022_2.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_33.2022_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1146/indicacao_34.2022_2.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_35.2022_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1077/indicacao_36.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1118/indicacao_37.2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1119/indicacao_38.2022_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1120/indicacao_39.2022_2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1145/indicacao_40.2022_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1168/ata_da_37a_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1173/indicacao_42.2022_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1193/indicacao_43.2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_44.2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1195/indicacao_45.2022_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_46.2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1202/indicacao_47.2022_2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1203/indicacao_48.2022_2.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1204/indicacao_49.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1205/indicacao_50.2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1206/indicacao_51.202.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1207/indicacao_52.2022_2.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/840/requerimento_01.2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/841/requerimento_02.2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/842/requerimento_03.2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/848/requerimento_04.2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/911/requerimento_05.2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/912/requerimento_06.2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/913/requerimento_08.20222.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/914/requerimento_09.2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/937/requerimento_11.2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/948/requerimento_12.2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1000/requerimento_13.2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1001/requerimento_14.2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1002/requerimento_15.2022_2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1003/requerimento_16.2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1004/requerimento_17.2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1005/requerimento_18.2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1006/requerimento_19.2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1007/requerimento_20.2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1008/requerimento_21.2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1065/requerimento_22.2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1066/requerimento_23.2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/requerimento_24.2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1068/requerimento_25.2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/requerimento_26.2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/requerimento_27.2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/requerimento_28.2022_2.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/requerimento_29.2022_2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/requerimento_30.2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1117/requerimento_31.2022_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1167/requerimento_32.2022_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/requerimento_33.2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1189/requerimento_35.2022_4.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1190/requerimento_36.2022_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1191/requerimento_37.2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1192/requerimento_38.2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/875/projeto_de_lei_01.2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/876/projeto_de_lei_02.2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/877/projeto_de_lei_03.2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/878/projeto_de_lei_04.2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/879/projeto_de_lei_05.2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/880/projeto_de_lei_06.2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/881/projeto_de_lei_07.2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/882/projeto_de_lei_08.2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/883/projeto_de_lei_09.2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/884/projeto_de_lei_10.2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/885/projeto_de_lei_12.2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/886/projeto_de_lei_13.2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/887/projeto_de_lei_14.2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/888/projeto_de_lei_15.2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/889/projeto_de_lei_16.2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/890/projeto_de_lei_17.2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/891/projeto_de_lei_18.2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/892/projeto_de_lei_19.2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/894/projeto_de_lei_21.2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/896/projeto_de_lei_23.2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/897/projeto_de_lei_24.2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/898/projeto_de_lei_25.2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/900/projeto_de_lei_27.2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/901/projeto_de_lei_30.2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/902/projeto_de_lei_31.2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/903/projeto_de_lei_32.2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/904/projeto_de_lei_33.2022_.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/963/projeto_de_lei_35.2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/964/projeto_de_lei36.2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/965/projeto_de_lei_no_37.2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1290/projeto_de_lei_no_038.2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/966/projeto_de_lei_40.2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/967/projeto_de_lei_41.2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/968/projeto_de_lei_42.2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/969/projeto_de_lei_43.2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/970/projeto_de_lei_45.2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/971/projtoe_de_lei_46.2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/972/projeto_de_lei_47.2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/973/projeto_de_lei_48.2022_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/976/projeto_de_lei_no_051.2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/977/projeto_de_lei_no_52.2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/978/projeto_de_lei_no_53.2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/979/projeto_de_lei_no_55.2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/981/projeto_de_lei_056.2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/982/projeto_de_lei_058.2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/983/projeto_de_lei_059.2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/984/projeto_de_lei_060.2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1054/projeto_de_lei_61.2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1057/projeto_de_lei_64.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1058/projeto_de_lei_67.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/projeto_de_lei_68.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/projeto_de_lei_69.2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1064/projeto_de_lei_70.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/projeto_de_lei_71.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1063/projeto_de_lei_72.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1062/projeto_de_lei_73.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1044/projeto_de_lei_74.2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1045/projeto_de_lei_076.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1046/projeto_de_lei_077.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1047/projeto_de_lei_078.2022_1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1049/projeto_de_lei_080.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1050/projeto_de_lei_081.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1051/projeto_de_lei_082.2022_2_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1052/projeto_de_lei_083.2022_2_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1121/projeto_de_lei_085.2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1123/projeto_de_lei__086.2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1124/projeto_de_lei_087.2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1125/projeto_de_lei_088.2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1126/projeto_de_lei_089.2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1127/projeto_de_lei_090.2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1128/proejto_de_lei_091.2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1129/projeto_de_lei_092.2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1130/projeto_de_lei_093.2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1188/projeto_de_lei_094.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/proejto_de_lei_96.2022_2.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1177/projeto_de_lei_097.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1178/proejto_de_lei_098.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1179/projeto_de_lei_099.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1180/proejto_de_lei_100.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1181/projeto_de_lei_101.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1182/proejto_de_lei_102.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1183/projeto_de_lei_103.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1184/projeto_de_lei_104.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1185/projeto_de_lei_105.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1186/projeto_de_lei_106.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1187/projeto_de_lei_107.2022_2_compressed.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1217/projeto_de_lei_no_108.2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1218/projeto_de_lei_no_109.2022_2.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1219/projeto_de_lei_no_110.2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1220/projeto_de_lei_no_111.2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/872/projeto_de_lei_complementar_01.2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/873/projeto_de_lei_complementar_02.2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/874/projeto_de_lei_complementar_01.2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/974/projeto_de_lei_complementar_05.2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/980/projeto_de_lei_complementar_07.2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1041/projeto_de_lei_complementar_008.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1042/projeto_de_lei_complementar_008.2022_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1043/projeto_de_lei_complementar_010.2022_2_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1122/projeto_de_lei_complementar_011.2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/830/oficio_005.2002_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/831/oficio_006.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/832/oficio_007.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/833/oficio_008.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/834/oficio_009.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/835/oficio_011.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/836/oficio_012.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/837/oficio_013.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/838/oficio_014.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/843/oficio_16.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/844/oficio_17.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/845/oficio_18.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/849/oficio_22.2022_-_requerimento_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/850/oficio_027.2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/851/oficio_28.2022_-_indicacao_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/852/oficio_29.2022_-_indicacao_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/853/oficio_30.2022_-_indicacao_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/854/oficio_31.2022_-_indicacao_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/855/oficio_32.2022_-_requerimento_verbal_compressed.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/856/oficio_34.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/857/oficio_35.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/858/oficio_36.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/859/oficio_37.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/860/oficio_42.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/861/oficio_43.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/863/oficio_52.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/864/oficio_53.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/865/oficio_54.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/866/oficio_55.2022_0_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/867/oficio_56.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/916/oficio_59.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/917/oficio_60.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/919/oficio_62.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/920/oficio_64.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/921/oficio_67.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/922/oficio_68.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/923/oficio_69.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/924/oficio_70.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/925/oficio_71.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/926/oficio_72.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/927/oficio_73.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/928/oficio_74.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/929/oficio_75.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/930/oficio_80.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/931/oficio_81.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/932/oficio_83.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/933/oficio_85.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/935/oficio_86.2022_-_indicacao_verbal_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/934/oficio_87.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/938/oficio_95.2022_-_indiacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/939/oficio_96.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/940/oficio_97.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/941/oficio_102.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/943/oficio_105.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/944/oficio_106.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/945/oficio_107.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/946/oficio_108.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/947/oficio_110.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/952/oficio_113.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/953/oficio_114.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/954/oficio_115.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/955/oficio119.2022_-_requerimento_verbal_.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/961/oficio_124.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/956/oficio_125.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/957/oficio_126.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/958/oficio_127.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/959/oficio_128.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/960/oficio_136.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/985/requerimento_verbal_-_oficio_139.2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/986/indicacao_verbal_-_oficio_140.2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/987/indicacao_verbal_-_oficio_141.2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/988/indicacao_verbal_-_oficio_142.2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/989/indicacao_verbal_-_oficio_153.2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1010/oficio_155.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1011/oficio_156.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1012/oficio_158.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1013/oficio_159.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1014/oficio_160.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1015/oficio_167.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1016/oficio_168.2022_-__indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1017/oficio_169.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1018/oficio_170.20222_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1019/oficio_171.2022__indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1020/oficio_184.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1021/oficio_185.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1022/oficio_186.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1023/oficio_187.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1024/oficio_197.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1025/oficio_198.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1026/oficio_199.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1027/oficio_200.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1028/oficio_201.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1029/oficio_202.2022_-_indicacao_verbal_.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1030/oficio_207.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1040/oficio_208.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1031/oficio_209.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1032/oficio_210.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1033/oficio_211.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1034/oficio_212.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1035/oficio_213.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1036/oficio_214.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1037/oficio_215.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1038/oficio_216.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1039/oficio_217.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/oficio_219.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1078/oficio_220.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1080/oficio_221.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/oficio_222.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/oficio_225.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/oficio_226.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1084/oficio_227.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1085/oficio_228.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1087/oficio_229.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1088/oficio_230.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1089/oficio_231.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1090/oficio_232.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1091/oficio_233.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1092/oficio_235.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1093/oficio_239.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/oficio_240.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1095/oficio_241.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/oficio_242.2022_-_requerimento.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1097/oficio_245.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1098/requerimento_verbal_-_oficio_250.2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_verbal_-_oficio_253.2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_verbal_-_oficio_254.2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_verbal_-_oficio_255.2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_verbal_-_oficio_256.2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_verbal_-_oficio_257.2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1104/indicacao_verbal_-_oficio_258.2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_verbal_-_oficio_258.2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1106/requerimento_verbal_-_oficio_261.2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1107/indicacao_verbal_-_oficio_265.2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1108/requerimento_verbal_-_oficio_267.2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1109/indicacao_verbal_-_oficio_268.2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1110/indicacao_verbal_-_oficio_269.2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1111/indicacao_verbal_-_oficio_270.2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1112/requerimento_verval_-_oficio_272.2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1113/requerimento_verbal__-_oficio_273.2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1114/requerimento_verbal_-_oficio_274.2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1116/indicacao_verbal_-_oficio_276.2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1131/oficio_279.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1139/oficio_280.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1132/oficio_283.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1133/oficio_285.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1134/oficio_286.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1135/oficio_287.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1136/oficio_288.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1137/oficio_289.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1144/oficio_290.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1138/oficio_291.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1143/oficio_293.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1140/oficio_296.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1141/oficio_297.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1142/oficio_298.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1147/oficio_299.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1148/oficio_300.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1149/oficio_301.2022_-_indicacao_verbal_.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1150/oficio_302.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1151/oficio_303.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1152/oficio_307.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1153/oficio_308.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1154/oficio_309.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1155/oficio_310.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1156/oficio_311.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1157/oficio_312.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1158/oficio_313.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1159/oficio_314.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1160/oficio_315.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1161/oficio_316.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1162/oficio_317.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1163/oficio_318.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1164/oficio_319.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1165/oficio_320.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1166/oficio_321.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1171/oficio_331.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1174/oficio_339.2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1175/oficio_343.2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1176/oficio_344.2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/oficio_345.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1198/oficio_346.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1199/oficio_351.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1200/oficio_351.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1201/oficio_352.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1208/oficio_353.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1209/oficio_354.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1210/oficio_355.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1211/oficio_361.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1212/oficio_362.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1213/oficio_363.2022_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1214/oficio_364.2022_-_indiciacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1215/oficio_365.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/1216/oficio_366.2022_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/mocao_de_congratulacao_01.2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/mocao_de_pesar_05.04.2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/mocao_de_repudio.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/mocao_de_pesar_02.2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/mocao_de_congratulacao_01.2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/mocao_de_congratulacao_02.2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/mocao_de_pesar_03.2022_.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mocao_de_congratulacao_03.2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/mocao_de_congratulacao_04.2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/mocao_honrosa_05.2022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/mocao_honrosa_06.2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/mocao_honrosa_07.2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H406"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="171.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>