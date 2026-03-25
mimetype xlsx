--- v0 (2025-12-23)
+++ v1 (2026-03-25)
@@ -51,3429 +51,3429 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indicado que seja feito estudo referente a ampliação da área do Cemitério Municipal e, que seja disponibilizada a venda de jazidos a população.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_02.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_02.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalada uma rotatória na confluência das Ruas Rui Barbosa, Coronel Alexandre e Avenida da Saudade.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Flávio Mendes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_03.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_03.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a finalização das obras na Rua Machado de Assis, no trecho conhecido com Rua da Máquina, das seguintes ordens: encabeçamento da ponte sobre o Córrego Condutas, pois o mesmo não se encontra devidamente recomposto, sem pavimentação poliédrica; colocação de corrimão para uso lateral dos pedestres para trânsito por esta ponte, por medida de segurança, em local apropriado; recomposição de pavimentação poliédrica nos trechos próximos à ponte, onde foram realizados cortes na via para a execução da obra.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Adão Amaral da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_05.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_05.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a limpeza e manutenção da Praça João Joaquim de Faria - Bairro São José.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Adilson Pereira Lino</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/5/fac_12b9d8f2-af97-4eb5-bde4-5fb7b9cf108f_indicacao_06.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/5/fac_12b9d8f2-af97-4eb5-bde4-5fb7b9cf108f_indicacao_06.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a construção de quebras-molas nas seguintes logradouros: Avenida Dr. Di nº 1110, Rua Paulino de Souza nº 72.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Karla Francisca Vieira Araújo</t>
   </si>
   <si>
     <t>Indicado para que interceda junto ao setor competente do Executivo para providenciar análise possíveis atendimentos: Tendo em vista que o buraco na Rua 13 de maio no bairro São Geraldo está aumentando, sendo que atualmente está atingindo um poste na referida direcionando para o Beco Juca Lima, se faz URGENTE e necessária atitudes para resolução do problema.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_08.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_08.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a poda das árvores no final da rua Luz encontro com a rua Quartel Geral no bairro Aeroporto.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a manutenção do trecho da estrada rural Dores do Indaiá/ Porcos/ Fundão, nas seguintes ordens: recomposição de pavimento em cascalho ou material de rejeito triturado apropriado para estado de terra no trecho conhecido entre a "Ponte Seca", Ponte do Ribeirão dos Porcos e o Bambuzal - aproximadamente 50 metros de comprimento e 4 metros de largura; reparo na travessa de sustentação da "Ponte Seca", pois a mesa se encontra emborcada; poda controlada e aprovada pelos órgãos competentes do meio ambiente das pontas do Bambuzal, pois o declínio para dentro da estrada das pontas dos bambus está dificultando o transito de caminhões boiadeiro.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_10.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_10.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo quanto a viabilidade de reduzir os valores das taxas de utilização do cemitério municipal, em especial a taxa de sepultamento.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao_11.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao_11.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo quanto a viabilidade de reduzir ou parcelar em parcelar em no mínimo 6 vezes o valor do IPTU - Imposto Predial e Territorial Urbano do ano de 2021, bem com regulamentar a Lei Complementar nº 40, de 30 de abril de 2014.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Gustavo Henrique de Oliveira</t>
   </si>
   <si>
     <t>Indicado que seja feita a reconstrução da "Ponte dos Veados" nas estrada Stoque Ribeiro, que liga o município de Dores do Indaiá aos vilarejos de Quartel São João e Campo Alegre e a reconstrução do "mata burro" nessa mesma estrada, divisa da Fazenda da Sra. Candinha.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_14.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_14.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a criação de abrigo municipal para acolhimento de animais em situação de vulnerabilidade, garantido o bem estar do animal, respeitando suas características e zelando suas necessidades psicológicas e físicas.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao_15.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao_15.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Senhor Prefeito para que o executivo envie a esta Casa Legislativa Projeto de Lei disciplinando o REURB - Regularização Fundiária de nosso município , de acordo com a Lei Federal 13.465/2017, e posterior regularização dos imóveis, a começar pelos moradores do Bairro Aeroporto.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao_16.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao_16.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que faça a poda das árvores que compõem a arborização das vias públicas do bairro Aeroporto.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_17.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_17.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a realização de estudo e elaboração de um projeto para viabilização de recurso financeiro para pavimentação asfáltica ou calçamento de pequena parte da Avenida Santa Cruz, nos fundos da praça de esportes e que seja colocada uma placa de sinalização referente a Rua sem saída. E com paliativo, até a análise de que seja feita a pavimentação, seja efetuada uma operação uma operação tapa-buracos, na referida avenida na altura do número 727.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a manutenção das ruas do bairro Laranjeiras nas seguintes ordens: realização de capina e limpeza das ruas onde encontram-se tomadas pelo mato, tanto no calçamento, quanto nas sarjetas; reparos dos meio-fios quebrados; fiscalização e posteriormente autuação (em caso de descumprimento) dos órgãos municipais quanto a limpeza dos lotes particulares, segundo rege as condicionantes do Código Municipal de Postura.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao_19.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao_19.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que determine ao setor competente da Prefeitura realizar estudo técnico de engenharia de tráfego e providências no sentido de implantar um redutor de velocidade tipo lombada na Avenida Dr. João Chagas de Faria, Dr. Di, na altura do número 388, no bairro Oswaldo Araújo, nesta cidade.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao_20.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao_20.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a realização de estudo e elaboração de um projeto para providenciar uma nova canalização da rede de captação da água pluvial da Rua Marechal Deodoro em cruzamento a Rua Pará, considerando que nesse ponto desemboca o fluxo de água das chuvas dos arredores.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/19/indicacao_21.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/19/indicacao_21.2021.pdf</t>
   </si>
   <si>
     <t>Indicado ao executivo que providencie junto a CEMIG para colocação de iluminação pública na Travessa JK no bairro Aeroporto, entre as ruas Abaeté e Quartel Geral.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Indicado que proceda a notificação da pessoa jurídica Herlaine Patricia de Oliveira ME - para esclarecimentos e posterior apuração da Prefeitura, da não conclusão das obras de infraestrutura do loteamento Herlaine Patricia de Oliveira, que consta atraso de mais de 6 anos.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/21/indicacao_23.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/21/indicacao_23.2021.pdf</t>
   </si>
   <si>
     <t>Indicado estudo prévio de instalação de catadióptrico, mais conhecido com olho de gato, na rua Goiá próximo ao número 1022, nos dois lados próximo praça Geraldo Alves Machado, bairro Juiz de Fora.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_24.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_24.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção e recapeamento em parte da Rua Djalma Melgaço, próximo ao número 68, bairro Osvaldo Soares.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao_25.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao_25.2021.pdf</t>
   </si>
   <si>
     <t>Indicado mediante estudo prévio de instalação de iluminação pública por meio de postes na praça que fica entre as ruas Rio de Janeiro, São José e Godofredo de Araujo próxima à rodoviária.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>José Ailton de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_26.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_26.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado a essa Casa Legislativa, Projeto de Lei, que vise alterar a Lei nº 2925/2020, a qual "Autoriza Concessão de subvenções sociais, contribuições e auxílios financeiros para o exercício de 2021, acrescendo o repasse à FAEDI - Fundação Assistencial Educacional de Dores do Indaiá.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_27.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_27.2021.pdf</t>
   </si>
   <si>
     <t>Indicado de duas travessias elevados (lombo-faixa) na praça Getúlio Vargas, sendo uma em frente ao Cartório Eleitoral e outras próxima ao Escritório Paroquial.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Indicado que seja providenciado manutenção da rede pluvial no bairro Aeroporto, nas seguintes ordens: criação de novo bueiro e rede para coleta de água de chuva, rede pluvial, na rua Quartel, passando pela lote da Elevatória de Esgoto da Copasa; Isolamento da rede pluvial de 150 milímetros que se localiza no passeio da rua Abaeté e criação de nova rede pluvial adequada nesta mesma rua.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Indicado a realização do término da obra de aterramento e compactação do solo referente a rede pluvial da Rua: Tapajós/ Bairro: São José, aproximadamente aos fundos dos lotes de número: 520 e 508.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_31.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_31.2021.pdf</t>
   </si>
   <si>
     <t>Indicado o plantio de árvores na calçada ao redor da escola Municipal Mestre Tonico e a substituição das murta, também conhecida por Murta-de-cheiro, por outra espécie, se possível por escumilha que possui como nome cientifíco "Lagerstroemia indica". Também indico a reforma de partes da calçada que se encontra quebrada.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_32.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_32.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja concluída a obra de pavimentação no final Rua Sion, no bairro Juiz de Fora.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_33.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_33.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que se determine ao setor competente que proceda a mudança da posição da luminária do poste de eletricidade na Rua Doutor Miguel de Almeida Barbosa Ingué, no bairro São Sebastião, no alto da Capelinha.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Indicado a manutenção das estradas vicinais na região: das Condutas, estrada que passa ao lado da Copasa, entre a MG-176 sentido Patos no percurso de aproximadamente 1Km de estrada danificada; na estrada do São Bento próxima um trecho de aproximadamente 50m que está em estado de calamidade sentido comunidade São Bento e Capim Branco; Estrada de cocais , sentido vale do caixão.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_35.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_35.2021.pdf</t>
   </si>
   <si>
     <t>Indicado o planejamento de estudo prévio para a colocação de barraginhas em pontos específicos nas laterais das estradas vicinais.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_36.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_36.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a manutenção da rua Francisco José dos Santos, nas seguintes ordens: reconstrução de muro de arrimo no trecho que margeia a rua citada entre o córrego Condutas, a rua Dr. Edgard Pinto Fiúza, a av. Dr. João Chagas de Faria - Dr. Di - e a rua Antônio Alves Monteiro e reconstrução de passeio com corrimão no trecho citado.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_37.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_37.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feita estudo prévio e seja tomada atitudes para a resolução do problema da grota que passa pelo Parque de Exposições margeando os fundos das casas da rua Jaime Aguiar e termina na avenida Jonas Pires, próxima ao nº 368, em que além do depósito de entulhos, mato e lixo, há infestação de caramujos que adentram nas residências nas proximidades.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_38.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_38.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção do poste que fica localizado na Rua São José com Av. Minas Gerais, haja vista que devido o mesmo estar trincado e está servindo como moradia para abelhas.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_39.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_39.2021.pdf</t>
   </si>
   <si>
     <t>Indico a aquisição e implantação de uma mini usina de asfalto, por meio da Secretaria de Planejamento, Serviços Urbanos e Meio Ambiente.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Flávio Mendes da Silva, Gustavo Henrique de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_40.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_40.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Senhor Prefeito para que encaminhe a essa Casa Legislativa, Projeto de Lei, que vise incluir a Lei nº 2925/2020, a qual "Autoriza Concessão de Subvenções sociais, contribuições e auxílios financeiros para o exercício de 2021, acrescendo o repasse à Associação Estação Cultura Social e Inclusão Digital.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_41.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_41.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de postes de iluminação elétrica na rua Geraldo Alves Vasconcelos, nº 88 até a rua Belmiro Tales, compreendendo um trecho de 150 m aproximadamente.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Indicado ao Executivo Municipal  através da Secretaria de Obras a solução do escoamento da água pluvial e da grota nos fundos das casas Tapajós, bairro São Geraldo.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_43.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_43.2021.pdf</t>
   </si>
   <si>
     <t>Indicado ao Executivo deste Município o estudo de uma possível licitação para contratação de empresa de locação de máquinas pesadas, (em especial motoniveladora, caminhão caçamba, e pá carregadeira) para atendimento ao nosso município, em suas zonas urbanas e rurais.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_44.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_44.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que uma equipe técnica possa avaliar e tomar providências quanto a construção de rede Pluvial subterrânea com manilhamento adequado e colocação de bueiros, além de colocarem postes de iluminação pública e redutores de velocidade na rua Marco Antônio Chagas de Faria, próximo ao número 39.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_45.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_45.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito manutenção urgente do calçamento de rua Marechal Deodoro principalmente no quarteirão do número 451, é o que vai de encontro ao cruzamento com a Rua Pará.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_46.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_46.2021.pdf</t>
   </si>
   <si>
     <t>Indicado colocação de postes de informação contendo o nome das ruas do bairro Residencial Indaiá.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_47.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_47.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a troca do poste que fica localizado na Rua Quartel Geral, próximo ao número 386, bairro Aeroporto, haja vista que o poste é de madeira e está apodrecido em sua base com risco de queda.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_48.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_48.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a pavimentação asfáltica das seguintes ruas de terra, bem com sua urbanização, com instalação de rede pluvial caso necessário, com colocação de meio fio caso necessário, colocação de placas de trânsito caso necessário, verificação e possível prolongamento/ adequação/ implantação de rede água esgoto junto à concessionária e verificação e possível prolongamento/ adequação/ implantação de iluminação pública caso necessária junto à concessionária.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_49.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_49.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja disponibilizado uma equipe de trafego para assim realizar o estudo para melhorar a sinalização na cidade, bem como estudo de colocação de semáforo em pontos estratégicos da cidade, onde existe maior circulação de veículos, como nos encontros da rua Espírito Santo e Dr. Zacarias, e rua Espírito Santo próximo à rodoviária.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_50.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_50.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja viabilizada a construção de lombofaixa na avenida Jonas Pires próximo a escola Mestre Tonico e nas ruas adjacentes.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_51.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_51.2021.pdf</t>
   </si>
   <si>
     <t>Indicado ao Exmo. Senhor Prefeito Municipal, em conjunto com o Secretário de Obras e Aviação, que seja realizada obras de calçamento da Rua Tenente Coronel Edson Araújo Carneiro, bairro São Sebastião.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_52.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_52.2021.pdf</t>
   </si>
   <si>
     <t>Indicado ao Chefe do Poder Executivo Municipal para que através do departamento jurídico, faça um estudo urgente para liberar o acréscimo de 5% (cinco por cento) ao percentual máximo para a contratação de operações de crédito com desconto automático em folha de pagamento, para os servidores municipais, com arrimo na Lei Federal nº 14.131/2021.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Leonardo Diógenes Coelho</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_53.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_53.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja prorrogado o vencimento do Imposto Predial Territorial Urbano (IPTU) para 30 de Agosto do corrente ano e isente os contribuintes nesta data 50% (cinquenta por cento) do valor cobrado.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_54.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_54.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja analisado a disponibilidade financeira para a criação de um auxílio PANDEMIA, a título de periculosidade, na quantia de R$120 (Cento e Vinte Reais) a serem pagos por três meses em parcelas iguais, a todos os Servidores em linha de frente da Saúde, aos Servidores da Limpeza Urbana Municipal e da Usina de Reciclagem.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_55.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_55.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a limpeza das rua do bairro Oswaldo Soares Costa, em especifico no Campinho</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_51.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_51.2021.pdf</t>
   </si>
   <si>
     <t>Indicado estudo sobre a possibilidade de receber sobre doação terreno privado, que serve com rua e atende vários moradores da localidade, conhecido com vulgo "Beco do Mazarope"</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao_57.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao_57.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado o recapeamento asfáltico da extensão da Avenida Magalhães Pinto, equina com Avenida Dr. Di, até o cruzamento com a Rua Machado de Assis.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_58.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_58.2021.pdf</t>
   </si>
   <si>
     <t>Indicado planejamento para substituição da iluminação da Praça do Trabalhador, reconhecida popularmente com Praça da Sapolândia.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_59.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_59.2021.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada moradia ou reforma do imóvel residencial do cidadão Sr. Marcos Antônio Moura.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_60.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_60.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja colocado mais bancos na Praça dos Trabalhadores.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Indicado que estudem a realização de vacinação contra o vírus COVID/19, aos finais de semana (Sábado e Domingo).</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_62.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_62.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a substituição da Placa de Identificação da Biblioteca Pública Municipal Poeta Emílio Moura.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_63.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_63.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja ofertado o apoio na manutenção das entidades Clube Atlético Vilanovense, Dorense Futebol Clube e Zacarias Futebol Clube, através do apoio da Secretaria de Esportes, Lazer, Cultura, Turismo e Eventos, e que seja firmado entre Órgão Público Municipal e as referidas entidades, um termo de colaboração, para que o esporte dorense tenha públicas legalmente mantidas para o benefício de nossa comunidade.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_64.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_64.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a capina e limpeza da Rua Pernambuco.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Indicado a construção de rede pluvial na Rua Antônio Alves Monteiro.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_66.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_66.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a construção de uma rede pluviométrica com a colocação de uma caixa de bueiro na Rua Geraldo Felipe de Souza, esquina com a Avenida Jonas Pires, no bairro Oswaldo Soares Costa, bem como a colocação de rotatória no referido cruzamento e o estudo de outras melhorias para a resolução total dos problemas.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_67.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_67.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de poste de iluminação elétrica na rua Timbiras, nº 04, bairro São José.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_68.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_68.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada, pelo setor de trânsito do município, a implementação de medidas de segurança, para o trafego de pessoas e veículos no cruzamento da Avenida Dr. Di com a rua Rio de Janeiro.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/506/indicacao_69.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/506/indicacao_69.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja terminado a obra do vestiário/banheiro da praça dos trabalhadores, mais conhecida como Sapolândia, próximo onde se realiza a pratica do futebol socity.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/507/indicacao_70.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/507/indicacao_70.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a troca das lâmpadas da quadra da praça de Esportes por lâmpadas mais fortes, faça a colocação de mais refletores e faça a manutenção das telhas.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_71.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_71.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de um corrimão na entrada da secretaria de saúde, mais precisamente na rampa de acesso.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_72.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_72.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a construção de contenção/escoamento de água pluvial de superfície na Rua Doutor Argemiro de Moura, esquina com a Rua Alagoas.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_73.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_73.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de poste de energia elétrica e luminárias na Rua Miguel de Almeida Barbosa, próxima ao número 1069.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/511/indicacao_74.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/511/indicacao_74.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado faixa de sinalização de trânsito e estacionamento 45º ao redor da Praça Getúlio Vargas, Centro, próximo ao número 40.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_75.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_75.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de placas carga e descarga na Rua Padre Luiz, número 201 e na Avenida Magalhães Pinto, número 355.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_76.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_76.2021.pdf</t>
   </si>
   <si>
     <t>Indicado ao atendimento odontológico adequado e especializado principalmente no tratamento de canal e prótese total convencional (dentadura) para pessoas de baixa renda.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_77.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_77.2021.pdf</t>
   </si>
   <si>
     <t>Indicado construção de canaleta para escoamento de águas pluviais na esquina das Ruas Jair Barbosa Lopes e Geraldo Felipe de Souza, no bairro Oswaldo Soares Costa.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_78.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_78.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado a essa Casa Legislativa Projeto de Lei, de doação de imóvel urbano localizado na Avenida Irmã Inês, nº 1.360, bairro São Geraldo, cidade de Dores do Indaiá/MG, sendo a donataria a Sra. Therezinha Correa da Silva.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_79.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_79.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado a essa Casa Legislativa Projeto de Lei, de doação de anexo de imóvel urbano localizado na Rua Tapajós, nº 179, bairro São Geraldo,cidade de Dores do Indaiá/MG, sendo a donatária a Sra. Rosagela Alves de Carvalho Paula.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_80.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_80.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada, pelo setor de trânsito do município a construção de "quebra-molas ou lomba faixa" na rua Padre Luis, próximo ao número 379.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_81.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_81.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja tomada providências de fiscalização e medidas de segurança ambiental pela secretaria competente do município junto carvoaria situada no bairro Aeroporto no antigo lixão.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_82.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_82.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção bem como a construção de estrutura para escoamento de água no encontro da Avenida Jonas Pires com a Rua Orlando Pinto da Cunha.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_83.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_83.2021.pdf</t>
   </si>
   <si>
     <t>Indicada que seja realizada fiscalização e devida notificação dos proprietários dos lotes na cidade, principalmente no bairro das Indústrias, para que providenciem a limpeza dos mesmos.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_84.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_84.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que determine ao setor competente da Prefeitura Municipal realizar estudo técnico de engenharia de tráfego e providências no sentido de implantar um redutor de velocidade na Rua Raimundo Azevedo, na altura do número 50, bairro Oswaldo Soares Costa, nesta cidade.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_85.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_85.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a colocação de postes de iluminação pública na praça conhecida por praça do Amaral, no encontro da ruas Minas Gerais com Ria Grande do Sul.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_86.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_86.2021.pdf</t>
   </si>
   <si>
     <t>Indicado reunião com os presidentes dos clubes de futebol ativos no município par estudar juntos, uma forma de iniciar algum evento esportivo que possa vir dar início às atividades esportivas dentro deste semestre.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_87.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_87.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a instalação de Poste de Energia Elétrica e Luminárias, na travessa JK, próximo da rua Quartel Geral, no bairro Aeroporto.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_88.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_88.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que o Poder Executivo promova a instalação de lixeiras nas praças públicas de nosso município.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_89.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_89.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que o Poder Executivo, promova a contagem de tempo de serviço anterior à aprovação em concurso público, para servidores que já ocupavam cargos estatutários, para fins de aquisição e manutenção de quinquênios.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_90.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_90.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Sr. Prefeito para que encaminhe a essa Casa Legislativa projeto de lei, padronizando o grau de escolaridade para o exercício da função de motorista constante nas leis complementares nº 119, 120, 121 de 2021.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Adilson Mário Alves</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_91.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_91.2021.pdf</t>
   </si>
   <si>
     <t>Indicado o vereador Adilson Mário Alves para membro da Comissão Parlamentar de Inquérito requerida na última  sessão plenária do 14/09/2021.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_92.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_92.2021.pdf</t>
   </si>
   <si>
     <t>Indicado o vereador Leonardo Diógenes Coelho para membro da Comissão Parlamentar de Inquérito requerida na última sessão plenário do dia 14/09/2021.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_93.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_93.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a vereadora Karla Francisca Vieira Araújo para membro da Comissão Parlamentar de Inquérito para apuração dos fatos narrados pelo vereador Leonardo Diógenes Coelho.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_94.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_94.2021.pdf</t>
   </si>
   <si>
     <t>Indicado o vereador Gustavo Henrique de Oliveira Feliciano para membro da Comissão Parlamentar de Inquérito para apuração dos fatos narrados pelo vereador Leonardo Diógenes Coelho.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_95.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_95.2021.pdf</t>
   </si>
   <si>
     <t>Indicado o vereador Adilson Pereira Lino para membro da Comissão Parlamentar de Inquérito para apuração dos fatos narrados pleo vereador Leonardo Diógenes Coelho.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_96.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_96.2021.pdf</t>
   </si>
   <si>
     <t>Indicado o vereador Adão Amaral da Silva para membro da Comissão Parlamentar de Inquérito para apuração dos fatos narrados pelo vereador Leonardo Diógenes Coelho.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_97.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_97.2021.pdf</t>
   </si>
   <si>
     <t>Indicado ao Senhor Prefeito que estude a possibilidade de construir  guaritas em todos os PONTOS DE ESPERA destinados ao usuários de transporte público, a fim de que estes munícipes possam se abrigar enquanto aguardam a condução.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_98.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_98.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que a implantação de internet Wi-fi livre e gratuita em praças livres, áreas de lazer do município e em especial nas comunidades com maior dificuldade de acesso.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_99.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_99.2021.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que seja feita a restauração da Ponte do Ribeirão dos Patos.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_100.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_100.2021.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que seja feito a reestruturação, reforma e manutenção da Usina de Reciclagem.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_101.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_101.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que a Secretaria de Educação ofereça transporte gratuito ou com tarifa pública, utilizando veículos da prefeitura, para estudantes do ensino superior, desde que não haja comprometimento das obrigações legais relativas ao ensino básico, ou mesmo firmar acordo entre municípios para ofertar o direito a educação.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_102.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_102.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que determine ao setor competente da Prefeitura realizar estudo técnico de engenharia de tráfego e providências no sentido de implantar placas de parada obrigatória nos cruzamentos da Rua Padre Luiz com a Cerâmica, Rua Mestre Tonico e Rua Doutor Ovídio, todas no bairro São Sebastião, nesta cidade.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_103.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_103.2021.pdf</t>
   </si>
   <si>
     <t>Indicado a poda por baixo da copa das árvores no entorno da praça do Rosário onde ocorre o exame de direção.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_104.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_104.2021.pdf</t>
   </si>
   <si>
     <t>Indicado que feita a aquisição e instalação de um ar condicionado para o atendimento odontológico no PSF Juiz de Fora.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_105.2021_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_105.2021_1.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente que forneça para os funcionários públicos que trabalham com sepultamentos no Cemitério Municipal, equipamentos de proteção contra o sol e chuva, como capas de chuvas e uma tenda retrátil de pequeno porte.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_106.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_106.2021.pdf</t>
   </si>
   <si>
     <t>Indico que seja instalado insulfilmes nos veículos da prefeitura, principalmente que fazem viagens intermunicipais como veículos da saúde e da assistência social.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_01.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_01.2021.pdf</t>
   </si>
   <si>
     <t>Requerido informações junto a V. Exa. e sua Assessoria Jurídica quanto as Reuniões Ordinárias a serem realizadas a partir do 1ª de janeiro do primeiro ano de cada legislatura, conforme previsão contida no §4º do Art. 20 da Lei Orgânica Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_02.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_02.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que as reuniões sejam realizadas através de vídeo conferência devido ao fato do nosso município se encontrar na face vermelha da Pandemia Covid/19.</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Excelentíssimo Senhor Prefeito Municipal para que determine ao setor competente da prefeitura que forneça a relação discriminada com os nomes completos e função dos servidores lotados em cargos comissionados de livre nomeação e exoneração, secretários  e assessoramento, que assumiram suas atribuições a partir de 01 de janeiro de 2021, deverá ainda ser encaminhados todos os atos e documentos legais inerentes às referidas nomeações.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_04.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_04.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Excelentíssimo Senhor Prefeito para que determine ao setor competente que nos envie cópias da relação da frota motorizada discriminada da seguinte forma: placa, marca/modelo, ano de fabricação, estado de uso e conservação, máquinas e implementos número do patrimônio.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_06.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_06.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Excelentíssimo Senhor Prefeito para que determine ao setor competente da prefeitura para que nos envie cópias dos seguintes documentos: contratos e termos aditivos de todas as empresas e prestadores de serviço terceirizados que estão em vigor até a presente data; relatório, empenhos e notas fiscais de todos os pagamentos já efetuados às empresas e prestadores de serviço terceirizados.</t>
   </si>
   <si>
     <t>Requerido licença do cargo de vereador por motivos de saúde, pelo prazo de 60 dias, mediante declaração médica, ficando este requerente obrigado a apresentar a cada 30 dias atestado ou declaração médica.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_08.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_08.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que o site dessa Câmara possa tornar as informações mais acessíveis e de fácil compreensão, para tanto solicito que todos os documentos sejam anexados ao site na forma PDF pesquisável em que permita a pesquisa nominal (OCR). E que no site da Câmara tenha as indicações e projetos, aprovados ou não, sejam inseridos com seus respectivos idealizadores.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_09.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_09.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam solicitadas informações ao Setor Prefeito e ao Secretário Municipal de Educação, no sentido de esclarecer a esta Casa sobre a obra da creche Pró Infância pelo FNDE, que até a troca de Gestão de 2017 a 2020 para Gestão 2021 a 2024 se encontrava em atraso, justificando falta do pagamento de medições anteriores.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_10.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_10.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Excelentíssimo Senhor Prefeito para que esse enfrentamento para que esse determine ao setor competente que encaminhe a este Poder Legislativo cópias do contrato e do plano de trabalho no exercício 2021 mantido entre o Município de Dores do Indaiá e a Santa Casa de Misericórdia Dr. Zacarias.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_11.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_11.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Excelentíssimo Senhor Prefeito que nos envie: relação dos conselhos municipais criados pela legislação municipal vigente que se encontram ativos; relação dos conselhos municipais criados pela legislação municipal que se encontram inativos, assim como a justificativa quanto à inativa; especificação dos membros titulares e respectivos cargos, assim como a especificação dos suplentes de cada conselho; especificação do local, data e horário em que ocorrem as reuniões de cada Conselho Municipal; cópias das atas da última reunião e da eleição e posse da cada Conselho Municipal realizadas; dados de contato telefônico e e-mail do presidente e secretário de cada Conselho Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_12.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_12.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja instituída uma comissão especial para acompanhar as ações de enfrentamento ao COVID-19 por parte do Executivo, requer ainda que seja comunicado ao excelentíssimo prefeito municipal a instalação dessa comissão.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_13.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_13.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja convocado a senhora Amanda Carla Gonçalves, secretaria municipal de assistência social para comparecer a este parlamento em Reunião Ordinária a ser agendada para prestar informações concernentes à sua secretaria.</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Senhor Prefeito Municipal e a Secretaria de Transporte, Obras, Serviços Públicos e Meio Ambiente, para que nos envie: cópias do termo de doação firmado entre o município de Dores do Indaiá e Companhia de Desenvolvimento dos Vales do São Francisco e do Parnaíba, o qual destinou através de Emenda Parlamentar do Deputado Federal  Domingos Sávio ao Município um trator Massey Ferguson. Requer ainda que seja explicado a esta Casa Legislativa através da Secretaria de Transporte, Obras, Serviços Públicos e Meio Ambiente, qual a destinação vem sendo dada a este trator Massey Fergunson no ano de 2021.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_15.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_15.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Exmo. Senhor Prefeito Municipal para que determine ao setor competente da prefeitura municipal que forneça a seguinte documentação: relação nominal de todos auxiliares do prefeito nomeados/designados, a partir do dia primeiro de janeiro de 2021, que ocupam cargos de livre nomeação e exoneração, incluindo servidores de carreira, com cópias reprográficas das declarações previstas no §1º do Art. 87-A da Lei Orgânica Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_16.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_16.2021.pdf</t>
   </si>
   <si>
     <t>Requerido o comparecimento do Sr. Secretário Municipal de Educação Sr. Heber Dias de Sousa para fazer uso da Tribuna do Povo e explanar sobre assuntos adventos da sua pasta.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_17.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_17.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Exmo. Senhor Prefeito para que determine ao setor competente da prefeitura que encaminhe a esta Casa cópias das seguintes documentações: contratos das empresas que estão prestando serviços na substituição da iluminação pública para lâmpadas de Led e notas de empenhos, notas fiscais, ordens de serviços. comprovantes de liquidação das referidas empresas.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento_18.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento_18.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que as sessões parlamentares plenárias e reuniões administrativas sejam disponibilizadas por meio de vídeo-conferência para os vereadores desta Casa Legislativa que assim optarem ou necessitarem.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_20.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_20.2021.pdf</t>
   </si>
   <si>
     <t>Requerido os planos de trabalho da atual gestão e gestão anterior para a aplicação dos recursos recebidos para o enfrentamento e combate da Covid-19 no município.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_21.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_21.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a essa Casa de Leis as declarações assinadas por servidores públicos nomeados, nos últimos 10 anos até a presente data, nos termos do artigo 87-A, § 1º da Lei Orgânica do Município.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento_22.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento_22.2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviada a essa Casa Legislativa a relação dos servidores cedidos a outros órgãos ou entidades dos poderes da união dos Estados e do município, com ônus salarial da prefeitura, bem como os controles de jornada, e/ou documento comprovatório que demonstre que esses servidores cedidos cumpram a carga horária firmada no contrato de convênio.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento_23.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento_23.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja enviada a essa Casa Legislativa, relatório informando as ações, programas e metas da Rede do Sistema Nacional de Emprego, no âmbito do município de Dores do Indaiá, a partir de 2016 até a presente data.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_25.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_25.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado a quantidade de inscritos como beneficiários do CadÚnico no município, e se possível, relação nominal dos mesmos, e que seja informado a quantidade de cestas básicas entregues nos últimos 90 dias aos cidadãos com direito ao recebimento das mesmas, e se possível, relação nominal dos beneficiários.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_26.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_26.2021.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo que seja encaminhado a esta Casa Legislativa relação dos contribuintes que solicitaram serviços de maquinários do município; cópia da taxa paga aos cofres do executivo para a execução dos serviços; quantidade detalhadas de horas realizadas para cada contribuinte e local e data da realização dos serviços realizados.</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo que seja encaminhado a esta Casa Legislativa o número de VACINAS entregues ao município até o dia 15 de abril deste ano; a quantidade de pessoas vacinadas com a primeira dose e a segunda dose até o dia 15 de abril; o custo unitário de cada vacina disponibilizada no mercado; se o município esta recebendo algum recurso para manutenção da Sala Vermelha instalada na Santa Casa de Misericórdia Dr. Zacarias e os valores dos recursos recebidos para combate à Pandemia Coronavírus, dentro do referido exercício.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_28.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_28.2021.pdf</t>
   </si>
   <si>
     <t>Requerido a substituição do vereador Leonardo Diógenes Coelho na Comissão de Legislação e Redação Final, vez que esse se mostra impedido de dar parecer a Proposta de Emenda a Lei Orgânica nº 01/2021, por ser vereador autor da mesma.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_29.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_29.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que oficie o Chefe do Poder Executivo para que encaminhe ao Poder Legislativo o anexo de Metas e Prioridade da Administração Municipal  no Projeto da Lei Ordinária nº 012/2021 da Lei de Diretrizes Orçamentárias.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_30.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_30.2021.pdf</t>
   </si>
   <si>
     <t>Requerido ao Excelentíssimo Presidente desta Egrégia Casa Legislativa que seja chamado em plenário pela alcunha de Zé Roia, a partir da aprovação desde requerimento.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_31.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_31.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja pela informado pela secretaria competente qual o planejamento quanto à continuação da reforma da Casa de Cultura (ANTIGA PREFEITUR).</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_32.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_32.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a esta Casa de Leis cópia da notificação encaminhada via correios conforme informado no ofício 001/2021 do Executivo em resposta ao ofício 014/2021 desta Casa Legislativa.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_33.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_33.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a esta Casa de Leis numerário do saldo bancário em 30/04/2021 das contas correntes da Prefeitura Municipal, detalhadamente informado em que pode ser gasto o recurso em saldo existente, se assim houver.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento_34.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento_34.2021.pdf</t>
   </si>
   <si>
     <t>Solicitado da Secretaria de Esportes Municipal a concessão de KITS ESPORTIVOS ao Clube Atlético Vilanovense, através de doações de materiais esportivos para o fomento da prática futebolística do Clube.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento_35.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento_35.2021.pdf</t>
   </si>
   <si>
     <t>Requerido a complementação do Ofício Resposta nº 125/2021/CMDI/DIRETORIA com anexos contendo Notas Fiscais e respectivos empenhos das contas referentes aos recursos gastos com o enfrentamento ao Covid-19/Coronavírus no ano de 2020.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_37.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_37.2021.pdf</t>
   </si>
   <si>
     <t>Requerido da Secretaria de Saúde cópia dos relatórios do Comitê Gestor de Enfrentamento ao Covid, desde a sua constituição em 25 de março de 2020 (DECRETO 19/2020) até a presente data.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_37.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_37.2021.pdf</t>
   </si>
   <si>
     <t>Requerido da Secretaria de Obras que informe a esta Casa de Leis a previsão de quando será inaugurado o PSF do bairro Triângulo e qual a previsão de pintura do prédio da Escola Municipal de Educação Infantil Dr. Zacarias.</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_38.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_38.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado ofício ao Exmo. Senhor Prefeito para que esse determine ao Setor competente a cópia integral dos processos: Inexigibilidade 01/2021; Dispensa de Licitação 005/2021 e Pregão 040/2021.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/521/requerimento_39.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/521/requerimento_39.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que a Secretaria de Saúde informe a esta Casa de Leis, se o município possui plano de testagem rápida contra o COVID/19, para as pessoas sintomáticas.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>Requerido cópia de áudio gravado da 39ª Reunião Ordinária do 4ª período legislativo da 33ª Legislatura da Câmara Municipal de Dores do Indaiá-MG, realizada no dia 29 de novembro de 2016.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/708/requerimento_41.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/708/requerimento_41.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja retirado da pauta da reunião ordinária a ser realizada no dia 10/08/2021 a votação dos projetos de lei complementares nºs 14/2021, 15/2021 e 16/2021.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/709/requerimento_42.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/709/requerimento_42.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que do IPSEMDI cópia integral da Prestação de Contas da Reforma do Telhado da Casa de Cultura (Antiga Prefeitura) realizada em 2020.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/710/requerimento_41.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/710/requerimento_41.2021.pdf</t>
   </si>
   <si>
     <t>Requerido da Secretaria de Assistência Social a relação integral de todos os cidadãos cadastrados no CAD único; relação de todos os cidadãos que receberam cestas básicas nos últimos 12 meses; relação de todos os cidadãos algum benefício quanto à campanha de agasalho e prestação de contas anual da pasta referente ao exercício de 2020.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/711/requerimento_44.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/711/requerimento_44.2021.pdf</t>
   </si>
   <si>
     <t>Requerido da Secretaria competente que encaminhe a relação de material reciclável nos últimos 24 meses; cópia integral do processo licitatório para venda do material reciclável informe quem era responsável pela usina de reciclagem no exercício de 2020 e quem é o atual responsável pela usina e se o responsável pelo meio ambiente do município exarou algum relatório técnico nos últimos 24 meses quanto a averiguação e liberação dos materiais recicláveis.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_45.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_45.2021.pdf</t>
   </si>
   <si>
     <t>Requerido do IPSEMDI as seguintes informações: cálculo atuarial atualizado; saldo financeiro existente em 31/12/2016 e em 30/06/2011 e credor parcelados, valor das arrecadações no mês de julho de 2021, quanto às contribuições obrigatórias e parcelamento vigentes e valor das despesas realizadas com pensionistas, aposentados e auxílios doença, no mês de junho de 2021.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_46.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_46.2021.pdf</t>
   </si>
   <si>
     <t>(REJEITADO) Requerido que sejam encaminhadas a este Poder Legislativo, cópias de todas as guias  de recolhimento de preço público concernentes às Taxas - caminhão de terra, locação de hora de máquinas públicas referentes ao período de 1ª de janeiro de 2021 até 17 de agosto de 2021.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/728/requerimento_47.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/728/requerimento_47.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que encaminhe a esta Casa Legislativa informações sobre a locação d/ou concessão de bens públicos dominicais, bem como sobre a sua desocupação e se essas se deram d forma onerosa ou gratuita em especial das salas cedidas pela prefeitura municipal de Dores do Indaiá para as instituições citadas abaixo: Colônia de Pescadores, Estância Mineira Leilões, Moto Clube Comando Águia.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_49.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_49.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado a Companhia de Saneamento de Minas Gerais - COPASA, para que seja encaminhado a essa Casa as seguintes informações.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_50.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_50.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a este Poder Legislativo documentação referente a Santa Casa de Misericórdia Dr. Zacarias e Prefeitura Municipal de Dores do Indaiá.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_51.2021_compressed_1.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_51.2021_compressed_1.pdf</t>
   </si>
   <si>
     <t>Requerido que seja convocado o Ilmo. Deiverson Marcos Fiuza - Secretário Municipal de Administração, Planejamento e Finanças , para comparecer a este parlamento em Reunião Ordinária a ser agendada.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/759/requerimento_52.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/759/requerimento_52.2021.pdf</t>
   </si>
   <si>
     <t>Requerido a retirada de tramitação do projeto de emenda modificativa nº 01 de 07/10/2021 ao Projeto de Lei nº 036/2021.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/414/pl_01.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/414/pl_01.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal para atender a necessidade temporária de excepcional interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/416/pl_02.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/416/pl_02.2021.pdf</t>
   </si>
   <si>
     <t>Revoga "in totum" a Lei Municipal nº 2539/2014, de 28 de fevereiro de 2014, que autoriza a criação de cargo com contratação temporária para atender o CRAS, e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/417/pl_03.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/417/pl_03.2021.pdf</t>
   </si>
   <si>
     <t>Revoga o art. 6º, § 1º, da Lei Municipal nº 2.764/2017, de 06 dezembro de 2017, que cria o Programa Mexa-se, e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/420/pl_04.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/420/pl_04.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Especial.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/422/pl_06.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/422/pl_06.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de valorização dos profissionais da Educação - Conselho do Fundeb, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma de Lei Federal nº 14.113, de 25 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre os municípios brasileiros com a finalidade de adquirir vacinas para combater à Pandemia do Coronavírus; medicamentos, insumos, equipamentos na área de saúde.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/426/pl_08.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/426/pl_08.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional de natureza especial destinado ao enfrentamento da pandemia de covid-19 na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/427/pl_09.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/427/pl_09.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a abrir crédito adicional de natureza especial destinado ao enfrentamento da pandemia de Covid-19 na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/434/pl_13.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/434/pl_13.2021.pdf</t>
   </si>
   <si>
     <t>(REJEITADO) Dispõe sobre a apresentação de relatório semestral sobre as obras em andamento ou com prazo de execução suspenso no município.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/428/pl_15.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/428/pl_15.2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Banco de Ração, Medicamentos e Utensílios para Animais, no município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/429/pl_16.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/429/pl_16.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa Municipal de Desenvolvimento Econômico de Dores do Indaiá (PROEDI), cria a Comissão Municipal de Desenvolvimento Econômico  (CMDE) e dá outras providências.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/430/pl_17.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/430/pl_17.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Primeiro Emprego, no âmbito do município de Dores do Indaiá/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_18.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_18.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentárias para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/431/plc_019.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/431/plc_019.2021.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal do Idoso e o fundo municipal dos direitos da Pessoa Idosa do Município de Dores do Indaiá-MG.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para ações de Promoção de Dignidade Menstrual e o fornecimento gratuito de absorventes higiênicos no Município de Dores do Indaiá e dá providências.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/814/projeto_de_lei_21.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/814/projeto_de_lei_21.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de benefícios eventuais no município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/718/pl_22.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/718/pl_22.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a efetuar o remanejamento, transposição e transferência de dotações orçamentárias, bem com a inclusão e alterações de fontes de recursos na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/719/pl_23.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/719/pl_23.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/722/pl_24.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/722/pl_24.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do conserto de buracos e valas abertos nas vias públicas no âmbito do Município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_lei_025.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_lei_025.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Parcerias Público-Privadas e concessões do município de Dores do Indaiá - Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/811/projeto_de_lei_26.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/811/projeto_de_lei_26.2021.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Dores do Indaiá - Minas Gerais, para o exercício financeiro de 2.022.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/812/projeto_de_lei_27.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/812/projeto_de_lei_27.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano plurianual do município de Dores do Indaiá, estado de Minas Gerais para o quadriênio 2022 a 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/785/projeto_de_lei_028.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/785/projeto_de_lei_028.2021.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Mais Emprego e Renda e dá outras providências.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_030.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_030.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a indenizar o cidadão Adivaldo Marcos Gonçalves por danos materiais sofridos em veículo de sua propriedade , em razão da responsabilidade civil objetiva do município e dá outras providências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_31.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_31.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Dores do Indaiá a receber em doação bem móvel  que especifica, de propriedade de Vicente Martins da Cruz, e dá outras providências.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/749/projeto_de_lei_32.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/749/projeto_de_lei_32.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a indenizar o cidadão André Luis de Oliveira por danos materiais sofridos face a aquisição de medicamento e colar cervical, em razão  da responsabilidade civil objetiva do município e dá outras providências.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_033.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_033.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Dores do Indaiá a receber em doação, bem móvel que específica, adquirido pela Cooperativa de Crédito de Livre Admissão de Associados de Dores do Indaiá Ltda - SICOOB COOPCREDI e dá outras providências.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_de_lei_034.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_de_lei_034.2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/803/projeto_de_lei_35.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/803/projeto_de_lei_35.2021.pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal "Maria da Penha nas escolas" no município de Dores do Indaiá/MG e dá outras providências.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_de_lei_036.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_de_lei_036.2021.pdf</t>
   </si>
   <si>
     <t>Altera redação do inciso II, do art. 4º, da Lei Municipal nº 2.914/2020, de 16 de outubro de 2020, que estima receita e fixa despesa para o exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/815/projeto_de_lei_37.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/815/projeto_de_lei_37.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a abrir crédito adicional de natureza especial destinado ao enfrentamento da Pandemia de Covid-19 nos termos da Resolução SES/MG nº 7.447, de 23 de março de 2021, na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_38.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_38.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional suplementar por excesso de arrecadação na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/817/projeto_de_lei_39.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/817/projeto_de_lei_39.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional de natureza suplementar nos termos da Resolução SES/MG nº 7.595, de 21 de junho de 2021 na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_40.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_40.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a abrir crédito adicional de natureza especial destinado à política de estruturação da atenção primária à saúde (Organização da Atenção Primária à Saúde)nos termos da Resolução SES/MG nº7.554, de 17 de junho de 2021, na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/819/projeto_de_lei_41.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/819/projeto_de_lei_41.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional de natureza suplementar por excesso de arrecadação na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/820/projeto_de_lei_42.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/820/projeto_de_lei_42.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito suplementar para a aquisição de equipamentos de informática destinados à alimentação do Sistema de Informática destinados à alimentação do Sistema de Informação em Saúde para Atenção Básica (SISAB) e o uso de prontuários eletrônicos da estratégica E-sus na atenção primária na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/821/projeto_de_lei_43.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/821/projeto_de_lei_43.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a abrir crédito adicional de natureza suplementar na forma que específica e dá outras providências.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/822/projeto_de_lei_44.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/822/projeto_de_lei_44.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar no orçamento do exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/823/projeto_de_lei_45.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/823/projeto_de_lei_45.2021.pdf</t>
   </si>
   <si>
     <t>Estabelece os feriados municipais em Dores do Indaiá - Minas Gerais para o ano 2.022 e dá outras providências.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/824/projeto_de_lei_46.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/824/projeto_de_lei_46.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de concessão do abono - FUNDEB aos profissionais da educação básica da rede municipal de ensino, na forma que especifica  e dá outras providências.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/825/projeto_de_lei_47.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/825/projeto_de_lei_47.2021.pdf</t>
   </si>
   <si>
     <t>Altera redação do art. 28, caput, da Lei Municipal nº 2.907/2020, de 21 de julho de 2020, que dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/413/pl_01.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/413/pl_01.2021.pdf</t>
   </si>
   <si>
     <t>Revoga os artigos 251 a 257 da Lei Complementar nº 078/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/415/plc_02.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/415/plc_02.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição da perda inflacionária dos vencimentos dos servidores públicos da administração direta e indireta do município de Dores do Indaiá - Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/418/plc_03.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/418/plc_03.2021.pdf</t>
   </si>
   <si>
     <t>Institui o piso salarial dos agentes comunitários de saúde (ACS) e dos agentes de combate a endemias (ACE) do município de Dores do Indaiá - Minas Gerais, conforme valores estipulados pela Lei Federal nº 11.350/2006 alterada pela Lei Federal nº 13.595/2018 e pela Lei Federal nº 13.708/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/419/plc_04.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/419/plc_04.2021.pdf</t>
   </si>
   <si>
     <t>Confere status de Lei Complementar à Lei Municipal nº 2.787/2018, de 25 de maio de 2018, que cria e dispõe sobre o serviço de acolhimento institucional na modalidade abrigo institucional crianças e adolescentes no município de Dores do Indaiá-MG e dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/421/plc_05.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/421/plc_05.2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do §3º do artigo 97 da Lei Complementar Municipal nº 78/2019, de 22 de março de 2019, que dispõe sobre estatuto do servidores públicos do município de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/423/plc_09.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/423/plc_09.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição da perda inflacionária dos vencimentos dos servidores do Poder Legislativo de Dores do Indaiá/MG.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/425/plc_10.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/425/plc_10.2021.pdf</t>
   </si>
   <si>
     <t>Concede isenção ao pagamento de taxas de qualquer natureza aos templos de qualquer culto, bens e serviços de partidos políticos, instituições de educação e de assistência social sem fins lucrativos, livros, jornais, periódicos e o papel destinado à sua impressão e fonogramas e videofonogramas musicais produzidos no Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/433/plc_011.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/433/plc_011.2021.pdf</t>
   </si>
   <si>
     <t>Altera redação dos dispositivos que menciona, ambos da Lei Municipal nº 2.178/2005, de 09 de dezembro de 2005, que dispõe sobre a reestruturação da autarquia municipal denominada Instituto de Previdência dos Servidores Públicos Municipais de Dores de Indaiá - IPSEMDI e dá outras providências.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/432/plc_012.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/432/plc_012.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência da concessão e pagamento dos benefícios temporários ao ente federativo e dá outras providências.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/720/plc_13.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/720/plc_13.2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta o funcionamento de escritórios virtuais no município  de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/721/plc_14.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/721/plc_14.2021.pdf</t>
   </si>
   <si>
     <t>Estabelece a estrutura orgânica básica do município de Dores do Indaiá, altera os anexos da Lei Complementar nº 79, de 22 de março de 2019 e remuneração dos servidores da áreas administrativas, operacional, assistência social e cargos em comissão do município de Dores do Indaiá e alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/723/plc_15.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/723/plc_15.2021.pdf</t>
   </si>
   <si>
     <t>Altera os anexos II e V da Lei Complementar nº 80, de 22 de março de 2019 e suas alterações posteriores, que dispõe sobre o plano de carreira e remuneração dos servidores da saúde do município de Dores do Indaiá- MG.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>Altera os anexos I, II, III e IV da Lei Complementar nº 81, de 22 de março de 2019 , que dispõe sobre o plano de carreira e remuneração dos servidores da educação do município de Dores do Indaiá-Mg e alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>Altera redação do inciso I, do art. 75, da Lei Municipal nº 2.178/2005, de 09 de dezembro de 2005, que dispõe sobre a reestruturação da autarquia municipal denominada Instituto de Previdência dos Servidores Públicos Municipais de Dores do Indaiá - IPSEMDI e dá outras providências.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei_complementar_018.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei_complementar_018.2021.pdf</t>
   </si>
   <si>
     <t>Altera redação dos artigos 7º, 8º e 11 da Lei Complementar Municipal nº 117/2021, de 02 de julho de 2021 que, dispõe sobre a transparência da concessão e pagamento dos benefícios temporários ao ente federativo e dá outras providências.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/790/plc_019.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/790/plc_019.2021.pdf</t>
   </si>
   <si>
     <t>Altera redação do inciso II, do art. 96, da Lei Complementar Municipal nº 017/2012, que institui o Código Tributário Municipal de Dores do Indaiá e dá outras providências.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/826/projeto_de_lei_complementar_20.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/826/projeto_de_lei_complementar_20.2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º, incisos I, II e III, suprime os incisos IV, V e parágrafo único e acrescentar os parágrafos 1º a 5º ao art. 1º da Lei Complementar Municipal nº 47/2014, de 10 de dezembro de 2014, que autoriza e regulamenta a cessão de servidor público municipal e dá outras providência.s</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>Of</t>
   </si>
   <si>
     <t>Requerimentos e Indicações Verbais</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento_verbal_oficio_12.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento_verbal_oficio_12.pdf</t>
   </si>
   <si>
     <t>Requerimento verbal de informação da situação financeira do município de 01 de janeiro de 2013, bem com saldo em caixa , saldo bancário e restos a pagar.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/436/requerimento_verbal_oficio_13.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/436/requerimento_verbal_oficio_13.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que seja encaminhado a esta Casa de Leis o cadastro dos moradores das residências que não possuem rede de esgoto cadastrada.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/437/requerimento_verbal_oficio_14.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/437/requerimento_verbal_oficio_14.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que designe à secretaria competente que seja notificado e multado o proprietário do lote localizado na Travessa Dr. Zacarias, em cumprimento à Lei Complementar nº 43/2014 que institui o Código de Posturas do Município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/438/requerimento_verbal_oficio_15.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/438/requerimento_verbal_oficio_15.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a convite aos Ilmos. senhores João Antônio Batista (responsável pela Usina de reciclagem de lixo) e Ailton Antônio da Silva (chefe do Departamento de Meio Ambiente)  para usarem a Tribuna do Povo desta Casa Legislativa.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/439/requerimento_verbal_oficio_16.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/439/requerimento_verbal_oficio_16.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o convite à Ilmo. Sra. Amanda Carla Gonçalves, secretária municipal de assistência social, para usar a Tribuna do Povo desta Casa Legislativa.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/440/requerimento_verbal_oficio_17.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/440/requerimento_verbal_oficio_17.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o convite aos Ilmos. senhores João Antônio Batista (responsável pela Usina de reciclagem de lixo) e Ailton Antônio da Silva (chefe do Departamento de Meio Ambiente) para usarem a Tribuna do Povo desta Casa Legislativa.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_verbal_oficio_36.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_verbal_oficio_36.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a revisão do decreto 021/201 e anexos, para que as medidas fossem discutidas em conjunto sem prejuízo demasiado de entidades e comércio,</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_verbal_oficio_37.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_verbal_oficio_37.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que seja contratado mais um médico ginecologista no PSF do bairro Juiz de Fora para atender a demanda represada de consultas.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/443/requerimento_verbal_oficio_38.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/443/requerimento_verbal_oficio_38.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o convite ao proprietário/ representante da KM-Kalium Mineração S/A para usar a Tribuna do Povo desta Casa Legislativa com a finalidade de esclarecer sobre o funcionamento geral da empresa.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/444/oficio_45.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/444/oficio_45.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente convite a Ilma. Sra . Maria Cristina de Sousa para usar a Tribuna do Povo desta Casa Legislativa, em data a ser agendada.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/445/oficio_46.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/445/oficio_46.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente convite aos Ilmos. senhores João Antônio Batista (responsável pela Usina de reciclagem de lixo) e Ailton Antônio da Silva (chefe de departamento de Meio Ambiente).</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/446/requerimento_verbal_oficio_56.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/446/requerimento_verbal_oficio_56.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que o fornecimento pelo executivo dos nomes dos servidores de cargos comissionados de livre nomeação e exoneração e cópia de documentos da relação de frota dos veículos do município.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/447/requerimento_verbal_oficio_67.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/447/requerimento_verbal_oficio_67.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente informações sobre o contrato de iluminação das lâmpadas de LED.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_verbal_oficio_77.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_verbal_oficio_77.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente convite ao Ilmo. Sr. Emerson Correia de Lacerda, advogado geral, para reunião administrativa no dia 15/03/2021 às 18:30 no plenário da Câmara Municipal.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/449/requerimento_verbal_oficio_78.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/449/requerimento_verbal_oficio_78.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o convite do Ilmo. Sr. Deiverson Marcos Fiúza, secretário de administração planejamento e finanças para reunião administrativa no dia 15/03/2021 às 18:30.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_verbal_oficio_79.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_verbal_oficio_79.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o convite a Ilma. Sra. Mariane dos Santos, superintendente municipal, para uma reunião administrativa no dia 15/03/2021 às 18:30.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/451/requerimento_verbal_oficio_89.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/451/requerimento_verbal_oficio_89.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente à secretaria competente o recapeamento asfáltico no trecho da Rua Pará (proximidades da Escola Maanain/ encontro com Av. Dr. Di)</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/452/oficio_90.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/452/oficio_90.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente a solicitação de comparecimento do prefeito para relatar em reunião sobre assuntos municipais.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/453/oficio_104.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/453/oficio_104.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente convocação da Ilma. Sra. Amanda Carla Gonçalves para uso da Tribuna do Povo desta Casa Legislativa tão logo retorne as reuniões presenciais.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_verbal_oficio_109.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_verbal_oficio_109.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente contratação de um clínico geral no PSF II do bairro Juiz de Fora para atender a demanda represada de consultas.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_verbal_oficio_110.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_verbal_oficio_110.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente à secretaria de obras que  providencie a sinalização devida para o quebra-molas da Avenida Jonas Pires - bairro Osvaldo Soares Costa (pintura da faixa e colocação de placa).</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_verbal_oficio_113.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_verbal_oficio_113.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que o Conselho Municipal de Regularização Fundiária do Executivo informe a esta Casa de Leis, qual a data prevista para regularização definitiva dos imóveis aos legítimos proprietários do bairro Aeroporto, tendo vista  que a Câmara Municipal autorizou através da Lei nº 2.900, de 27 de dezembro de 2019 a fazer doações de 317 imóveis.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_verbal_oficio_114.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_verbal_oficio_114.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o envio a esta Casa de Leis de relação de medicamentos recebidos do Ministério da Saúde que ficaram disponíveis para a população na farmácia municipal, bem como a informação dos valores recebidos do Estado e da União para aquisição de medicamentos nos meses de janeiro, fevereiro e março de 2021.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_verbal_oficio_116.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_verbal_oficio_116.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente à secretaria competente que envie a esta Casa Legislativa cópia da notificação feita ao proprietário do imóvel localizado na Rua Dr. Zacarias.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_verbal_oficio_116.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_verbal_oficio_116.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente à secretaria que envie a esta Casa Legislativa cópia da notificação feita ao proprietário do imóvel localizado na Rua Dr. Zacarias.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_verbal_oficio_117.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_verbal_oficio_117.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente o estudo e verificar a possibilidade do município estar realizando convênio com o COHAB Minas (Companhia de Habitação do Estado de Minas Gerais) para a construção de casas populares para entrega de baixa renda.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_verbal_oficio_123.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_verbal_oficio_123.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que a secretaria de obras providencie a  recuperação da estrada que conduz à "Comunidade Clodomiro".</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_verbal_oficio_124.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_verbal_oficio_124.pdf</t>
   </si>
   <si>
     <t>Requerida a secretaria de obras que seja construídas benfeitorias no Residencial Santa Cruz com anteriormente  programadas.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_verbal_oficio_125.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_verbal_oficio_125.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente  o envio a esta Casa Legislativa o valor gasto com o COVID.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/464/indicacao_verbal_oficio_126.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/464/indicacao_verbal_oficio_126.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que a secretaria competente que sejam notificados os proprietários à limpeza dos lotes do Residencial Indaiá.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/465/indicacao_verbal_oficio_127.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/465/indicacao_verbal_oficio_127.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que o Comitê de Combate ao Covid-19 reavalie o posicionamento quanto a proibição de práticas esportivas coletiva, visto que é uma deliberação da OMS - Organização Mundial de Saúde - que as atividades esportivas reforçam o combate o covid-19.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_verbal_oficio_128.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_verbal_oficio_128.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o envio a esta Casa de Leis do modus operandi do tratamento focal do serviço de endemias, informações e dados atualizados do Liraa - Levantamento do Índice Rápido tanto do Aedes (Dengue) como da Chikungunya no âmbito do município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/467/indicacao_verbal_oficio_136.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/467/indicacao_verbal_oficio_136.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente à secretaria de obras que proceda a troca do mata-burro da estrada Stoque Ribeiro, divisa da estrada Dores do Indaiá/ Quartel São João/ Campo Alegre na altura das fazendas do Sr. Sérgio e D. Candinha.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_verbal_oficio_137.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_verbal_oficio_137.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a celeridade das obras de pavimentação asfáltica da travessa Darci Dias Moura no Campinho, rua esta com grande fluxo de veículos, pois dá acesso ao Residencial Santa Cruz e Residencial Indaiá.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/469/indicacao_verbal_oficio_140.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/469/indicacao_verbal_oficio_140.pdf</t>
   </si>
   <si>
     <t>Indicado que seja analisado pelo setor de trânsito da prefeitura, a possibilidade de uma parceria público privada com o intuito de identificar nomes de ruas com placas financiadas por empresas e pessoas de sociedade com indicação dos nomes ou marcas em destaque, a fim de atender logradouros sem identificação local e física.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/470/oficio_150.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/470/oficio_150.2021.pdf</t>
   </si>
   <si>
     <t>Reiterado o requerimento número 06/2021 datado de 03 de fevereiro.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/471/oficio_151.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/471/oficio_151.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que seja informado a essa Casa de Leis, como eram deferidas na administrações anteriores as isenções de taxas das instituições contempladas no projeto, visto não existir lei municipal regulamentando o assunto.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/472/oficio_155.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/472/oficio_155.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente envio de moção de pesar à família de Ana Maria Oliveira Lacerda por ocasião de seu falecimento.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/473/oficio_161.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/473/oficio_161.2021.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente da prefeitura a manutenção das faixas de pedestres (pintura e sinalização com Placas) nas ruas do Bairro São José.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/474/oficio_162.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/474/oficio_162.2021.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor sinalização com placas no entorno da Praça Abaeté; iluminação com lâmpadas led e ainda se necessário, o colocação de mais braços de iluminação na Travessa Cassimiro de Abreu.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/475/oficio_163.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/475/oficio_163.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente ao setor competente da prefeitura que proceda a colocação de placas indicativa com nome das ruas da extensão do Bairro Osvaldo Soares Costa denominado "Campinho."</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/476/oficio_164.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/476/oficio_164.2021.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente providências junto à empresa UNIBASE, que estava atuando na região das "Gerais" transportando cascalho para um empreendimento neste município e se comprometeu a reformar a estrada, deixando-a em boas condições como se encontrava antes de iniciarem os serviços.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/477/oficio_170.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/477/oficio_170.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a celeridade das obras de pavimentação asfáltica da travessa Darci Dias Moura no Campinho, rua esta que dá acesso ao Residencial Santa Cruz e Residencial Indaiá.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/478/oficio_171.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/478/oficio_171.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente da prefeitura que proceda a colocação de rede de proteção esportiva atrás dos gols da quadra da Escola Mestre Tonico.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/479/oficio_172.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/479/oficio_172.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que a secretaria competente faça a manutenção do calçamento do entrocamento das ruas Mozart José dos Santos, Orlando Pinto da Cunha e Avenida Jonas Pires.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/480/oficio_173.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/480/oficio_173.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que a secretaria competente elabore projeto de pavimentação dos trechos das Rua Marechal Doedoro/Piauí prolongamentos da Av. Magalhães Pinto.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/481/oficio_178.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/481/oficio_178.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que a secretaria competente proceda a colocação de redutor de velocidade na Avenida Jonas Pires, próximo ao número 365.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/482/oficio_179.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/482/oficio_179.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que a secretaria competente proceda a manutenção das estradas vicinais em especial atenção da "Gerais" e "Clodomiro".</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/483/oficio_181.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/483/oficio_181.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente à secretaria competente envie a esta Casa Legislativa toda a documentação referente a apuração que está sendo procedida ao posto do IPSEMG e cessão de servidor para o órgão.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/484/oficio_182.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/484/oficio_182.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que a Secretaria de Obras providencie serviço de terraplanagem adequada para o acesso à rampa nos fundos da Santa de Casa.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/485/oficio_189.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/485/oficio_189.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que a Secretaria de Obras proceda o calçamento poliédrico em pequeno trecho na Rua Tocantis - bairro São Geraldo que se encontra sem pavimentação.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/486/oficio_190.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/486/oficio_190.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que a Secretaria de Obras envie caminhão pipa com a finalidade de conter a poeira na Estrada das Gerais, precisamente na estrada Senhor Danilo Lacerda (estrada do Cipó).</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/487/oficio_195.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/487/oficio_195.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que a secretaria competente proceda a colocação de redutor de velocidade na Rua Edgar Pinto Fiúza, próximo à Praça do Trabalhador, imediação do número 1.411 a 1.421.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/488/oficio_197.2021_-requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/488/oficio_197.2021_-requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o envio a esta Casa Legislativa das folhas de pagamento dos servidores contratados  e nomeados em cargos comissionados referente aos meses de janeiro a maio de 2021.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Adilson Pereira Lino, Adão Amaral da Silva, Flávio Mendes da Silva, Gustavo Henrique de Oliveira, José Ailton de Sousa, Karla Francisca Vieira Araújo</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/489/oficio_198.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/489/oficio_198.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja construído Restaurante Popular no Município para atender as necessidades da população carente local, como política social ao combate a fome.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/490/oficio_199.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/490/oficio_199.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que a secretaria competente envie a esta Casa Legislativa de cópia na íntegra do Processo Licitatório e contrato firmado com a Empresa de Uberlândia/MG contratada para administrar a rede social da Prefeitura e área de comunicação, cujo valor total é de R$42.000,00 e valor mensal de R$6.000,00.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/491/oficio_209.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/491/oficio_209.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que seja promovido, o mais breve possível, uma campanha para doação e arrecadação de agasalhos à população carente.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/492/oficio_212.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/492/oficio_212.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado o requerimento verbal encaminhado através do ofício 197/2021/CMDI/DIRETORIA requerendo as folhas de pagamento dos servidores contratados e nomeados em cargos comissionados referente aos meses de janeiro a maio de 2021.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/493/oficio_214.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/493/oficio_214.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a colocação de postes para iluminação da Rua Benevenuto Alvarenga, continuação da rua Geraldo Felipe de Souza.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/494/oficio_215.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/494/oficio_215.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que a secretaria competente que envie a esta Casa Legislativa de cópia na íntegra dos processos de licitação e prestação de contas duas obras (etapas) da Praça do Trabalhador "Sapolândia".</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/495/oficio_216.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/495/oficio_216.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que a secretaria envie a esta Casa Legislativa informações referente à pasta da Secretaria de Esporte, Lazer, Cultura , Turismo e Eventos, se existe algum planejamento para o segundo semestre sobre algum evento cultural e/ou esportivo, um a vez que a vacinação da população dorense encontra-se avançada.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/496/oficio_221.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/496/oficio_221.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação verbal encaminhada do ofício 214/2021/CMDI/DIRETORIA o qual requereu a colocação de postes para iluminação da Rua Benevenuto Alvarenga, continuação da rua Geraldo Felipe de Souza.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/497/oficio_222.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/497/oficio_222.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que se designe à Secretaria de Obras a proceder o recapeamento asfáltico do trecho do Presídio do trecho estendendo até a saída para Abaeté.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/498/oficio_223.2021_-_inidicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/498/oficio_223.2021_-_inidicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que a Secretaria de Obras a manutenção da Estrada da Fazenda do Senhor Polidoro, uma vez que produtores rurais dessas localidades têm tido dificuldade para levar insumos e também funcionários às suas propriedades.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/499/oficio_224.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/499/oficio_224.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que designe à Secretaria de Obras a manutenção da Estrada das Jabuticabas.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/500/oficio_225.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/500/oficio_225.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido que a secretaria competente proceda a conclusão da ponte do Córrego da Máquina.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/501/oficio_232.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/501/oficio_232.2021.pdf</t>
   </si>
   <si>
     <t>Reiterado o requerimento verbal encaminhado através do ofício 197/2021/CMDI/DIRETORIA requerendo folhas de pagamento dos servidores contratados e nomeados em cargos comissionados referente aos meses de janeiro a maio de 2021.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/502/oficio_233.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/502/oficio_233.2021.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que designe ao órgão competente realizada sobre o tráfego na Rua Amazonas, trecho entre a Rua Padre Luiz e Rua Benedito Valadares.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/503/oficio_221.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/503/oficio_221.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que designe ao setor competente de obras a pintura adequada nos quebra-molas da cidade.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/504/oficio_237.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/504/oficio_237.2021.pdf</t>
   </si>
   <si>
     <t>Reitera requerimento verbal encaminhado através do ofício 90/2021/CMDI/DIRETORIA, que requereu que seja cumprida a Lei Orgânica do Município de Dores do Indaiá, em seu artigo 61 § 4º que menciona: "Dentro de sessenta dias após o início de cada sessão legislativa, a Câmara Municipal solicitará o comparecimento do prefeito, para relatar em reunião sobre assuntos municipais.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/505/oficio_238.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/505/oficio_238.2021.pdf</t>
   </si>
   <si>
     <t>Reiterado o requerimento verbal encaminhado através do ofício 66/2021/CMDI/DIRETORIA, o qual convoca a Ilmo. Sra. Amanda Carla Gonçalves para usar a Tribuna do Povo desta Casa Legislativa.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/713/oficio_247.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/713/oficio_247.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor de obras que seja efetuada a limpeza nas ruas da cidade.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/714/oficio_248.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/714/oficio_248.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente seja procedida da a supressão de uma árvore na imediação da residência nº 126 da Rua Vereador Osvaldo de Alcântara no Bairro Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Reiterado verbalmente a indicação do vereador Adilson Mário Alves que requer a recuperação das estradas rurais da malha viárias municipal.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/715/oficio_253.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/715/oficio_253.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao setor competente que sejam instalados banheiros químicos com a finalidade de suprir as necessidades básicas dos funcionários públicos que realizam suas atividades externamente como as varredeiras, garis, pedreiros entre outros que precisam ter suas necessidades básicas supridas tendo acesso banheiros, água potável com mais facilidade durante a jornada de trabalho.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/729/oficio_259.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/729/oficio_259.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido convite à Sra. Viviane da Costa para usar a Tribuna do Povo desta Casa Legislativa, sugerindo-se o dia 14/09/2021, com a finalidade de explanar sobre os fatos narrados em vídeo publicado nas redes sociais que demonstra o trabalho realizado no campo Dorense Futebol Clube, bem como as necessidades e demandas ali descritas, incluindo a questão do poço artesiano.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/730/oficio_260.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/730/oficio_260.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que encaminhe esclarecimento sobre o que está sendo feito a respeito da verba recebida para as obras do poço artesiano no Campo do Dorense Futebol Clube e da pista de skate.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/731/oficio_264.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/731/oficio_264.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que designe ao setor competente que seja providenciado caminhão pipa para irrigar o gramado do Dorense Futebol Clube de tempos em tempos, para manter vivo o gramado, bem como as atividades no local.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/732/oficio_265.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/732/oficio_265.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente convite ao Sr. Welerson Junio De Oliveira para usar a Tribuna do Povo desta Casa Legislativa em data a ser previamente agendada na Secretaria da Casa com a finalidade de explanar sobre as Associações do Congadeiros, tendo em vista requerimento apresentado em reunião ocorrida no dia 10 de setembro na sede da Associação do Congadeiros do bairro São José.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/733/oficio_266.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/733/oficio_266.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que designe à Secretaria de Obras que manutenção da Praça Tenente Zacarias Zica (Praça Abaeté), pois o mato e a grama alta ocuparam todo o espaço, deixando-o em situação de abandono. E foi solicitado também a recuperação dos brinquedos e bancos que se encontram quebrados e com alto risco de causar acidentes a quem se dispor a usá-los.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/734/oficio_270.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/734/oficio_270.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que designe ao setor responsável a supressão da raiz da árvore localizada frente ao estabelecimento comercial do Senhor "Zé do Oscar" no final da Avenida Magalhães Pinto, tendo em vista que esta atravessa o asfalto e além de invadir residências e destruir as calçadas, causando inúmeros aos pedestres.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>Requerimento verbalmente que seja reconsiderada a questão do poço artesiano no campo do Dorense Futebol Clube.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/752/oficio_277.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/752/oficio_277.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que encaminhe prestação de contas dos repasses realizados à Santa Casa de Misericórdia de primeiro de janeiro do corrente anos, até presente data.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/753/oficio_282.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/753/oficio_282.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbal o envio a esta Casa de Leis informações sobre a Secretaria de Educação.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/754/oficio_284_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/754/oficio_284_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o convite aos Ilmo. Sr. Ronaldo Daniel Costa Fiúza para participar de Audiência Pública nesta Casa Legislativa, a ser realizada no dia 14/10/2021, às 19 horas, com todas as Comissões Permanentes, com a finalidade de explanar sobre os assuntos relacionados aos diversos serviços prestados pela COPASA neste município.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/755/oficio_288_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/755/oficio_288_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que designe ao setor competente que solucione junto à COPASA o problema da qualidade da água (gosto ruim) fornecida no município.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/756/oficio_289_-indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/756/oficio_289_-indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que designe o setor de obras a recuperação das estradas rurais da malha viária municipal antes do período das chuvas.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/757/oficio_290_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/757/oficio_290_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente a troca urgente do poste localizado no ponto final Rua Quartel Geral no bairro Aeroporto, haja vista que o mesmo é de madeira e encontra-se com a base totalmente apodrecida.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/758/oficio_294_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/758/oficio_294_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente o envio a esta Casa Legislativa a cópia na íntegra do Processo Licitatório nº 137/2021, modalidade pregão, registro de preço nº 75/2021.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/773/oficio_301.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/773/oficio_301.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido cópia da lei municipal nº 2.944 de 17 de setembro de 2021.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/772/oficio_302.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/772/oficio_302.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reiterado o requerimento verbal nº 49/2021 encaminhado através do ofício 280/2021/CMDI/DIRETORIA, datado de 29 de setembro de 2021.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/763/oficio_303.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/763/oficio_303.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja concluído da ponte do Baracuí na região das Gerais.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/769/oficio_310.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/769/oficio_310.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito construído uma lombo-faixa enfrente ao portão de entrada da Escola Municipal Irmã Luiza de Marilac.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/764/oficio_305.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/764/oficio_305.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja procedida operação tapa-buracos nas vias urbanas deste município.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/767/oficio_306.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/767/oficio_306.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja procedida a manutenção da estrada Stoque Ribeiro, na localidade Gerais.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/771/oficio_307.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/771/oficio_307.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido o envio a esta Casa Legislativa de cópia do Decreto  2.024/2021 de 23 de agosto de 2021.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/765/oficio_308.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/765/oficio_308.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicação verbalmente a remoção dos troncos e raízes das árvores da Praça Tenente Zacarias Zica.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/766/oficio_309.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/766/oficio_309.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que seja desobstruído o bueiro localizado na Rua Padre Luís (ao lado do Lavajato do Mangaba)</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/768/oficio_310.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/768/oficio_310.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feita a sinalização com pintura, placa e sinalizador (luz e som) de veículo saindo da garagem do SAMU.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/770/oficio_311.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/770/oficio_311.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Requerido informações sobre a Lei Municipal nº 2.944/2021.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/777/oficio_312.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/777/oficio_312.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicação designe a secretaria competente a construção do muro de contenção de terra da Praça de Esportes, na Rua Tiburtino José da Silva, bairro São Sebastião.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/778/oficio_313.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/778/oficio_313.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que designe à secretaria competente a restauração/manutenção das grades de proteção do bueiro localizado na Rua Goiás, na altura do nº 455, em frente ao Açougue do Guilherme.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/779/oficio_314.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/779/oficio_314.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração do Requerimento 50.2021, no qual solicitou o envio a esta Casa de Lei documentação da prestação de contas e outros referente à Santa Casa de Misericórdia Dr. Zacarias e prefeitura municipal.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/780/oficio_321.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/780/oficio_321.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da indicação do vereador Adilson Mário Alves, na qual solicitou que designe ao setor responsável a supressão da árvore localizada frente ao estabelecimento comercial do Senhor "Zé do Oscar" no final da Avenida Magalhães Pinto.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/781/oficio_322.2021_-_requerimento_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/781/oficio_322.2021_-_requerimento_verbal.pdf</t>
   </si>
   <si>
     <t>Reiteração da Indicação nº 56.2021, no qual solicitou o estudo da possibilidade de receber doação de terreno privado (vulgo "Beco Mazarope"), que tem serventia de rua e atende vários moradores daquela localidade.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/782/oficio_323.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/782/oficio_323.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado a retomada do "Programa Mexa-se".</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/783/oficio_324.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/783/oficio_324.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que designe ao setor competente da municipalidade a realização de pintura adequada nas faixas de pedestres da cidade.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/784/oficio_325.2021_-_indicacao_verbal.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/784/oficio_325.2021_-_indicacao_verbal.pdf</t>
   </si>
   <si>
     <t>Indicado que designe ao setor competente a revitalização ou qualquer outra solução para a erosão da Rua 13 de Maio.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>Requerido convite ao Ilmo. Dr. Emerson Ferreira Corrêa de Lacerda para reunião administrativa que será realizada no dia 06 de dezembro de 2021.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/798/requerimento_verbal_oficio_330.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/798/requerimento_verbal_oficio_330.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente convite ao Ilmo. Sr. Marcelo Coêlho Ferreira Filho para reunião administrativa desta Casa de Leis que será realizada no dia 06 de dezembro de 2021.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_verbal_-_oficio__331.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_verbal_-_oficio__331.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que designe ao setor competente da municipalidade a manutenção da Ponte Funda, na região das Gerais.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_verbal_-_oficio_332.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_verbal_-_oficio_332.2021.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente à secretaria competente que seja procedida a limpeza na Estrada da Tapuia, depois do Córrego Nossa Senhora, tendo em vista que o referido local está com bastante lixo espalhado.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_verbal_-_oficio_333.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_verbal_-_oficio_333.2021.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que designe à secretaria de saúde que os pacientes que fazem tratamento fora do domicílio sejam apanhados nas portas de suas residências em dias chuvosos.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_verbal_-_oficio_334.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_verbal_-_oficio_334.2021.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente que designe à secretaria competente da municipalidade que coloque a placa CARGA/DESCARGA nos seguintes pontos comerciais: Rua Maranhão, nº 12, (CENTER PET), bairro Centro e Rua Jair Barbosa Lopes, 51 A, bairro Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_verbal_-_oficio_335.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_verbal_-_oficio_335.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que designe à secretaria competente da municipalidade que seja procedida a troca do mata-burro da estrada que lida as localidades Campo Alegre/Japão na altura na fazenda do Sr. Luis do Cândido.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/799/requerimento_verbal_oficio_336.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/799/requerimento_verbal_oficio_336.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente que designe à secretaria competente o envio a esta Casa de cópia dos termos de cooperação ou convênio firmado entre o IEF (Instituto Estadual de Floresta) e a Prefeitura Municipal de Dores do Indaiá, antes de 2021, e, havendo os documentos solicitados, que sejam encaminhados os termos da rescisão entre o Instituto e o Município.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/800/requerimento_verbal_oficio_338.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/800/requerimento_verbal_oficio_338.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente reiteração á indicação que solicitou o estudo referente a ampliação do Cemitério Municipal e, que seja disponibilizada a venda de jazidos para a população.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/804/requerimento_verbal_-_oficio_341.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/804/requerimento_verbal_-_oficio_341.2021.pdf</t>
   </si>
   <si>
     <t>Reiterado a indicação na qual solicitou ao setor responsável a supressão da raiz da árvore localizada frente ao estabelecimento comercial do Senhor "Zé do Oscar",</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/810/requerimento_verbal_-_oficio_342.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/810/requerimento_verbal_-_oficio_342.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o estudo da viabilidade para estacionar apenas de um lado da via pública da Rua São Paulo, no trecho compreendido entre os números 790 e 973, especificamente entre a curva da Rua São Paulo com Rua Raimundo de Azevedo, entrada do bairro Osvaldo Soares.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/806/requerimento_verbal_-_oficio_343.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/806/requerimento_verbal_-_oficio_343.2021.pdf</t>
   </si>
   <si>
     <t>Reiterado verbalmente o Requerimento 50/2021, no qual solicitou o envio a esta Casa de Leis de documentação da prestação de contas e outros referentes à Santa Casa de Misericórdia Dr. Zacarias e Prefeitura Municipal.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/808/indicacao_verbal_-_oficio_344.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/808/indicacao_verbal_-_oficio_344.2021.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao órgão competente da municipalidade que seja colocado cascalho como medida paliativa, até a efetivação da pavimentação asfáltica, na travessa Darci Dias Moura no Campinho, rua que dá acesso ao Residencial Santa Cruz e Residencial Indaiá.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_verbal_-_oficio_345.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_verbal_-_oficio_345.2021.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao órgão competente da municipalidade que realize a manutenção/ restauração das grades do bueiro da Alameda Dr. Gustavo Drumond tostes no bairro Triângulo.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/807/indicacao_verbal_-_oficio_346.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/807/indicacao_verbal_-_oficio_346.2021.pdf</t>
   </si>
   <si>
     <t>Indicado verbalmente ao órgão competente a implantação de lixeiras próximas aos pontos: Bar do Keninho, na Rua Benedito Valadares e Bar da Regina na Avenida Magalhães Pinto.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/805/requerimento_verbal_-_oficio_347.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/805/requerimento_verbal_-_oficio_347.2021.pdf</t>
   </si>
   <si>
     <t>Requerido verbalmente o envio a esta Casa de explicações quanto ao pagamento de incentivo financeiro federal de custeio referente aos Agentes Comunitários de Saúde e Agentes de Endemia, fundamentado na Portaria GM/MS nº 3.317, publicado no Diário da União em 07 de dezembro de 2020.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/792/requerimento_verbal_oficio_389.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/792/requerimento_verbal_oficio_389.2021.pdf</t>
   </si>
   <si>
     <t>Requerido que designe à secretaria competente que construa bueiro na Rua Jonas Pires próximo ao nº 204 bem como na entrada do Residencial Santa Cruz com a finalidade de dar vazão à água pluvial.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1996/mocao_de_pesar_01.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1996/mocao_de_pesar_01.2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família de Valdivino Soares Evangelista pelo seu passamento ocorrido 03.02.2021.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1997/mocao_de_pesar_02.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1997/mocao_de_pesar_02.2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família de Vitorino Gonçalves Sobrinho.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1998/mocao_de_pesar_03.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1998/mocao_de_pesar_03.2021.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar em honra do falecimento do Pastor Heber Dias de Sousa.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>Adilson Pereira Lino, Adão Amaral da Silva, Gustavo Henrique de Oliveira, José Ailton de Sousa, Karla Francisca Vieira Araújo, Leonardo Diógenes Coelho, Silvio Silva, Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1999/mocao_de_pesar_04.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1999/mocao_de_pesar_04.2021.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar em honra ao falecimento do vereador Flávio Mendes da Silva.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/2000/mocao_05.2021.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/2000/mocao_05.2021.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações, parabenizando a eleição da nova diretoria da 134ª Subseção da Ordem dos Advogados do Brasil de Dores do Indaiá para mandato no triênio 2022-2024, composta pelos seguintes membros:_x000D_
 - Presidente: Dr. Crystian Alex Lopes Miranda_x000D_
 - Vice Presidente: Dr. Daniel Nascimento Pinto_x000D_
 - Secretário Geral: Dr. Paulo Henrique Fidelis de Oliveira_x000D_
 - Secretária Geral Adjunto: Dra. Bianca Santana Rodrigues Rezende_x000D_
 - Tesoureiro: Dra. Marley Janaina Silva Carvalho.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -3785,67 +3785,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_02.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_03.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_05.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/5/fac_12b9d8f2-af97-4eb5-bde4-5fb7b9cf108f_indicacao_06.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_08.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_10.2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao_11.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_14.2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao_15.2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao_16.2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_17.2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao_19.2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao_20.2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/19/indicacao_21.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/21/indicacao_23.2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_24.2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao_25.2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_26.2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_27.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_31.2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_32.2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_33.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_35.2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_36.2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_37.2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_38.2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_39.2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_40.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_41.2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_43.2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_44.2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_45.2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_46.2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_47.2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_48.2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_49.2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_50.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_51.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_52.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_53.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_54.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_55.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_51.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao_57.2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_58.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_59.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_60.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_62.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_63.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_64.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_66.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_67.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_68.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/506/indicacao_69.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/507/indicacao_70.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_71.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_72.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_73.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/511/indicacao_74.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_75.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_76.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_77.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_78.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_79.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_80.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_81.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_82.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_83.2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_84.2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_85.2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_86.2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_87.2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_88.2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_89.2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_90.2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_91.2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_92.2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_93.2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_94.2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_95.2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_96.2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_97.2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_98.2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_99.2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_100.2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_101.2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_102.2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_103.2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_104.2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_105.2021_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_106.2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_01.2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_02.2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_04.2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_06.2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_08.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_09.2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_10.2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_11.2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_12.2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_13.2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_15.2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_16.2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_17.2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento_18.2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_20.2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_21.2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento_22.2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento_23.2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_25.2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_26.2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_28.2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_29.2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_30.2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_31.2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_32.2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_33.2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento_34.2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento_35.2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_37.2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_37.2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_38.2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/521/requerimento_39.2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/708/requerimento_41.2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/709/requerimento_42.2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/710/requerimento_41.2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/711/requerimento_44.2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_45.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_46.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/728/requerimento_47.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_49.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_50.2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_51.2021_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/759/requerimento_52.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/414/pl_01.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/416/pl_02.2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/417/pl_03.2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/420/pl_04.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/422/pl_06.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/426/pl_08.2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/427/pl_09.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/434/pl_13.2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/428/pl_15.2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/429/pl_16.2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/430/pl_17.2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_18.2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/431/plc_019.2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/814/projeto_de_lei_21.2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/718/pl_22.2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/719/pl_23.2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/722/pl_24.2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_lei_025.2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/811/projeto_de_lei_26.2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/812/projeto_de_lei_27.2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/785/projeto_de_lei_028.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_030.2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_31.2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/749/projeto_de_lei_32.2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_033.2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_de_lei_034.2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/803/projeto_de_lei_35.2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_de_lei_036.2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/815/projeto_de_lei_37.2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_38.2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/817/projeto_de_lei_39.2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_40.2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/819/projeto_de_lei_41.2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/820/projeto_de_lei_42.2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/821/projeto_de_lei_43.2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/822/projeto_de_lei_44.2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/823/projeto_de_lei_45.2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/824/projeto_de_lei_46.2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/825/projeto_de_lei_47.2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/413/pl_01.2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/415/plc_02.2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/418/plc_03.2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/419/plc_04.2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/421/plc_05.2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/423/plc_09.2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/425/plc_10.2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/433/plc_011.2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/432/plc_012.2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/720/plc_13.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/721/plc_14.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/723/plc_15.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei_complementar_018.2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/790/plc_019.2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/826/projeto_de_lei_complementar_20.2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento_verbal_oficio_12.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/436/requerimento_verbal_oficio_13.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/437/requerimento_verbal_oficio_14.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/438/requerimento_verbal_oficio_15.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/439/requerimento_verbal_oficio_16.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/440/requerimento_verbal_oficio_17.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_verbal_oficio_36.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_verbal_oficio_37.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/443/requerimento_verbal_oficio_38.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/444/oficio_45.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/445/oficio_46.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/446/requerimento_verbal_oficio_56.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/447/requerimento_verbal_oficio_67.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_verbal_oficio_77.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/449/requerimento_verbal_oficio_78.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_verbal_oficio_79.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/451/requerimento_verbal_oficio_89.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/452/oficio_90.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/453/oficio_104.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_verbal_oficio_109.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_verbal_oficio_110.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_verbal_oficio_113.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_verbal_oficio_114.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_verbal_oficio_116.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_verbal_oficio_116.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_verbal_oficio_117.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_verbal_oficio_123.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_verbal_oficio_124.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_verbal_oficio_125.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/464/indicacao_verbal_oficio_126.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/465/indicacao_verbal_oficio_127.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_verbal_oficio_128.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/467/indicacao_verbal_oficio_136.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_verbal_oficio_137.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/469/indicacao_verbal_oficio_140.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/470/oficio_150.2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/471/oficio_151.2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/472/oficio_155.2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/473/oficio_161.2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/474/oficio_162.2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/475/oficio_163.2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/476/oficio_164.2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/477/oficio_170.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/478/oficio_171.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/479/oficio_172.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/480/oficio_173.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/481/oficio_178.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/482/oficio_179.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/483/oficio_181.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/484/oficio_182.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/485/oficio_189.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/486/oficio_190.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/487/oficio_195.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/488/oficio_197.2021_-requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/489/oficio_198.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/490/oficio_199.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/491/oficio_209.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/492/oficio_212.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/493/oficio_214.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/494/oficio_215.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/495/oficio_216.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/496/oficio_221.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/497/oficio_222.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/498/oficio_223.2021_-_inidicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/499/oficio_224.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/500/oficio_225.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/501/oficio_232.2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/502/oficio_233.2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/503/oficio_221.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/504/oficio_237.2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/505/oficio_238.2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/713/oficio_247.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/714/oficio_248.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/715/oficio_253.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/729/oficio_259.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/730/oficio_260.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/731/oficio_264.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/732/oficio_265.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/733/oficio_266.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/734/oficio_270.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/752/oficio_277.2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/753/oficio_282.2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/754/oficio_284_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/755/oficio_288_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/756/oficio_289_-indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/757/oficio_290_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/758/oficio_294_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/773/oficio_301.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/772/oficio_302.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/763/oficio_303.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/769/oficio_310.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/764/oficio_305.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/767/oficio_306.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/771/oficio_307.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/765/oficio_308.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/766/oficio_309.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/768/oficio_310.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/770/oficio_311.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/777/oficio_312.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/778/oficio_313.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/779/oficio_314.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/780/oficio_321.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/781/oficio_322.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/782/oficio_323.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/783/oficio_324.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/784/oficio_325.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/798/requerimento_verbal_oficio_330.2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_verbal_-_oficio__331.2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_verbal_-_oficio_332.2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_verbal_-_oficio_333.2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_verbal_-_oficio_334.2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_verbal_-_oficio_335.2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/799/requerimento_verbal_oficio_336.2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/800/requerimento_verbal_oficio_338.2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/804/requerimento_verbal_-_oficio_341.2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/810/requerimento_verbal_-_oficio_342.2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/806/requerimento_verbal_-_oficio_343.2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/808/indicacao_verbal_-_oficio_344.2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_verbal_-_oficio_345.2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/807/indicacao_verbal_-_oficio_346.2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/805/requerimento_verbal_-_oficio_347.2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/792/requerimento_verbal_oficio_389.2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1996/mocao_de_pesar_01.2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1997/mocao_de_pesar_02.2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1998/mocao_de_pesar_03.2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1999/mocao_de_pesar_04.2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/2000/mocao_05.2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/2/indicacao_02.2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/3/indicacao_03.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_05.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/5/fac_12b9d8f2-af97-4eb5-bde4-5fb7b9cf108f_indicacao_06.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_08.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/9/indicacao_10.2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/10/indicacao_11.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_14.2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/13/indicacao_15.2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/14/indicacao_16.2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/15/indicacao_17.2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/17/indicacao_19.2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/18/indicacao_20.2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/19/indicacao_21.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/21/indicacao_23.2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/22/indicacao_24.2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/23/indicacao_25.2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/24/indicacao_26.2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/25/indicacao_27.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_31.2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_32.2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_33.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_35.2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_36.2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_37.2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_38.2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_39.2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_40.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_41.2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_43.2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_44.2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_45.2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_46.2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_47.2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_48.2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_49.2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_50.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_51.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_52.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_53.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_54.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_55.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_51.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao_57.2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_58.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_59.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_60.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_62.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_63.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_64.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_66.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_67.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_68.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/506/indicacao_69.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/507/indicacao_70.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_71.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_72.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_73.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/511/indicacao_74.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_75.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_76.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_77.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_78.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_79.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_80.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_81.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_82.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_83.2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/704/indicacao_84.2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/705/indicacao_85.2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_86.2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_87.2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/725/indicacao_88.2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_89.2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_90.2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/738/indicacao_91.2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_92.2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_93.2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_94.2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_95.2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_96.2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/736/indicacao_97.2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/737/indicacao_98.2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/760/indicacao_99.2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/761/indicacao_100.2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/762/indicacao_101.2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_102.2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_103.2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_104.2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/801/indicacao_105.2021_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/802/indicacao_106.2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_01.2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_02.2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_04.2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_06.2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_08.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_09.2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_10.2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_11.2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_12.2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_13.2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento_15.2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento_16.2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento_17.2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento_18.2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_20.2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_21.2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento_22.2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento_23.2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_25.2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_26.2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_28.2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_29.2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_30.2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_31.2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_32.2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_33.2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento_34.2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento_35.2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_37.2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_37.2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_38.2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/521/requerimento_39.2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/708/requerimento_41.2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/709/requerimento_42.2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/710/requerimento_41.2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/711/requerimento_44.2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/712/requerimento_45.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/727/requerimento_46.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/728/requerimento_47.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/744/requerimento_49.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/745/requerimento_50.2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/862/requerimento_51.2021_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/759/requerimento_52.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/414/pl_01.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/416/pl_02.2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/417/pl_03.2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/420/pl_04.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/422/pl_06.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/426/pl_08.2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/427/pl_09.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/434/pl_13.2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/428/pl_15.2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/429/pl_16.2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/430/pl_17.2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/813/projeto_de_lei_18.2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/431/plc_019.2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/814/projeto_de_lei_21.2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/718/pl_22.2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/719/pl_23.2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/722/pl_24.2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_de_lei_025.2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/811/projeto_de_lei_26.2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/812/projeto_de_lei_27.2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/785/projeto_de_lei_028.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_030.2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_31.2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/749/projeto_de_lei_32.2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_033.2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_de_lei_034.2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/803/projeto_de_lei_35.2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_de_lei_036.2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/815/projeto_de_lei_37.2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_38.2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/817/projeto_de_lei_39.2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_40.2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/819/projeto_de_lei_41.2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/820/projeto_de_lei_42.2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2022/821/projeto_de_lei_43.2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/822/projeto_de_lei_44.2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/823/projeto_de_lei_45.2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/824/projeto_de_lei_46.2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/825/projeto_de_lei_47.2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/413/pl_01.2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/415/plc_02.2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/418/plc_03.2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/419/plc_04.2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/421/plc_05.2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/423/plc_09.2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/425/plc_10.2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/433/plc_011.2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/432/plc_012.2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/720/plc_13.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/721/plc_14.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/723/plc_15.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/748/projeto_de_lei_complementar_018.2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/790/plc_019.2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/826/projeto_de_lei_complementar_20.2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento_verbal_oficio_12.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/436/requerimento_verbal_oficio_13.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/437/requerimento_verbal_oficio_14.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/438/requerimento_verbal_oficio_15.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/439/requerimento_verbal_oficio_16.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/440/requerimento_verbal_oficio_17.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_verbal_oficio_36.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_verbal_oficio_37.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/443/requerimento_verbal_oficio_38.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/444/oficio_45.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/445/oficio_46.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/446/requerimento_verbal_oficio_56.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/447/requerimento_verbal_oficio_67.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_verbal_oficio_77.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/449/requerimento_verbal_oficio_78.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_verbal_oficio_79.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/451/requerimento_verbal_oficio_89.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/452/oficio_90.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/453/oficio_104.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_verbal_oficio_109.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_verbal_oficio_110.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_verbal_oficio_113.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_verbal_oficio_114.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_verbal_oficio_116.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_verbal_oficio_116.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_verbal_oficio_117.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_verbal_oficio_123.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_verbal_oficio_124.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_verbal_oficio_125.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/464/indicacao_verbal_oficio_126.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/465/indicacao_verbal_oficio_127.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_verbal_oficio_128.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/467/indicacao_verbal_oficio_136.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/468/indicacao_verbal_oficio_137.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/469/indicacao_verbal_oficio_140.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/470/oficio_150.2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/471/oficio_151.2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/472/oficio_155.2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/473/oficio_161.2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/474/oficio_162.2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/475/oficio_163.2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/476/oficio_164.2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/477/oficio_170.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/478/oficio_171.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/479/oficio_172.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/480/oficio_173.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/481/oficio_178.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/482/oficio_179.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/483/oficio_181.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/484/oficio_182.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/485/oficio_189.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/486/oficio_190.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/487/oficio_195.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/488/oficio_197.2021_-requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/489/oficio_198.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/490/oficio_199.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/491/oficio_209.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/492/oficio_212.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/493/oficio_214.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/494/oficio_215.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/495/oficio_216.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/496/oficio_221.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/497/oficio_222.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/498/oficio_223.2021_-_inidicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/499/oficio_224.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/500/oficio_225.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/501/oficio_232.2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/502/oficio_233.2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/503/oficio_221.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/504/oficio_237.2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/505/oficio_238.2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/713/oficio_247.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/714/oficio_248.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/715/oficio_253.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/729/oficio_259.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/730/oficio_260.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/731/oficio_264.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/732/oficio_265.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/733/oficio_266.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/734/oficio_270.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/752/oficio_277.2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/753/oficio_282.2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/754/oficio_284_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/755/oficio_288_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/756/oficio_289_-indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/757/oficio_290_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/758/oficio_294_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/773/oficio_301.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/772/oficio_302.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/763/oficio_303.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/769/oficio_310.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/764/oficio_305.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/767/oficio_306.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/771/oficio_307.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/765/oficio_308.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/766/oficio_309.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/768/oficio_310.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/770/oficio_311.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/777/oficio_312.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/778/oficio_313.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/779/oficio_314.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/780/oficio_321.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/781/oficio_322.2021_-_requerimento_verbal.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/782/oficio_323.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/783/oficio_324.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/784/oficio_325.2021_-_indicacao_verbal.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/798/requerimento_verbal_oficio_330.2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_verbal_-_oficio__331.2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/796/indicacao_verbal_-_oficio_332.2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/795/indicacao_verbal_-_oficio_333.2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_verbal_-_oficio_334.2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_verbal_-_oficio_335.2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/799/requerimento_verbal_oficio_336.2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/800/requerimento_verbal_oficio_338.2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/804/requerimento_verbal_-_oficio_341.2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/810/requerimento_verbal_-_oficio_342.2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/806/requerimento_verbal_-_oficio_343.2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/808/indicacao_verbal_-_oficio_344.2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_verbal_-_oficio_345.2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/807/indicacao_verbal_-_oficio_346.2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/805/requerimento_verbal_-_oficio_347.2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/792/requerimento_verbal_oficio_389.2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1996/mocao_de_pesar_01.2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1997/mocao_de_pesar_02.2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1998/mocao_de_pesar_03.2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/1999/mocao_de_pesar_04.2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2021/2000/mocao_05.2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H340"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="152.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>