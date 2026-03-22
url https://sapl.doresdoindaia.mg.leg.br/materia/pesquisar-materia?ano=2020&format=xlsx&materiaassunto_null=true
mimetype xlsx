--- v0 (2025-12-24)
+++ v1 (2026-03-22)
@@ -54,766 +54,766 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Evamir Araújo de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indicado que o executivo analise a possibilidade de envio à Casa Legislativa de Projeto de Lei que institui o programa de incentivo ao desconto no IPTU, denominado "IPTU VERDE" e dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/106/indicacao_02.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/106/indicacao_02.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo afim de averiguar a viabilidade econômica e ambiental na realização de dragagem e desassoreamento do Córrego Nossa Senhora em toda sua extensão, em especial nos primeiros quilômetros próximo a sua nascente.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Adilson Mário Alves</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/107/indicacao_03.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/107/indicacao_03.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a recuperação imediata da Ponte do Córrego da Máquina.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo com a finalidade de elaborar o código de vigilância sanitária e normas relativas à saúde.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Senhor Prefeito para que encaminhe ao Poder Legislativo projeto de lei com o objetivo de criar o Estatuto de Defesa, Controle e Proteção dos Animais no Município.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/110/indicacao_09.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/110/indicacao_09.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Senhor Prefeito para que encaminhe ao Poder Legislativo o projeto de lei do Código de Obras do Município.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/111/indicacao_10.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/111/indicacao_10.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a iluminação pública da Rua Belmiro, no bairro Osvaldo de Araújo.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/112/indicacao_11.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/112/indicacao_11.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada operação tapa buracos nas ruas do município, em especial nas proximidades da Pç. Tenente Zacarias Zica (Pç. Abaeté) e no cruzamento das Ruas Amazonas com Padre Luis.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/113/indicacao_12.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/113/indicacao_12.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de um filtro de limpeza, para assegurar a oxigenação e o clareamento da água na fonte onde se acha instalado o monumento Tributo ao Congadeiro, na Praça do Rosário.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/114/indicacao_13.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/114/indicacao_13.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja informado a esta Casa Legislativa as providências tomadas com a relação a limpeza e fechamento com muro do imóvel localizado na Rua Dr. Zacarias, usualmente conhecido por "Fonte do Povo" pertencente ao espólio de Itamar de Souza Araújo.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/115/indicacao_14.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/115/indicacao_14.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que a Secretaria Municipal de Saúde adote medidas de combate e prevenção ao Covid-19 (coronavírus), em especial divulgando pelos meios de comunicação a importância de população informar à Secretaria de Saúde as pessoas que viajaram nos últimos dias as cidades com grande número populacional.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_15.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_15.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a remoção do lixo nas lixeiras das estradas rurais.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/117/indicacao_16.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/117/indicacao_16.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhada a esta Casa Legislativa resposta a seguinte solicitação:_x000D_
 1 - Existe algum projeto de revitalização ou qualquer outra solução para a erosão da Rua 13 de maio? Caso afirmativa, favor encaminhar cópia do projeto para o Poder Legislativo._x000D_
 2 - Caso a resposta da primeira seja negativa, qual o motivo de não ter havido nenhuma mobilização da Administração para solução do problema?</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/118/indicacao_17.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/118/indicacao_17.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Exmo. Senhor Prefeito para que informe a este Poder Legislativo, qual ou quais providências foram ou estão sendo tomadas com relação ao poliesportivo localizado ao lado da Escola Municipal Mestre Tonico.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/119/indicacao_18.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/119/indicacao_18.2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Exmo. Senhor Prefeito para que informe o porquê da Usina de Reciclagem não estar compactando os resíduos sólidos.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>João Gilberto da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/120/indicacao_19.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/120/indicacao_19.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a instalação de redutor de velocidade na Rua São Paulo nas proximidades do nº 746 na entrada do Bairro José Barbosa Lopes (prolongamento da rua São Paulo).</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/121/indicacao_20.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/121/indicacao_20.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja faça distribuição de kits de Merenda Escolar para os alunos da rede pública municipal de ensino e para as crianças da Creche Municipal conforme Resolução nº 2, de 09 de abril de 2020 do de FNDE - Fundo Nacional de Desenvolvimento da Educação.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Leonardo Diógenes Coelho</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/122/indicacao_21.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/122/indicacao_21.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja analisado junto ao setor competente de contabilidade desta Casa Legislativa a disponibilidade financeira para realizar uma antecipação de duodécimo ao Poder Executivo no valor de R$50.000,00(cinquenta mil reais) com máxima urgência, mesmo que divididos em parcelas dentre os meses de Maio, Junho e Julho, para que aquele poder possa adquirir CESTAS BÁSICAS DE ALIMENTOS, KIT LIMPEZA E AGASALHOS e realizar doações à população carente do nosso município.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/123/indicacao_20.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/123/indicacao_20.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja analisada a condição da realização de reuniões administrativas, ordinárias e extraordinárias através da cadeia online pela internet, seja pelo facebook, whatzzap, ou qualquer sistema determinado pelo gestor desta Casa, desde que, não seja em aglomeração presencial dos representantes do Parlamento e seus servidores.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/124/indicacao_23.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/124/indicacao_23.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado ao Poder Legislativo um projeto que aumenta os valores subvencionais para a Santa Casa de Misericórdia de Dores do Indaiá-MG e para o Pavilhão Godofredo de Araújo; valores estes a serem estudados pelo executivo junto à direção das instituições, com o intuito exclusivo de valorizar os funcionários atuais destas entidades, criando para os mesmos, um ABONO ou AUXÍLIO dentre os próximos 3 meses, PICO da PANDEMIA atual.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/125/indicacao_24.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/125/indicacao_24.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado junto ao setor de contabilidade desta Casa Legislativa a disponibilidade financeira para realizar um antecipação de duodécimo ao Poder Executivo no valor de R$70.000,00, com máxima urgência, mesmo que, divididos em parcelas para 15 de maio, 15 de Junho e 15 de Julho, para que o executivo possa reverter este repasse na criação do APAN - Abono/Auxílio Pandemia, a título de periculosidade, na quantia de 160,00 a todos os servidores da Saúde, aos Professores Municipais e aos Servidores que estão na linha de frente da Limpeza Urbana Municipal e Usina de Rciclagem, e para aumento no repasse de subvenção à Casa de Misericórdia Dr. Zacarias e ao Pavilhão Godofredo de Araújo.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/126/indicacao_25.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/126/indicacao_25.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado ao Poder Legislativo um Projeto que cria o AUXÍLIO/ABONO, adicional periculosidade/ insalubridade, na quantia de R$160,00 a todos os servidores da saúde, aos professores municipais e aos servidores que estão na linha de frente da limpeza Urbana Municipal e Usina de Reciclagem.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_26.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_26.2020.pdf</t>
   </si>
   <si>
     <t>Indicado ao Poder Executivo que encaminhe a esta Casa Legislativo Projeto para prorrogar as dívidas Previdenciárias que o município possui com o INSS e com o IPSEMDI, solicitando o reparcelamento do débito global, com a obrigação da primeira parcela para janeiro de 2021.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_28.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_28.2020.pdf</t>
   </si>
   <si>
     <t>Indicado à Santa Casa de Misericórdia Doutor Zacarias, entidade subvencionada pelo município, que faça aquisição de 200 testes do exame de imunidade à prevenção ao COVID/19.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/129/indicacao_29.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/129/indicacao_29.2020.pdf</t>
   </si>
   <si>
     <t>Indicado ao Poder Executivo que faça aquisição de 1.000 testes do exame de imunidade à prevenção ao covid-19.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_30.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_30.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada remoção dos troncos de árvores e a reforma dos bancos da Praça Tenente Zacarias Zica (Praça Abaeté).</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_31.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_31.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a recuperação imediata da Ponte do Ribeirão dos Veados.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_32.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_32.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a capina e limpeza nos Postos de saúde dos bairros São Sebastião e São Geraldo.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a recuperação da estrada da Tapuia.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_34.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_34.2020.pdf</t>
   </si>
   <si>
     <t>Indicado ao Exmo. Sr. Prefeito o adiamento da contratação do financiamento junto ao BDMG destinado a expansão da rede de iluminação pública.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_35.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_35.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja construído uma lombo-faixa enfrente o portão de entrada da Escola Municipal Irmã Luiza de Marilac.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_36.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_36.2020.pdf</t>
   </si>
   <si>
     <t>Indicado ao Poder Executivo estudo junto aos proprietários dos imóveis que confrontam com o loteamento denominado Patrícia Oliveira, situado no bairro São Sebastião de propriedade do Sr. Hélio Carneiro de Araújo, a possibilidade da abertura de uma nova via de acesso ligando o residencial ao bairro Oswaldo de Araújo ou Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_37.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_37.2020.pdf</t>
   </si>
   <si>
     <t>Indicado ao Poder Executivo que prorrogue o vencimento do IPTU do exercício de 2020, para o dia 30 de novembro/2020 ou se possível, para o dia 31 de dezembro/2020.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/138/indicacao_38.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/138/indicacao_38.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de iluminação pública permanente na saída para Serra da Saudade próximo ao Cruzeiro e Gruta da Associação dos Congadeiros de Nossa Senhora do Rosário - bairro Juiz de Fora.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/139/indicacao_39.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/139/indicacao_39.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de um filtro de limpeza, para assegurar a oxigenação e o clareamento da água na fonte onde se acha instalado o monumento Tributo ao Congadeiro na Praça do Rosário.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/140/indicacao_40.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/140/indicacao_40.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada recuperação das estradas rurais da malha viária municipal.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/141/indicacao_42.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/141/indicacao_42.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a fiscalização e vistoria nos imóveis sem uso e/ou abandonados no perímetro urbano deste Município.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Zé Roia</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de uma rotatória e placas de sinalização na confluência das Ruas Doutor Zacarias com Rua  Doutro Zacarias com Rua Espírito Santo, no Centro da Cidade.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/143/indicacao_45.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/143/indicacao_45.2020.pdf</t>
   </si>
   <si>
     <t>Que providencie a instalação de uma sala de recreação, com TV, livros literatura e infantis, jogos no salão do Pavilhão Godofredo de Araújo em Dores do Indaiá - MG.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/144/indicacao_46.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/144/indicacao_46.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que o executivo através da Secretaria Municipal de Educação avalie a possibilidade de implantação do projeto Escola Cidadã, após o retorno das aulas presenciais na rede municipal de ensino.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/145/indicacao_47.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/145/indicacao_47.2020.pdf</t>
   </si>
   <si>
     <t>Indicado que o executivo analise a possibilidade de envio à Casa Legislativa, projeto de lei que regulamenta a política de sustentabilidade e mudanças climáticas de Dores do Indaiá-MG, e dá outras providências.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Aurivaldo Donizette da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/146/indicacao_48.2020.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/146/indicacao_48.2020.pdf</t>
   </si>
   <si>
     <t>Indicado ao Senhor Prefeito Municipal que estude a viabilidade de realizar parceria público-privada e/ou com recursos próprios faça a instalação de guaritas em pontos de ônibus (transporte coletivo) da cidade.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/147/01.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/147/01.pdf</t>
   </si>
   <si>
     <t>Requerido que seja concedido afastamento/licença temporária do cargo de Vereador deste Poder Legislativo, por 30 dias, a partir de 31 de janeiro de 2020, para tratamento de saúde, conforme CID10:125, com possibilidade de prorrogação de acordo com conclusão médica.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Requer que seja oficiado o Exmo. Senhor Prefeito para que solicite a Secretaria de Saúde Municipal que encaminhe ao Poder Legislativo cópia do empenho do valor destinado ao concerto do aparelho de mamografia da Santa Casa de Misericórdia Dr. Zacarias, bem como relatório discriminando quantidade de pessoas atendidas dedes conserto do aparelho até a presente data.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Requerido afastamento/licença temporária do cargo de temporária do cargo de Vereador deste Poder Legislativo, por 30 dias , retroagindo seus efeitos ao dia 02 de março de 2020, para tratamento de saúde, conforme CID10:125, com possibilidade de prorrogação de acordo com conclusão médica.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/150/04.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/150/04.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Senhor Prefeito para que encaminhe a este Poder Legislativo resposta e documentos:_x000D_
 - Processo licitatório nº 105/2019 é composto de apenas 139 laudas? Caso a resposta seja negativa, favor encaminhar as laudas faltantes no processo;_x000D_
 - Encaminhar cópia da nota fiscal referente a aquisição do Rolo Compactador adquirido através do Processo Licitatório nº 105/2019;_x000D_
 - Informar se a máquina rolo compactador teve alguma avaria após sua aquisição e se a garantia está atendendo de acordo com o que fora pactuado.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/151/05.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/151/05.pdf</t>
   </si>
   <si>
     <t>Requerido da Secretaria Municipal de Saúde as seguintes informações propostas:_x000D_
 - Dentre os servidores de carreira ou contratados pelo município, existe algum profissional que possui condições de executar o aparelho de ultrassonografia? Em caso de resposta sim, fornecer o nome do servidor e sua qualificação._x000D_
 - O município se dispõe de aparelho para realização do exame de ultrassonografia? Em caso de resposta sim, desde quando o aparelho ultrassonografia se encontra em condições de uso?_x000D_
 - Por qual motivo o exame não é realizado pelo município através do SUS em benefício às pessoas carentes de nossa cidade?</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/152/06.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/152/06.pdf</t>
   </si>
   <si>
     <t>Requerido do Poder Executivo informação se o município repassou em 2019 para a Santa Casa de Misericórdia Dr. Zacarias, o valor de R$30.000,00 (trinta mil reais) para manutenção do aparelho de mamografia de instituição, que, se encontrava estragado àquela época.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/153/07.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/153/07.pdf</t>
   </si>
   <si>
     <t>Requerido fiscalização dos preços do álcool e aplicação de lei municipal em Postos de combustíveis.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/154/08.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/154/08.pdf</t>
   </si>
   <si>
     <t>Requerido informações referente ao funcionamento da Coopcard - Cooperativa dos Açougueiros de Dores do Indaiá.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/155/09.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/155/09.pdf</t>
   </si>
   <si>
     <t>Requerido do Poder Executivo cópia do Processo de Sindicância realizado em 2013/2014 pela prefeitura municipal referente à suspeição de desvios do erário público.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/156/10.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/156/10.pdf</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo que encaminhe a este parlamento relação das entidades subvencionais em 2020, com valores e datas dos repasses.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/157/11.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/157/11.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo que encaminhe a este parlamento cópia do termo de cessão ou doação do imóvel situado no bairro Aeroporto, para a Copasa - Companhia de Saneamento de Minas Gerais.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/158/12.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/158/12.pdf</t>
   </si>
   <si>
     <t>Requerido da Santa Casa de Misericórdia Dr. Zacarias as seguintes informações:_x000D_
 - A instituição realiza exame de ultrassonografia? Em caso de resposta  sim, quantos profissionais são capacitados para execução do exame, e quais são esses profissionais;_x000D_
 - Qual é o valor cobrado por exame, sem plano de saúde e  com plano;_x000D_
 - Quantos exames de ultrassonografia foram realizados nos últimos 6 meses?_x000D_
 - Quantas mulheres em acompanhamento de pré-natal realizaram o exame nos últimos meses?</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/159/13.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/159/13.pdf</t>
   </si>
   <si>
     <t>Requerido do setor competente, através do Poder Executivo, cópias de todos os firmados com os médicos que exercem suas funções para o Serviço Público Municipal de Saúde.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/160/14.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/160/14.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Senhor Prefeito para solicite à Secretaria Municipal de Saúde informe a esta Casa Legislativa todas das compras efetuadas, com respectivas notas fiscais, pagamentos, documentos outros que comprovem as despesas.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Requerido da Secretaria Municipal de Administração que informe a esta Casa Legislativa quais providências foram tomadas ante autorização prevista na Lei nº 2.861/2019 que autoriza o município de Dores do Indaiá a contratar financiamento junto ao BDMG para melhoria e expansão da rede iluminação pública municipal.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/162/16.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/162/16.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Senhor Prefeito para que encaminhe a este Parlamento as medidas adotadas a sobre denúncia relativa ao oficineiro Marcos Vasconcelos, onde cidadãos requerem providências quanto ao seu comportamento ocorrido do dia 1º de junho de 2020, conforme boletim de ocorrência nº 2020-026015970-001.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/163/17.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/163/17.pdf</t>
   </si>
   <si>
     <t>Requerido que seja enviado a está Casa Legislativa a relação de materiais e serviços empregados na construção da ponte Funda, localizada na região da Tapuia com valores discriminados.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Osanan Velos o Santos</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/164/18.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/164/18.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente que informe como está andamento das obras do programa Proinfância.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/165/19.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/165/19.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Senhor Prefeito para que encaminhe à Secretaria Municipal de Saúde para que responda as seguintes solicitações:_x000D_
 - Se já está disponível no Sistema de Saúde Municipal o CONSULTÓRIO VIRTUAL DE SAÚDE DA FAMÍLIA implantado pelo Ministério de Saúde? Em caso afirmativo a partir de quando está disponível e quais os médicos que já aderiram e quantos atendimentos já foram realizados? Em caso negativo, quais as razões e ou motivos de usa não implementação? Quanto será implantado no sistema de Saúde Municipal?</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/166/20.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/166/20.pdf</t>
   </si>
   <si>
     <t>Requerido ao setor competente que envie a esta Casa Legislativa cópia reprográfica do contrato nº 284.858/20, firmado entre o Município de Dores do Indaiá e o Banco de Desenvolvimento de Minas Gerais S.A - BDMG, Programa Urbaniza BDMG 2019.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/167/21.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/167/21.pdf</t>
   </si>
   <si>
     <t>Requerido à Secretaria Municipal de Saúde que responda as solicitações referente os recursos financeiros da esfera Estadual e Federal a partir da emissão do Decreto nº 12/2020 para implementar ações específicas para combate a pandemia COVID-19, encaminhar documentos comprobatórios.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/168/22.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/168/22.pdf</t>
   </si>
   <si>
     <t>Requerido do Comitê Epidemiológico de Combate a Pandemia COVID-19 encaminhe a este parlamento parecer referente a realização das provas presenciais do concurso da Prefeitura Municipal, no que tange o cronograma de proteção aos candidatos que irão realizar as provas presenciais no dia 02 de agosto/2020, dentro das condições sanitárias com autorização dos responsáveis legítimos.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Requerido ao Poder Executivo informação da situação financeira do município em 01 de janeiro de 2013, bem com saldo em caixa , saldo bancário e restos a pagar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -1126,68 +1126,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/106/indicacao_02.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/107/indicacao_03.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/110/indicacao_09.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/111/indicacao_10.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/112/indicacao_11.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/113/indicacao_12.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/114/indicacao_13.2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/115/indicacao_14.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_15.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/117/indicacao_16.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/118/indicacao_17.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/119/indicacao_18.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/120/indicacao_19.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/121/indicacao_20.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/122/indicacao_21.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/123/indicacao_20.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/124/indicacao_23.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/125/indicacao_24.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/126/indicacao_25.2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_26.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_28.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/129/indicacao_29.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_30.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_31.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_32.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_34.2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_35.2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_36.2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_37.2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/138/indicacao_38.2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/139/indicacao_39.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/140/indicacao_40.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/141/indicacao_42.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/143/indicacao_45.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/144/indicacao_46.2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/145/indicacao_47.2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/146/indicacao_48.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/147/01.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/150/04.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/151/05.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/152/06.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/153/07.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/154/08.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/155/09.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/156/10.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/157/11.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/158/12.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/159/13.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/160/14.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/162/16.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/163/17.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/164/18.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/165/19.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/166/20.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/167/21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/168/22.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/106/indicacao_02.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/107/indicacao_03.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/110/indicacao_09.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/111/indicacao_10.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/112/indicacao_11.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/113/indicacao_12.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/114/indicacao_13.2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/115/indicacao_14.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/116/indicacao_15.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/117/indicacao_16.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/118/indicacao_17.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/119/indicacao_18.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/120/indicacao_19.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/121/indicacao_20.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/122/indicacao_21.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/123/indicacao_20.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/124/indicacao_23.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/125/indicacao_24.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/126/indicacao_25.2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_26.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_28.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/129/indicacao_29.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_30.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_31.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_32.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_34.2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_35.2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_36.2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/137/indicacao_37.2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/138/indicacao_38.2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/139/indicacao_39.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/140/indicacao_40.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/141/indicacao_42.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/143/indicacao_45.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/144/indicacao_46.2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/145/indicacao_47.2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/146/indicacao_48.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/147/01.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/150/04.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/151/05.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/152/06.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/153/07.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/154/08.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/155/09.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/156/10.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/157/11.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/158/12.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/159/13.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/160/14.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/162/16.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/163/17.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/164/18.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/165/19.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/166/20.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/167/21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2020/168/22.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>