--- v0 (2025-12-21)
+++ v1 (2026-03-21)
@@ -54,1028 +54,1028 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Leonardo Diógenes Coelho</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_01.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_01.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado faixa de travessia elevada (lombofaixa) em frente o Posto de Saúde Central, e caso seja viável que transforme em mão única de direção a Rua Rui Barbosa no sentido de direção a Santa Casa de Misericórdia Dr. Zacarias.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Osanan Velos o Santos</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/171/indicacao_02.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/171/indicacao_02.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo de viabilidade para instalação de painéis solares fotovoltaicos na Câmara Municipal.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_03.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_03.2019.pdf</t>
   </si>
   <si>
     <t>Indicada que seja realizada a limpeza do bairro Aeroporto e da área do Campo de Aviação.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Evamir Araújo de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_04.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_04.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado ao Exmo. Senhor Prefeito modelo de projeto de Lei que dispõe sobre o uso de frota de veículos oficiais da administração Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_05.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_05.2019.pdf</t>
   </si>
   <si>
     <t>Indicação que seja realizado estudo de viabilidade para instalação de painéis solares fotovoltaicos na prefeitura municipal.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_06.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_06.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja efetuada a manutenção da estrada que liga o Trevo do Taquaral até o Campinho no Município de Dores Do Indaiá.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_07.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_07.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instaladas placas de sinalização em todo o bairro São José em especial na ruas que foram recapeadas.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_08.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_08.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada a limpeza e dedetização no imóvel de propriedade do município localizado na rua Distrito Federal, nas proximidades do Prédio da Casa de Cultura.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Adilson Mário Alves</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_09.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_09.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada em caráter de urgência operação tapa buracos nas ruas do município.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_10.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_10.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja reiterado pela segunda vez o pedido de recuperação das estradas rurais em especial a estrada de acesso ao Quartel São João.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_11.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_11.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja reiterado pela terceira vez o pedido de recuperação ou substituição do mata burro localizado na estrada que dá acesso ao Quartel São João.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/181/indicacao_12.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/181/indicacao_12.2019.pdf</t>
   </si>
   <si>
     <t>Indicada seja providenciada pela Secretaria Municipal de Obras a recuperação do final da Avenida Magalhães Pinto.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/182/indicacao_13.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/182/indicacao_13.2019.pdf</t>
   </si>
   <si>
     <t>Indicado seja realizada a limpeza com capina das ruas cidade em especial a Rua Irmã Luíza de Marilac.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_14.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_14.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada reparo da rua Geraldo Felipe de Souza, esquina com Avenida Jonas Pires.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>João Gilberto da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_15.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_15.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada pela Administração Municipal a possibilidade de construir um mirante no Morro da Capelinha.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/185/indicacao_16.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/185/indicacao_16.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado à Casa Legislativa Projeto de Lei concedendo subvenção sociais aos clubes de futebol do município, no valor total de até R$60.000,00 (sessenta mil reais).</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/186/indicacao_19.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/186/indicacao_19.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a retirada das raízes e troncos das árvores cortadas na Praça Tenente Zacarias Zica (Pç. Abaeté).</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_18.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_18.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa Legislativa projeto de Lei autorizando a cessão de espaço público à família do Ex-prefeito municipal Mário Carneiro, para colocação de busto em sua homenagem na Pç. Prefeito Mário Carneiro.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/188/indicacao_19.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/188/indicacao_19.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a limpeza no Posto de Saúde e nas proximidades do Posto de Saúde do Bairro São José.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/189/indicacao_20.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/189/indicacao_20.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a remoção de um tronco de árvore na Pç. Alexandre Lacerda Filho esquina com Rua Rio de Janeiro.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_21.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_21.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado uma lombo faixa em frente o açougue, próximo a rotatória que liga as ruas João Martins da Costa, Raimundo Soares e Benevenuto Alvarenga no Bairro Funcionários, próximo ao Parque de Exposições.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_22.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_22.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instaladas placas de sinalização e providenciada as pinturas das faixas em posição de 45º graus às vagas de estacionamento na Praça Antônio Filizola, na porta da Igreja São Sebastião e do Campo do Dorense Futebol Clube.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/192/indicacao_23.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/192/indicacao_23.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de braços de iluminação em três postes localizados na Rua Goiá, bairro Juiz de Fora, nas proximidades do Campo do Zacarias Futebol Clube.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_24.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_24.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a construção de rampas de acessibilidade na Praça Antônio Filizola (Pç. da Igreja São Sebastião).</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/194/indicacao_25.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/194/indicacao_25.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a remoção das raízes e troncos de árvores mortas na Pç. Tenente Zacarias Zica (Pç. Abaeté).</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_26.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_26.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada restauração da ponte no Ribeirão do Veados, na estrada do Campo Alegre.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_27.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_27.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada recuperação das estradas rurais da malha viária municipal.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_28.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_28.2019.pdf</t>
   </si>
   <si>
     <t>Indicado a possibilidade de encaminhar um novo Projeto de Lei para esta Casa Legislativa solicitando autorização de permuta de imóveis urbanos, anexando projeto arquitetônico da revitalização pretendida para o local, conforme expresso no PL 16/2019.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/198/indicacao_29.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/198/indicacao_29.2019.pdf</t>
   </si>
   <si>
     <t>Indicado a possibilidade de permuta entre o município e a ONG Esperança Animal, situada no bairro São José, propondo, a troca da sede da ONG Esperança Animal com um imóvel edificado nas mesmas características da sede da entidade, na área de loteamento do bairro Aeroporto próxima à empresa Kalium Mineração.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/199/indicacao_30.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/199/indicacao_30.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a poda das árvores localizadas nas proximidades da APAE.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/200/indicacao_31.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/200/indicacao_31.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja notificado o representante legal do Espólio de Itamar de Sousa Araújo, para que providencie  a limpeza e fechamento com muro do imóvel localizado na Rua Dr. Zacarias usualmente conhecido por "Fonte do Povo".</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/201/indicacao_31.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/201/indicacao_31.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja requerido do Ilmo. Sr. Secretário de Saúde Municipal, a cessão de uma ambulância com motorista e se possível um técnico em enfermagem, para acompanhar as festividades da Festa do Rosário nos dias que ocorrer o evento, ficando a disposição na Pç. da Igreja do Rosário.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/202/indicacao_33.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/202/indicacao_33.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja analisado a possibilidade do Poder Legislativo antecipar a devolução do valor R$30.000,00 (trinta mil reais) ao Poder Executivo, para que este invista o recurso na finalização das obras da capela velório municipal.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/203/indicacao_34.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/203/indicacao_34.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado ao parlamento dorense Projeto de Lei autorizando o município a fazer doação de um imóvel à Comissão dos Congadeiros do bairro São Geraldo.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_35.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_35.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja implantado o sistema de vigilância eletrônica "olho vivo" na cidade.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/205/indicacao_36.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/205/indicacao_36.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada cobertura de raízes e o escoramento do Fícus localizado na Pç. Prefeito Mário Carneio.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/206/indicacao_37.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/206/indicacao_37.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja tomada alguma providência em relação ao trecho sem pavimentação da Avenida Magalhães Pinto.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/207/indicacao_38.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/207/indicacao_38.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a revitalização do Poliesportivo da Sapolândia.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indicada que seja providenciada a manutenção da Estrada da Tapuia.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/209/indicacao_40.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/209/indicacao_40.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o Exmo. Senhor Prefeito para que encaminhado a esta Casa Legislativa, resposta a seguinte solicitação: _x000D_
 - Existe algum projeto de revitalização ou qualquer outra solução para a erosão da Rua 13 de maio? Caso a resposta seja afirmativa, favor encaminhar cópia do projeto para o Poder Legislativo._x000D_
 - Caso a resposta da primeira pergunta seja negativa, qual o motivo de não ter havido nenhuma mobilização da Administração para a solução do problema?</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/210/indicacao_41.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/210/indicacao_41.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja requerido do Ilmo. Sr. Secretário de Esportes, Lazer, Cultura e Eventos, a instalação de pelo menos dois parques de Calistenia/Street Workout nas praças do município.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_42.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_42.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a remoção das raízes e troncos de árvores mortas na Pç. Tenente  Zacarias  Zica (Pç. Abaeté).</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/212/indicacao_43.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/212/indicacao_43.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a recuperação das estradas rurais da malha viária em especial  as estradas das Gerais, Tapuias e Jabuticaba.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Aurivaldo Donizette da Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/213/indicacao_44.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/213/indicacao_44.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada com a urgência que o caso requer a manutenção do muro de contenção da Avenida dr. Di. com Rua Piauí.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/214/indicacao_46.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/214/indicacao_46.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada a possibilidade de encaminhar Projeto de Lei à esta Casa Legislativa, alterando a atual lei de subvenções sociais para incluir a Associação da Comunidade de Anta dos Coelhos.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Indicado que seja providenciada com a urgência que o caso requer, a cobertura em lona e a drenagem da lage do prédio da Casa de Cultura.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/216/indicacao_48.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/216/indicacao_48.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que o Executivo analise a possibilidade de envio à esta Casa Legislativa projeto de lei que institui o programa de incentivo ao desconto de IPTU, denominado "IPTU VERDE" e dá outras providências.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a sinalização dos quebra-molas na Rua Tapajós, com sinalização vertical e horizontal.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/218/indicacao_50.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/218/indicacao_50.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada possibilidade de construir boxes e banheiros ou coberturas para os feirantes que comercializam sues produtos na Pç. Getúlio Vargas.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_52.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_52.2019.pdf</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_53.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_53.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de um novo mata-burro na estrada que liga Dores do Indaiá ao Quartel São João.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/222/indicacao_54.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/222/indicacao_54.2019.pdf</t>
   </si>
   <si>
     <t>Indicada que seja providenciada a contratação de um profissional para operar o ultrassom da Clínica Municipal Fábio Nelson Fiuza.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/223/indicacao_55.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/223/indicacao_55.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo quanto a viabilidade de realizar a pavimentação da Rua Maurílio Tibúrcio, no bairro das Indústrias.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/225/indicacao_56.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/225/indicacao_56.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a manutenção das faixas de pedestres nas ruas do município.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Indicado que seja providenciado com a urgência que o caso requer a recuperação da pavimentação da Rua Jonas Pires esquina com Rua Geraldo Felipe de Souza na entrada para Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/227/indicacao_58.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/227/indicacao_58.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado com a urgência que o caso requer o escoamento das águas pluviais que encontram na esquina das Ruas Vista Alegre com Rua Tapuias, no bairro São José.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/228/indicacao_59.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/228/indicacao_59.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja apresentada ao Secretário Municipal de Esportes, Lazer, Cultura e Eventos a sugestão de transformar a antiga Igreja Brasileira em Museu da Congada.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/229/indicacao_60.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/229/indicacao_60.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que a Prefeitura Municipal através da Secretaria Municipal de Administração, busque junto à CEMIG -Companhia Energética de Minas Gerais, solução para o problema recorrente da falta de energia elétrica que tanto tem prejudicado os munícipes nos últimos dias, criando condições análogas à década de 60, quando ainda tinha um sistema elétrico não compatível com a realidade local.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/230/indicacao_61.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/230/indicacao_61.2019.pdf</t>
   </si>
   <si>
     <t>Indicada que seja providenciada pela Secretaria de Obras do Município estudo quanto a viabilidade de mudança para mão única a Rua Marajós, no sentido bairro Aeroporto, no intervalo entre as ruas Aimorés e Xavantes.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/231/indicacao_62.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/231/indicacao_62.2019.pdf</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/232/indicacao_63.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/232/indicacao_63.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a capina nas ruas do Município.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/233/indicacao_64.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/233/indicacao_64.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a recuperação imediata da Ponte do Ribeirão dos Veados.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/234/indicacao_65.2019.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/234/indicacao_65.2019.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada recuperação imediata da Ponte Córrego da Máquina.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/235/01.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/235/01.pdf</t>
   </si>
   <si>
     <t>Requerido deste Parlamento que solicite do Conselho Municipal dos Direitos da Criança e do Adolescente, e, do Conselho Municipal de Educação, informações referente ao início do ano letivo escolar municipal.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/236/02.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/236/02.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhada solicitação ao Exmo. Sr. Prefeito para que responda através do setor competente as seguintes questões:_x000D_
 -Número de contratos em 2019, em todas as áreas da Administração Municipal, exceto a Educação. Como a especificação dos cargos e do titular dos referidos contratos_x000D_
 -Número de contrato em 2019, efetuados através do Departamento Municipal de Licitação, para atender a parte operacional e administrativa do Executivo em cada uma das Secretarias. Com especificação dos cargos e do titular dos referidos contratos._x000D_
 -Número de contrato previsto para a Educação para o início do ano escolar e letivo previstos para 27/02 e 06/03/2019, respectivamente? Com especificações dos cargos e do quantitativo para cada modalidade._x000D_
 - Quantos contratos já efetuados pela Secretaria Municipal de Educação em 2019, com a exposição de motivos, uma vez que o ano escolar e letivo começará apenas em 27/02 e 06/03/2019. Com especificação dos cargos e dos titulares dos referidos contratos.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/237/04.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/237/04.pdf</t>
   </si>
   <si>
     <t>Indicado que seja informado a esta Casa Legislativa quantos imóveis foram alienado e qual o valor arrecado atá a presente data com as prestações das casas vendidas aos cidadãos que negociaram com a Construtora D'avilla Reis Ltda.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/238/05.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/238/05.pdf</t>
   </si>
   <si>
     <t>Indicado que o Exmo. Sr. Prefeito informe a esta Casa Legislativa quando providenciará a iluminação no fim da Rua Henrique Giordani, no cruzamento com a Rua Miguel de Paula Zica, no bairro Oswaldo de Araújo e na Rua Geraldo Felipe de Sousa que dá acesso ao Residencial.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/239/06.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/239/06.pdf</t>
   </si>
   <si>
     <t>Requerido que seja informado a esta Casa Legislativa quais providências estão sendo tomadas quanto a erosão localizada no entrocamento das ruas São Paulo com Rua Dr. Zacarias.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/240/07.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/240/07.pdf</t>
   </si>
   <si>
     <t>Indicado ao setor competente para que encaminhe a esta Casa Legislativa toda documentação relativa aos materiais e recursos financeiros empregados na obra realizada na APA - Área de Proteção Ambiental da Praça da Av. Irmã Inês.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/241/08.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/241/08.pdf</t>
   </si>
   <si>
     <t>Requerido seja oficiado o Exmo. Senhor Prefeito para que encaminhe ao setor competente para que responda que medidas foram ou estão sendo tomadas para resolver o problema das águas pluviais que invadem as casas da Rua Jaime de Paula no bairro Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/242/09.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/242/09.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Exmo. Senhor Prefeito para que encaminhe ao setor competente a seguinte solicitação:_x000D_
 - que seja informada a esta Casa Legislativa qual o acervo de máquinas e implementos agrícolas pertencentes ao município, seu estado geral, e em caso de não existir nenhuma máquina e/ou implemento explicar o que ocorreu com os equipamentos que compunham a patrulha mecanizada;_x000D_
 - encaminhar a Casa Legislativa explicação quanto à utilização do trator doado através de emenda parlamentar.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/243/10.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/243/10.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado ao Exmo. Senhor Prefeito para que através do setor competente envie ao Poder Legislativo cópias do contrato, projeto básico, planilha orçamentária, memorial descritivo  e cronograma físico-financeiro, relativo à execução dos serviços de restauração da cobertura do prédio da Casa de Cultura.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/244/11.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/244/11.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado ao Ilmo. Senhor Daniel Antunes Neto - gerente do distrito operacional da COPASA na cidade de Bom Despacho para que analise e dê uma solução a erosão em estágio avançado que se encontra no cruzamento das Ruas São Paulo com Dr. Zacarias, no centro da cidade.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/245/12.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/245/12.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Ilmo. Senhor Daniel Antunes Neto - Gerente do Distrito Operacional da COPASA na cidade de bom Despacho para que responda as seguintes informações:_x000D_
 - Se a COPASA já recebeu a cessão da área destinada a instalação da estação elevatória de esgotamento sanitário, autorizado pela Lei nº 2.830/2019;_x000D_
 - Em caso afirmativo, qual a data prevista para o início da implantação da estação elevatória de esgotamento sanitário da Rua Quartel Geral, no bairro Aeroporto.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/246/13.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/246/13.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado ao Exmo. Senhor Prefeito para que através do setor competente envie ao Poder Legislativo documento contendo a relação de todos os licitantes que participaram das licitações referentes à contratação de empresa para pavimentação de ruas em asfalto e ou calçamento poliédrico desde 2013 até a presente data;_x000D_
 Informar discriminadamente cada licitante que concorreu e os que venceram cada certame.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/247/14.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/247/14.pdf</t>
   </si>
   <si>
     <t>Requirido que seja encaminhado a esta Casa Legislativa documento que comprovem a legalidade da Rua Geraldo Felipe de Souza no trecho que dá acesso ao Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/248/15.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/248/15.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a esta Casa Legislativa cópia do Estatuto ou norma regulamenta do CMDA, e cópia da ata que deu posse ao Secretário Municipal de Assistência Social como Presidente do CMDCA.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/249/16.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/249/16.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado ao Assessor de Projetos do Município , Ilmo. Sr. Ricardo Faustini Poltroniério, convocação, para que o mesmo compareça na Reunião Ordinária da Câmara Municipal em 04 de junho de 2019 às 19 horas.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/250/17.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/250/17.pdf</t>
   </si>
   <si>
     <t>Requerido que sejam enviadas ao Parlamento informações quanto ao pagamento de aluguel do prédio que abriga a Escola Municipal Benjamim Guimarães.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/251/18.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/251/18.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a Casa Legislativa cópia de todos os contratos dos oficineiros lotados na Secretaria de Assistência Social desde o ano de 2013 até a presente data.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/252/19.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/252/19.pdf</t>
   </si>
   <si>
     <t>Requerido deste Parlamento que solicite do IPSEMDI, informações referente à atual situação do instituto.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/253/20.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/253/20.pdf</t>
   </si>
   <si>
     <t>Requerido que a Secretaria Municipal de Lazer, Esportes, Cultura, Eventos e Turismo e Coordenação Municipal de Cultura encaminhe para esta Casa Legislativa, informações a respeito da Política Municipal de Proteção do Patrimônio Histórico, Artístico e Cultural de nossa cidade, uma vez que pontuação  definitiva do ano de 2019 e a pontuação provisória do ano de 2020 mostram queda vertiginosa da pontuação junto ao IEPHAMG.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/254/21.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/254/21.pdf</t>
   </si>
   <si>
     <t>Requerido que se encaminhe à Técnica Ambiental do Município, Sra. Maria Cristian de Sousa, convocação, para que compareça na Reunião Ordinária da Câmara Municipal em 09 de julho de 2019, às 19 horas.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/255/22.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/255/22.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado ao Poder Legislativo todos os comprovantes de depósitos realizados à Vetor Norte Empreiteira Ltda-Me, relativa, ao contrato nº 102/2015,  quais quer outros pagamentos que possam ter ocorrido.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/256/24.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/256/24.pdf</t>
   </si>
   <si>
     <t>Requerido que seja encaminhado a este Poder Legislativo cópias de todos os contratos do Município com pessoas jurídicas e/ou físicas que prestaram ou prestam  serviços nas áreas de Assessoramento Contábil, Fiscal, Tributário e Advocatício, desde o ano de 2013 atá a presente data.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/257/25.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/257/25.pdf</t>
   </si>
   <si>
     <t>Requerido que seja oficiado o Diretor Geral da ANEEL para o mesmo tenha ciência dos acontecimentos ocorridos neste município devido as constantes interrupções no fornecimento de energia elétrica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1382,68 +1382,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_01.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/171/indicacao_02.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_03.2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_04.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_05.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_06.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_07.2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_08.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_09.2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_10.2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_11.2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/181/indicacao_12.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/182/indicacao_13.2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_14.2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_15.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/185/indicacao_16.2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/186/indicacao_19.2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_18.2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/188/indicacao_19.2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/189/indicacao_20.2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_21.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_22.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/192/indicacao_23.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_24.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/194/indicacao_25.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_26.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_27.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_28.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/198/indicacao_29.2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/199/indicacao_30.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/200/indicacao_31.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/201/indicacao_31.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/202/indicacao_33.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/203/indicacao_34.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_35.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/205/indicacao_36.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/206/indicacao_37.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/207/indicacao_38.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/209/indicacao_40.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/210/indicacao_41.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_42.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/212/indicacao_43.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/213/indicacao_44.2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/214/indicacao_46.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/216/indicacao_48.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/218/indicacao_50.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_52.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_53.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/222/indicacao_54.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/223/indicacao_55.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/225/indicacao_56.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/227/indicacao_58.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/228/indicacao_59.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/229/indicacao_60.2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/230/indicacao_61.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/231/indicacao_62.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/232/indicacao_63.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/233/indicacao_64.2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/234/indicacao_65.2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/235/01.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/236/02.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/237/04.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/238/05.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/239/06.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/240/07.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/241/08.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/242/09.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/243/10.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/244/11.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/245/12.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/246/13.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/247/14.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/248/15.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/249/16.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/250/17.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/251/18.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/252/19.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/253/20.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/254/21.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/255/22.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/256/24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/257/25.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_01.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/171/indicacao_02.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_03.2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_04.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_05.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_06.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_07.2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_08.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_09.2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_10.2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_11.2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/181/indicacao_12.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/182/indicacao_13.2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_14.2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_15.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/185/indicacao_16.2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/186/indicacao_19.2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_18.2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/188/indicacao_19.2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/189/indicacao_20.2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_21.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_22.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/192/indicacao_23.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_24.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/194/indicacao_25.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_26.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_27.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_28.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/198/indicacao_29.2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/199/indicacao_30.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/200/indicacao_31.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/201/indicacao_31.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/202/indicacao_33.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/203/indicacao_34.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_35.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/205/indicacao_36.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/206/indicacao_37.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/207/indicacao_38.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/209/indicacao_40.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/210/indicacao_41.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_42.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/212/indicacao_43.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/213/indicacao_44.2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/214/indicacao_46.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/216/indicacao_48.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/218/indicacao_50.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_52.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_53.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/222/indicacao_54.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/223/indicacao_55.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/225/indicacao_56.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/227/indicacao_58.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/228/indicacao_59.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/229/indicacao_60.2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/230/indicacao_61.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/231/indicacao_62.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/232/indicacao_63.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/233/indicacao_64.2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/234/indicacao_65.2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/235/01.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/236/02.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/237/04.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/238/05.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/239/06.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/240/07.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/241/08.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/242/09.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/243/10.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/244/11.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/245/12.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/246/13.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/247/14.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/248/15.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/249/16.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/250/17.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/251/18.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/252/19.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/253/20.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/254/21.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/255/22.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/256/24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2019/257/25.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>