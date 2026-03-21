--- v0 (2025-12-21)
+++ v1 (2026-03-21)
@@ -51,1062 +51,1062 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indicado a colocação de postes de iluminação na extensão da Rua Henrique Giordani, no trecho abaixo da Rua Espírito Santo.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Indicado que seja feito um quebra-molas na Praça Getúlio Vargas, próximo ao número 41.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/525/03.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/525/03.pdf</t>
   </si>
   <si>
     <t>Indicado que seja reconstruído a parte do meio-fio que se encontra danificado na Rua Primeiro de Maio próximo aos números 147 e 135.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/524/04.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/524/04.pdf</t>
   </si>
   <si>
     <t>Indicado a reconstrução do meio fio do passeio localizado na Av. Magalhães Pinto esquina com a Rua Padre Luiz.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/526/05.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/526/05.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito um quebra-molas na Rua Quartel Geral no Bairro Aeroporto.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/527/06.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/527/06.pdf</t>
   </si>
   <si>
     <t>Indicado que sejam disponibilizadas funcionárias para a varrição e limpeza da Av. Jonas Pires, no bairro Osvaldo Soares.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/528/07.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/528/07.pdf</t>
   </si>
   <si>
     <t>Indicado que seja regulamentado o estacionamento no canteiro central da Avenida Jonas Pires, no bairro Osvaldo Soares.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Leonardo Diógenes Coelho</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/529/08.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/529/08.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa Legislativa projeto de lei regulamentando o comércio ambulante no município.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/530/09.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/530/09.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito quebra-molas na Rua Capitão Amaro no quarteirão localizado entre a Av. Santa Cruz e Rua Padre Luiz no bairro São Sebastião.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/531/10.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/531/10.pdf</t>
   </si>
   <si>
     <t>Indicado a possibilidade de divulgação e criação de Associações de Bairros no Município de Dores do Indaiá</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/532/11.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/532/11.pdf</t>
   </si>
   <si>
     <t>Indicado que instalado lixeiras na Praça Tenente Zacarias Zica - Praça Abaeté.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Osanan Velos o Santos</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/533/14.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/533/14.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado redutor de velocidade na Rua Distrito Federal entre os nº 314 e 261, no bairro Luiz de Fora.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/534/15.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/534/15.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado redutor de velocidade na Avenida da Saudade entre os nºs 270 e 280, no Centro.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/535/16.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/535/16.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado redutor de velocidade na esquina entre as ruas Dr. José Soares com Rio Grande do Sul, em frente o nº 641, no bairro Juiz de Fora.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Zé Roia</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/536/17.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/536/17.pdf</t>
   </si>
   <si>
     <t>Indicado que sejam instaladas placas de sinalização de trânsito (pare) no cruzamento das ruas Amazonas com Irmã Inês, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/537/18.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/537/18.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a recuperação da estrada rural Dores do Indaiá a Bom Despacho, nos dois sentidos de direção, ou seja, sentido a Capela e da Fazenda do Dr. José Carlos de Faria.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/538/19.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/538/19.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado à instalação de 02 (dois) braços de luz no poste da Rua Tamóios esquina com Irmã Inês, no bairro São Geraldo.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/539/20.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/539/20.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado à instalação de 02 (dois) braços de luz no poste da Rua Timbiras esquina com Irmã Inês, no bairro São José.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/540/21.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/540/21.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a troca de lâmpada no poste da Rua Mário Campos, nº 626, no bairro Triângulo, enfrente a Lanchonete do Chaulin.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/541/22.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/541/22.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a troca de lâmpadas nos postes das seguintes ruas no bairro São Sebastião: Rua Irmã Guimarães nº 25 e Rua 1º de Maio nº 163.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/542/23.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/542/23.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a troca da lâmpadas nos postes das seguintes ruas no bairro São José: Rua Timbiras enfrente aos nºs 400 e 405; Rua Guarani nº 56; Rua Carijós enfrente aos nºs 285 e 335 e 122; Rua Tupinambás enfrente aos nºs 220 e 134 e Rua Aimorés nº 507.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/543/24.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/543/24.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa Legislativa projeto de Lei instituindo a campanha de divulgação da Lei de incentivo ao esporte.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/544/25.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/544/25.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada poda de uma árvore na Rua Tupinambás nº 134, esquina com Tapajós, no bairro São José.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/547/26.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/547/26.pdf</t>
   </si>
   <si>
     <t>Indicado que seja efetuado a troca de tela do alambrado da quadra do poliesportivo - Antônio Rodrigues Filho, na Praça do Rosário.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/546/27.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/546/27.pdf</t>
   </si>
   <si>
     <t>Indicado que seja efetuado o recapeamento asfáltico da Av. Irmã Inês no trecho entre as ruas Pará e Caetés.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/545/28.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/545/28.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada a possibilidade de construção de uma rotatória no cruzamento entre as ruas - Padre Luiz, Guarani, Caetés e MG 176 próximo ao bar da Raquel.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/548/29.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/548/29.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado a limpeza na Praça da antiga Igreja Brasileira e no entorno do posto de Saúde São Sebastião.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/549/30.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/549/30.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada da construção de uma rotatória no cruzamento entre as ruas -Espírito Santo esquina com Maestra Angélica e Rua Sergipe próximo ao Terminal Rodoviário.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/550/31.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/550/31.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado a recuperação do calçamento poliédrico na Rua Tamóios, em frente ao nº 255, no bairro São Geraldo.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/551/32.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/551/32.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feita a limpeza da Rua localizada nos fundos das Residências da Rua Abaeté no bairro Aeroporto, além de uma fiscalização quanto ao despejo de lixo no referido campo de Aviação.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/552/33.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/552/33.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada a criação da Secretária Municipal da Juventude.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/553/34.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/553/34.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada a possibilidade de criar um local para os vendedores ambulantes no município.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/554/35.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/554/35.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada a possibilidade de instalar placas proibindo som automotivo nas proximidades templos religiosos, capelas velórios e escolas.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/555/indicacao_36.2017.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/555/indicacao_36.2017.pdf</t>
   </si>
   <si>
     <t>Indicado que sejam instaladas placas de parada obrigatória entre a Avenida Magalhães Pinto c/ Rua Padre Luiz, Rua entre a Rua Amazonas Pinto c/ Padre Luiz,  Avenida Irmã Inês esquina c/ Rua Capitão Amaro, Rua Goiás esquina com Avenida Francisco Campos e Rua Xavantes esquina c/ Rua Quartel Geral.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/556/37.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/556/37.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada a possibilidade de instalar placas indicativas de velocidade máxima permitida em locais de maior fluxo de veículos.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/557/38.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/557/38.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada a viabilidade de estender a vacinação contra influenza A/H1N1 aos seguintes estudantes universitários do município.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/558/39.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/558/39.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa Legislativa projeto de Lei instituindo a proteção e a preservação de nascentes e cursos d'água.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa Legislativa projeto de lei instituindo obrigatória a exibição de vídeos educativos antidrogas nas aberturas de shows, eventos artísticos e culturais no município.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/560/41.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/560/41.pdf</t>
   </si>
   <si>
     <t>Indicado que seja recolhido galhos oriundos da poda de árvores e que seja dada atenção a situação do asfalto da Rua Quartel Geral, enfrente ao nº 43 no bairro Aeroporto, na referida localidade esta formando uma depressão.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/561/42.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/561/42.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a limpeza das ruas nos bairros São Sebastião, São José, Aeroporto e Juiz de Fora.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/562/43.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/562/43.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a limpeza nas ruas no entorno da Praça do Morro da Capelinha e no canteiro central da Rua Marechal Deodoro.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/563/44.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/563/44.pdf</t>
   </si>
   <si>
     <t>Indicado a troca das lâmpadas no poste da Rua Tapajós esquina com Rua do Acre.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/564/45.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/564/45.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a limpeza geral no entorno ao PSF do bairro São José.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/565/46.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/565/46.pdf</t>
   </si>
   <si>
     <t>Indicado que designe ao Departamento competente a colocação de redutor de velocidade da Rua Espírito Santo na confluência com a Rua Mestra Angélica e Espírito Santo com Rua São José.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/566/47.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/566/47.pdf</t>
   </si>
   <si>
     <t>Indicado a limpeza da Rua do Acre, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/567/48.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/567/48.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado conserto do meio-fio da Praça Antônio Filizola no bairro São Sebastião.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Silvio Silva</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/568/49.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/568/49.pdf</t>
   </si>
   <si>
     <t>Indicado que os pedidos de regularização ambiental sejam protocolizados junto ao posto avançado do IEF mantido pela prefeitura que funciona na sala verde.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/569/50.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/569/50.pdf</t>
   </si>
   <si>
     <t>Indicado que seja estudada a possibilidade de realizar o aumento da remuneração do cargo de bioquímico do município.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/570/51.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/570/51.pdf</t>
   </si>
   <si>
     <t>Indicado a possibilidade de limpeza do barranco, antiga arquibancada localizada na Rua Orlando Giordani no bairro Osvaldo Soares Costa II, popularmente conhecido como Campinho.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/571/52.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/571/52.pdf</t>
   </si>
   <si>
     <t>Indicado que seja retirado o restante de materiais que foram utilizados na manutenção do calçamento da Rua Guaicurus e que se encontram depositados próximo ao número 277.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/572/53.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/572/53.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa cópia do contrato da empresa que presta serviços de manutenção de iluminação pública para o município.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/573/54.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/573/54.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado ao setor competente pedido solicitando a troca de lâmpadas queimadas na "PRAÇA ANTÔNIO MELATO".</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/574/55.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/574/55.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado ao setor competente pedido solicitando a troca de lâmpadas queimadas na "PRAÇA DO TRIÂNGULO".</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/575/56.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/575/56.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado ao setor competente pedido solicitando a poda das árvores da Praça Antônio Filizola.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/576/57.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/576/57.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado ao setor competente pedido solicitando a poda das árvores na Avenida Magalhães Pinto.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/577/58.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/577/58.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado ao setor competente pedido solicitando a poda das árvores na Rua Padre Luiz em frente a Praça de Esportes.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/578/59.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/578/59.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa projeto de Lei criando o Conselho Municipal da Juventude.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/579/60.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/579/60.pdf</t>
   </si>
   <si>
     <t>Indicado que seja viabilizado o cumprimento do Art. 148 da Lei Complementar nº 43 de 25 de julho de 2014, que institui o Código de Posturas do Município de Dores do Indaiá.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/580/61.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/580/61.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada instalação de um poste no final da Rua Tapajós.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/581/62.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/581/62.pdf</t>
   </si>
   <si>
     <t>Indicado que seja efetuado conserto no bueiro localizado na esquina das Ruas Magalhães Pinto c/ Edgar Pinto Fiúza.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/582/63.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/582/63.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a retirada da galhada seca na Rua Geraldo Filipe de Souza.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/583/64.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/583/64.pdf</t>
   </si>
   <si>
     <t>Indicado que seja efetuado reparo na Avenida Irmã Inês, em frente à Padaria do Paulo, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/584/65.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/584/65.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a retirada de entulhos e galhadas nas ruas: Xavantes, Oiapoque, Timbiras e Pompéu no bairro são José.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/585/66.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/585/66.pdf</t>
   </si>
   <si>
     <t>Indicado que seja efetuados reparos no calçamento do pátio de embarque e desembarque do Terminal Rodoviário.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/586/67.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/586/67.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado braço de luz no poste localizado na Rua Dr. José Soares esquina com Rua Mato Grosso, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/587/68.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/587/68.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito um estudo sobre a melhoria da sinalização da MG- 176 no trecho entre os trevos Dores do Indaiá - Quartel Geral e Dores do Indaiá - Luz.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/588/69.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/588/69.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa Legislativa projeto de lei aumentando os salários dos Conselheiros tutelares equiparando-os aos salário dos conselheiros das cidades vizinhas.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/589/70.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/589/70.pdf</t>
   </si>
   <si>
     <t>Indicado que seja solicitado à Secretaria de Educação Municipal a elaboração de estudo, a fim de inserir na educação dos alunos da rede pública atividade que trabalhem diretamente a formação.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/590/71.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/590/71.pdf</t>
   </si>
   <si>
     <t>Indicado que seja placas indicativas na entradas de cidade informando a existência do Grupo do Alcoólicos Anônimos e a sua localização.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/591/72.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/591/72.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a pavimentação asfáltica ou poliédrica da Rua Xingu entre os nº 11, 31, 35 e 47.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/592/73.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/592/73.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado o representante dos serviços de telefonia fixa no município par que providencie a manutenção da rede telefônica.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Indicado que seja realizado estudo com a finalidade de viabilizar no município a criação de uma Secretaria Municipal de Segurança.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/594/75.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/594/75.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado um poste de iluminação com braços duplos na Praça João Ferreira do Amaral "Pilatos".</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/595/76.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/595/76.pdf</t>
   </si>
   <si>
     <t>Indicado que sejam instaladas postes de iluminação na continuidade da Rua Geraldo Felipe de Souza, entrada para o Residencial Santa Cruz.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/596/77.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/596/77.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado braço de luz no poste localizado na Rua Goiás entre os números 687 e 740, no bairro de Fora.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/597/78.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/597/78.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a pavimentação asfáltica ou poliédrica no quarteirão da Rua Mário Lopes frente às residências de número 145 e 165 no bairro das Indústrias.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>José Oldack Pinto</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/598/79.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/598/79.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a retirada de entulhos e galhadas na Rua Xingu nas mediações da residência nº 11, no bairro São José.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Indicado que seja instalados sonorizadores na Rodovia Dona Maria da Dores Carneiro - MG 176 nas proximidades da curva do "Bispo", nos dois sentidos de direção.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/600/81.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/600/81.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa Legislativa projeto criando o Conselho Municipal de Direitos do Idoso.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/601/82.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/601/82.pdf</t>
   </si>
   <si>
     <t>Indicado que seja informado a esta Casa Legislativa se há profissional em fonoaudiologia contratado ou efetivo no município. Caso o município mantenha essa especialidade em seu quadro de servidores contratados ou efetivos que os disponibilize ao atendimento dos alunos da APAE por pelo menos duas vezes ao mês.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/602/83.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/602/83.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado um urgência a recuperação da localizada na Praça Tenente Zacarias Zica em frente ao nº 186.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/603/84.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/603/84.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado com urgência um trabalho de mapeamento e de reparos em todo sistema de iluminação pública do município.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/604/85.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/604/85.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalados pontos de wifi livre nas praças do município.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/670/66.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/670/66.pdf</t>
   </si>
   <si>
     <t>Indicado que sejam disponibilizadas funcionárias para a varrição e limpeza da Av. Jonas Pires no bairro Osvaldo Soares.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/684/78.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/684/78.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada a pavimentação asfáltica da Rua Xavantes no bairro São José.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1413,68 +1413,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/525/03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/524/04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/526/05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/527/06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/528/07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/529/08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/530/09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/531/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/532/11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/533/14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/534/15.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/535/16.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/536/17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/537/18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/538/19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/539/20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/540/21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/541/22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/542/23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/543/24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/544/25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/547/26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/546/27.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/545/28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/548/29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/549/30.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/550/31.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/551/32.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/552/33.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/553/34.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/554/35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/555/indicacao_36.2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/556/37.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/557/38.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/558/39.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/560/41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/561/42.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/562/43.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/563/44.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/564/45.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/565/46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/566/47.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/567/48.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/568/49.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/569/50.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/570/51.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/571/52.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/572/53.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/573/54.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/574/55.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/575/56.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/576/57.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/577/58.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/578/59.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/579/60.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/580/61.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/581/62.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/582/63.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/583/64.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/584/65.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/585/66.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/586/67.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/587/68.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/588/69.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/589/70.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/590/71.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/591/72.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/592/73.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/594/75.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/595/76.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/596/77.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/597/78.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/598/79.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/600/81.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/601/82.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/602/83.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/603/84.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/604/85.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/670/66.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/684/78.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/525/03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/524/04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/526/05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/527/06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/528/07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/529/08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/530/09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/531/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/532/11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/533/14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/534/15.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/535/16.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/536/17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/537/18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/538/19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/539/20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/540/21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/541/22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/542/23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/543/24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/544/25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/547/26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/546/27.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/545/28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/548/29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/549/30.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/550/31.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/551/32.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/552/33.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/553/34.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/554/35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/555/indicacao_36.2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/556/37.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/557/38.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/558/39.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/560/41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/561/42.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/562/43.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/563/44.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/564/45.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/565/46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/566/47.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/567/48.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/568/49.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/569/50.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/570/51.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/571/52.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/572/53.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/573/54.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/574/55.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/575/56.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/576/57.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/577/58.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/578/59.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/579/60.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/580/61.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/581/62.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/582/63.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/583/64.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/584/65.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/585/66.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/586/67.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/587/68.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/588/69.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/589/70.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/590/71.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/591/72.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/592/73.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/594/75.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/595/76.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/596/77.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/597/78.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/598/79.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/600/81.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/601/82.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/602/83.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/603/84.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/604/85.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/670/66.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2016/684/78.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>