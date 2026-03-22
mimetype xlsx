--- v0 (2025-12-21)
+++ v1 (2026-03-22)
@@ -51,1182 +51,1182 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/605/01.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/605/01.pdf</t>
   </si>
   <si>
     <t>Indicado que seja tomado providências com uma certa urgência na conclusão da galeria pluvial no quarteirão da Rua Abaeté. localizado no trecho entre a Rua Bom Despacho e Serra da Saudade, bairro Aeroporto.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/606/02.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/606/02.pdf</t>
   </si>
   <si>
     <t>Indicado a possibilidade de poda da árvores da Avenida Magalhães Pinto, adotando um estilo e/ou formato uniforme para as mesmas, com já existe em alguns locais na Cidade.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/607/03.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/607/03.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito o calçamento no trecho restante da Rua Tocantins, no bairro São Geraldo.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/608/04.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/608/04.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado obra na Rua Serra da Saudade, próximo ao nº 81, no bairro Aeroporto, consistente em abrir passagem para águas das chuvas, ou construir uma boca lobo, haja vista, que as águas das chuvas estão se represando naquela localidade, trazendo transtornos aos moradores.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/609/05.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/609/05.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado obra na Rua Abaeté, no bairro Aeroporto, consistente em abrir passagem para as águas das chuvas, haja vista que os moradores daquela localidade constantemente são surpreendidos pela invasão das águas em suas moradias.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/610/06.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/610/06.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada poda das árvores e trocadas das lâmpadas dos postes de iluminação no final da Rua Magalhães Pinto.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/611/07.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/611/07.pdf</t>
   </si>
   <si>
     <t>Indicado que seja construídas "barraginhas" nas propriedades rurais, com objetivo de conter processos erosivos superficiais, aumentar a infiltração da água no solo, abastecer o lençol freático, prover  as nascentes de água e assim aumentar a vazão de água na bacia, com mais proteção ás nascentes e menor assoreamento dos mananciais.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/612/08.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/612/08.pdf</t>
   </si>
   <si>
     <t>Indicado que sejam instalados braços duplos nos postes localizados na esquina da Avenida Santa Cruz com Rua Pará e Rua Padre Luiz com Rua Pará, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/613/09.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/613/09.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado a remoção de um poste local ora referenciado - Avenida Magalhães Pinto enfrente ao nº 754, bairro São Sebastião.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/614/10.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/614/10.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito um quebra-molas na Rua Carijós esquina com a Rua Tamoios e também na Rua Tupinambás esquina com a Rua Tamoios.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/615/11.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/615/11.pdf</t>
   </si>
   <si>
     <t>Indicado que seja terminado o mais rápido possível a recuperação do gramado do Campo de Futebol na Praça De Esporte Aristides Borges Gontijo.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/616/12.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/616/12.pdf</t>
   </si>
   <si>
     <t>Indicado que seja criada a Ouvidoria Municipal do Município de Dores do Indaiá, tendo como principal finalidade promover um elo de ligação entre a população e o Poder Público Municipal.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/617/13.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/617/13.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado projeto de Lei com a finalidade de criar o CAPSAD (Centro de Atenção Psicossocial Álcool e Drogas)</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/618/14.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/618/14.pdf</t>
   </si>
   <si>
     <t>Indicado que seja apresentado a esta edilidade projeto de lei criando, no âmbito da Secretaria Municipal de Educação, a função de Mediador Socioeducativo.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/619/15.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/619/15.pdf</t>
   </si>
   <si>
     <t>Indicado que seja tomados providências para a melhoria na iluminação pública da Av. Jonas Pires, no bairro Osvaldo Soares.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/620/16.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/620/16.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feita a campanha visando o objetivo se estar vacinando as cadelas do Município a fim de evitar um procriação desordenada, situação esta que vem elevando cada vez mais o número de cães abandonados e consequentemente colocando em risco a saúde da população dorense.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/621/17.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/621/17.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizados os devidos reparos na ponte do ribeirão dos Patos estrada Dores do Indaiá à Bom Despacho.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/622/18.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/622/18.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizadas obras na estrada de Dores do Indaiá à Bom Despacho, em especial nas imediações comunidade São Bento.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/623/19.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/623/19.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito quebra-molas na Rua José Alves Salgado no bairro São Sebastião.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/624/20.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/624/20.pdf</t>
   </si>
   <si>
     <t>Indicado que a limpeza do barranco, arquibancada localizada na Rua Orlando Giordani no bairro Osvaldo Soares Costa II, popularmente conhecido com Campinho.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/625/21.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/625/21.pdf</t>
   </si>
   <si>
     <t>Indicado que seja tomados providências no sentido de se estar executando a limpeza a manutenção do Cemitério local e em seu entorno.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/626/22.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/626/22.pdf</t>
   </si>
   <si>
     <t>Indicado que seja dada manutenção nas quadras de areia localizadas na Praça Alexandre Lacerda Filho, popularmente conhecida com Praça do Cem.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/627/23.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/627/23.pdf</t>
   </si>
   <si>
     <t>Indicado que seja alterada a Lei Municipal nº 2.336, de 29 de outubro de 2009, para que aumente o valor do subsídio dos Conselheiros Tutelares, elevando ao valor de pelo menos R$ 1.000,00(mil reais).</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/628/24.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/628/24.pdf</t>
   </si>
   <si>
     <t>Indicado que seja criada a Guarda Municipal para promover a segurança complementar aos cidadãos deste Município.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/629/25.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/629/25.pdf</t>
   </si>
   <si>
     <t>Indicado que seja dada manutenção nas quadras de areia, localizadas na Praça Alexandre Lacerda Filho, popularmente conhecida como Praça do Cem, fazendo ali o replantio de grama e não a colocação de areia, desconsiderando assim a indicação 22/2015.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/630/26.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/630/26.pdf</t>
   </si>
   <si>
     <t>Indicado que seja dada manutenção na quadra da Escola Municipal Irmã Maria Luíza de Marilac.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/631/27.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/631/27.pdf</t>
   </si>
   <si>
     <t>Indicado que designe ao Departamento competente que seja utilizado carreta, trator ou caçamba nos dias de podas de árvores e que se organizem para executarem toda a tarefa de uma só vez no mesmo quarteirão.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/632/28.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/632/28.pdf</t>
   </si>
   <si>
     <t>Indicado que seja reencaminhado a este parlamento Projeto de Lei alterando a Lei 2.137/2005.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/633/29.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/633/29.pdf</t>
   </si>
   <si>
     <t>Indicado que seja colocado banco na Praça Joaquim Jorge de Carvalho em frente o nº 133.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/634/30.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/634/30.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhe a esta Casa Legislativa Projeto de Lei para implantação de Plano de Segurança Pública através de câmeras de monitoramento com sistema de gestão de imagem.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/635/31.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/635/31.pdf</t>
   </si>
   <si>
     <t>Indicado que seja efetuado limpeza a recuperação da ruas no entorno do Posto de Saúde do bairro São José, bem com a melhoria da iluminação naquela localidade.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/636/32.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/636/32.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito o calçamento da Rua Vista Alegre localizada no bairro São José.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/637/33.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/637/33.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizado um estudo com finalidade de reativar a Creche Menino Jesus II, localizado à Rua Guicurus, nº 61, no bairro São José.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/638/34.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/638/34.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feita dada a manutenção na entrada do Residencial Santa Cruz, seja ela calçamento poliédrico ou pavimentação asfáltica e ainda a colocação de postes de iluminação no referido local.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/639/35.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/639/35.pdf</t>
   </si>
   <si>
     <t>Indicado que o arvoredo da Praça de Esportes Aristides Borges Gontijo seja podado, tanto o localizado a frente na Rua Padre Luiz, como também o localizado nos fundos na Avenida Santa Cruz.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/640/37.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/640/37.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a pavimentação do trecho da Rua Irmã Inês entre as Rua Maranhão e Pará no bairro São Sebastião.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/641/37.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/641/37.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a pavimentação do trecho da Rua Irmã Inês entre as Ruas Maranhão e Pará no bairro São Sebastião.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/642/38.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/642/38.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado operação tapa buracos nas Ruas Rio Grande do Norte esquina com Marechal Deodoro e Irmã Inês esquina Rio Grande do Norte.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/643/39.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/643/39.pdf</t>
   </si>
   <si>
     <t>Indicado a mesa diretora desa Casa Legislativa que viabilize as transmissões das reuniões plenárias desta Casa de Lei ao vivo pela lei ao vivo pela internet em tempo real via streaming (som e imagem) e que as gravações e imagens fiquem disponíveis no site deste parlamento para acesso ao público.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/644/40.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/644/40.pdf</t>
   </si>
   <si>
     <t>Indicado ao Exmo. Prefeito Municipal Ronaldo Antônio Zica da Costa, que providencie junto aos seus setores competentes os procedimentos legais para viabilizar Projeto de Lei reativando o apostilamento dos servidores efetivos municipais em cargos de livre nomeação e exoneração.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/645/41.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/645/41.pdf</t>
   </si>
   <si>
     <t>Indicado que seja colocada placa com a informação proibido jogar lixo no início da estrada rural Dores do Indaiá/Serra da Saudade.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/646/42.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/646/42.pdf</t>
   </si>
   <si>
     <t>Indicado que seja enviado a esta Casa Legislativa - Projeto de Lei Autorização a Concessão de Uso de Bem Público Municipal ao Movimento Terço dos Homens.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/647/43.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/647/43.pdf</t>
   </si>
   <si>
     <t>Indicado que seja efetuado, em caráter de urgência, os reparos necessários na ponte do Ribeirão dos Patos, localizada que liga Dores do Indaiá a Bom Despacho.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/648/44.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/648/44.pdf</t>
   </si>
   <si>
     <t>Indicado o fornecimento de uniformes para os servidores públicos municipais da área operacional.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/649/45.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/649/45.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instaladas placas de sinalização nas rotatórias do Bairro Osvaldo Soares Costa, uma localizada enfrente a Escola Municipal Mestre Tônico e outra na Rua João Martins da Costa nas proximidades do parque de exposições.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/650/46.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/650/46.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito um quebra molas na Av. Doutor Di esquina com a Rua Paraíba, no bairro Vale do Sol.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/651/47.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/651/47.pdf</t>
   </si>
   <si>
     <t>Indicado que seja verificado a possibilidade de poda da árvore que se encontra localizada na Rua Sete de Setembro esquina com a Rua Goiás seja podada.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/652/48.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/652/48.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado ao Prefeito Municipal para que este designe ao Departamento competente a instalação de postes de iluminação pública na rua Belmiro Teles de Carvalho, no bairro Osvaldo de Araújo.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/653/49.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/653/49.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalação de redutor na Av. Irmã Inês esquina com rua Irmã Guimarães, no bairro São Sebastião e Av. Irmã Inês Esquina com Rua Dr. Ovídio - bairro São Sebastião.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/654/50.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/654/50.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de redutor de velocidade nas ruas Beco Guimarães esquina com Rua Bororós e Rua Xavantes esquina com a rua Quartel Geral, no bairro São José.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/655/51.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/655/51.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de redutores de velocidade nas ruas Dr. Di esquina com Rua São Paulo, Rua Edgar Pinto Fiuza esquina Rua São Paulo e Av. Minas Gerais esquina com rua Dr. Edgard Pinto Fiuza, no bairro Rosário.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/656/55.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/656/55.pdf</t>
   </si>
   <si>
     <t>Indicado a instalação de postes de iluminação pública no final da Rua Tapajós, bairro São Geraldo, e rua Beco Guimarães esquina com Guajajaras, rua Xavantes esquina com Juca Lima e Rua Guaicurus no bairro São José.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/657/54.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/657/54.pdf</t>
   </si>
   <si>
     <t>Indicado que seja divulgada e incentivada a criação de Associações de bairros no município de Dores do Indaiá, tendo como principal finalidade promover um elo de ligação entre os moradores dos bairros e o poder público municipal.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/658/55.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/658/55.pdf</t>
   </si>
   <si>
     <t>Indicado a pavimentação do Beco Xavantes, no bairro São José.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/659/56.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/659/56.pdf</t>
   </si>
   <si>
     <t>Indicado a recomposição da pavimentação do trecho da Rua Tiradentes, localizados quarteirão entre as Rua Paraíba e Alagoas.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/660/57.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/660/57.pdf</t>
   </si>
   <si>
     <t>Indicado seja revitalizada obra de revitalização dos meios fios na rotatória da Rua Distrito Federal com Rua Jonas Pires, no bairro Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/662/57.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/662/57.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada obra de revitalização dos meios fios na rotatória da Rua Distrito Federal com Rua Jonas Pires, no bairro Osvaldo Soares Costa.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/661/58.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/661/58.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado redutor de velocidade na Rua Benedito Valadares, defronte do o comércio do Zezé do cachorro quente no bairro São Sebastião.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/663/59.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/663/59.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção de uma depressão no calçamento poliédrico da Rua Amazonas esquina com Marechal Deodoro em frente ao nº 416, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/664/60.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/664/60.pdf</t>
   </si>
   <si>
     <t>Indicado a pintura das faixas de pedestres e dos redutores de velocidade nas ruas da cidade.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/665/61.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/665/61.pdf</t>
   </si>
   <si>
     <t>Indicado ao prefeito municipal que havendo possibilidade orçamentária envie a esta Casa Legislativa Projeto de Lei aumentando o valor da subvenção social concedida a Associação dos Congadeiros no valor de até R$80.000,00 para o exercício financeiro do ano de 2016.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/666/62.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/666/62.pdf</t>
   </si>
   <si>
     <t>Indicado feita a sinalização de trânsito nos quarteirões da Rua Paraíba esquina com Rua Doutor Pinto Fiúza e Av. Doutor Di, no bairro Vale do Sol.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/667/63.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/667/63.pdf</t>
   </si>
   <si>
     <t>Indicado que sejam incluídos na relação de locais com possibilidade de serem pavimentados em um futuro próximo os trechos da Rua Amazonas e Rua Pará, localizados entre a Av. Doutor Di e Travessa Cassimiro de Abreu, o trecho do final da Av. Magalhães Pinto e a Rua Machado de Assis.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/668/64.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/668/64.pdf</t>
   </si>
   <si>
     <t>Indicado a pavimentação asfáltica de toda a rua Guarani, situada no bairro São José deste município.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/669/65.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/669/65.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito um quebra molas no início da Rua Abaeté, defronte ao número 15, no bairro Aeroporto.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/671/66.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/671/66.pdf</t>
   </si>
   <si>
     <t>Indicado que sejam disponibilizadas funcionárias para a varrição e limpeza da Av. Jonas Pires, no bairro Osvaldo Soares.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/672/67.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/672/67.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiada a Secretaria de Obras Município para que esta instale placas de sinalização "PARE", no cruzamento  da Rua Dr. Edgar Pinto Fiúza com Avenida Minas Gerais e no cruzamento da Rua Dr. Edgar Pinto Fiúza com Rua São Paulo.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indicado que seja instalado cerca ou tela de proteção paralela ao córrego localizado na Rua Francisco dos Santos, no bairro Vale do Sol, e a instalação de placas proibindo jogar lixo naquela localidade.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Indicado que seja construído meio fio da Rua Miguel Almeida Barbosa e que seja providenciado o plantio de gramas no jardim do Morro da Capelinha.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/675/70.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/675/70.pdf</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/676/71.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/676/71.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado ao exmo. Senhor Prefeito encaminhe a esta Egrégia Casa projeto de lei no intuito de conceder um dia de folga remunerada aos servidores municipais no dia de seu aniversário.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/677/72.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/677/72.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito um quebra molas no cruzamento da Rua Goiás com a Rua Doutor Edgar Pinto Fiúza.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/678/73.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/678/73.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a instalação de uma Guarita no trevo da MG 176 no km próximo ao Parque de Exposições Sigefredo Costa.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/679/74.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/679/74.pdf</t>
   </si>
   <si>
     <t>Indicado que providencie a instalação de recipiente para coleta de lixo e de uma pena d'água no ponto de táxi em frente à Santa Casa de Misericórdia Dr. Zacarias.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/680/75.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/680/75.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada a pavimentação asfáltica da Rua Mato Grosso, no bairro Juiz de Fora.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/681/76.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/681/76.pdf</t>
   </si>
   <si>
     <t>Indicado que seja instalado redutor de velocidade no Beco Guimarães esquina com Aimorés no bairro São José.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/682/77.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/682/77.pdf</t>
   </si>
   <si>
     <t>Indicado que seja oficiado ao Exmo. Sr. Prefeito Municipal requerendo que solicite junto a CEMIG no intuito de requere a remoção de um poste de ilumunição localizado na Rua Capitação Amaro em frente ao nº 568 no bairro São Sebastião.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/683/78.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/683/78.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada a pavimentação asfáltica da Rua Xavantes no bairro São José.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/685/79.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/685/79.pdf</t>
   </si>
   <si>
     <t>Indicado que seja efetuado o calçamento no Beco Guimarães esquina com Rua Cataguases no bairro São José.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/686/80.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/686/80.pdf</t>
   </si>
   <si>
     <t>Indicado que seja realizada a pavimentação através de calçamento na Rua Miguel Almeida de Barbosa no bairro São Sebastião.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/687/81.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/687/81.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a limpeza nas ruas no entorno do Posto de Saúde e da Igreja Brasileira no bairro São Sebastião.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/688/82.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/688/82.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado o recolhimento de entulhos e a pintura dos meio-fios no bairro Aeroporto.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/689/83.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/689/83.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a capina e limpeza do canteiro central da Avenida Doutor Di.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/690/84.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/690/84.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a troca dos braços e lâmpadas dos postes de iluminação na Rua Dr. Ovídio, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/691/85.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/691/85.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a instalação de placas de sinalização de parada obrigatória nas esquinas da Avenida Irmã Inês com Rua Caetés, Rua Capitação Amaro e Rua Doutor Ovídio; de igual modo na Rua do Acre esquina com Rua José Alves Salgado e Rua Caetés com a MG 176, nos bairros São Sebastião e São José.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/692/85.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/692/85.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado a instalação de placas de sinalização de parada obrigatória nas esquinas da Avenida Irmã Inês com Rua Caetés, Rua Capitão Amaro e Rua Doutor Ovídio; de igual modo na Rua do Acre esquina com Rua José Alves Salgado e Rua Caetés com a MG 176, nos bairros São Sebastião e São José.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/693/87.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/693/87.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a instalação de placas de sinalização de parada obrigatória nas esquinas da Rua Goiás com Rua Coronel Alexandre e Avenida Francisco Campos no Centro da cidade.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/694/88.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/694/88.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada a limpeza com capina no entorno ao PSF do bairro São José.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/695/89.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/695/89.pdf</t>
   </si>
   <si>
     <t>Indicado que seja determinado ao departamento responsável, a liberação de dois poços artesianos localizados na Sapolândia.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/696/90.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/696/90.pdf</t>
   </si>
   <si>
     <t>Indicado a manutenção do banheiro localizado no ponto de táxi da Praça Getúlio Vargas.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Indicado que seja feito um quebra molas na Avenida Minas Gerais próximo ao número 1063.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/697/92.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/697/92.pdf</t>
   </si>
   <si>
     <t>Indicado que seja elaborado estudo referente a viabilidade do município aumentar o valor da subvenção destinada  a Associação dos Estudantes de Dores do Indaiá para o importe de até R$ 80.000,00 (oitenta mil reais) mensais.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/699/93.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/699/93.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciado o conserto do redutor de velocidade localizado na Avenida Dr. Di em frente a Empresa Léo móveis.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/700/94.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/700/94.pdf</t>
   </si>
   <si>
     <t>Indicado que seja providenciada o conserto do redutor de velocidade localizada na Rua Dr. Zacarias esquina com São Paulo.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/701/95.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/701/95.pdf</t>
   </si>
   <si>
     <t>Indicado que seja feito o calçamento da Rua Serra da Saudade no trecho restante compreendido entre a Rua Abaeté e o Campo de Aviação no bairro Aeroporto.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/702/96.pdf</t>
+    <t>http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/702/96.pdf</t>
   </si>
   <si>
     <t>Indicado que seja encaminhado a este parlamento Projeto de Lei de cessão e doação de imóvel do município no bairro Aeroporto para a empresa KM - Kalium Mineração S.A, pelos motivos abaixo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1533,68 +1533,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/605/01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/606/02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/607/03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/608/04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/609/05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/610/06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/611/07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/612/08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/613/09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/614/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/615/11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/616/12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/617/13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/618/14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/619/15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/620/16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/621/17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/622/18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/623/19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/624/20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/625/21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/626/22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/627/23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/628/24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/629/25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/630/26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/631/27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/632/28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/633/29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/634/30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/635/31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/636/32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/637/33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/638/34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/639/35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/640/37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/641/37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/642/38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/643/39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/644/40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/645/41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/646/42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/647/43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/648/44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/649/45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/650/46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/651/47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/652/48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/653/49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/654/50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/655/51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/656/55.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/657/54.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/658/55.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/659/56.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/660/57.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/662/57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/661/58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/663/59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/664/60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/665/61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/666/62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/667/63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/668/64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/669/65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/671/66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/672/67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/675/70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/676/71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/677/72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/678/73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/679/74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/680/75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/681/76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/682/77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/683/78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/685/79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/686/80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/687/81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/688/82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/689/83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/690/84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/691/85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/692/85.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/693/87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/694/88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/695/89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/696/90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/697/92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/699/93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/700/94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/701/95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/702/96.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/605/01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/606/02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/607/03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/608/04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/609/05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/610/06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/611/07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/612/08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/613/09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/614/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/615/11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/616/12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/617/13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/618/14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/619/15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/620/16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/621/17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/622/18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/623/19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/624/20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/625/21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/626/22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/627/23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/628/24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/629/25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/630/26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/631/27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/632/28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/633/29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/634/30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/635/31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/636/32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/637/33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/638/34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/639/35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/640/37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/641/37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/642/38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/643/39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/644/40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/645/41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/646/42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/647/43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/648/44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/649/45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/650/46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/651/47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/652/48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/653/49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/654/50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/655/51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/656/55.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/657/54.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/658/55.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/659/56.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/660/57.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/662/57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/661/58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/663/59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/664/60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/665/61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/666/62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/667/63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/668/64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/669/65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/671/66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/672/67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/675/70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/676/71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/677/72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/678/73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/679/74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/680/75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/681/76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/682/77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/683/78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/685/79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/686/80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/687/81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/688/82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/689/83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/690/84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/691/85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/692/85.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/693/87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/694/88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/695/89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/696/90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/697/92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/699/93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/700/94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/701/95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.doresdoindaia.mg.leg.br/media/sapl/public/materialegislativa/2015/702/96.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>